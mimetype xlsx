--- v0 (2025-10-18)
+++ v1 (2026-02-10)
@@ -1,56 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:dbsheet="http://web.wps.cn/et/2021/dbsheet">
+  <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
   <workbookPr/>
+  <bookViews>
+    <workbookView windowWidth="21000" windowHeight="7680"/>
+  </bookViews>
   <sheets>
-    <sheet state="visible" name="Sheet1" sheetId="1" r:id="rId4"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames/>
-  <calcPr/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="762" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="788" uniqueCount="164">
   <si>
     <t>2025/26 RowSA Regatta Calendar</t>
   </si>
   <si>
     <t>Public School Holidays</t>
   </si>
   <si>
     <t>Private Schools Holidays</t>
   </si>
   <si>
     <t>Official Training</t>
   </si>
   <si>
     <t>Local Championship Regatta</t>
   </si>
   <si>
     <t>Coaches Training/Conference</t>
   </si>
   <si>
     <t>National Regatta</t>
   </si>
   <si>
     <t>Indoor Regatta</t>
   </si>
   <si>
@@ -413,950 +431,1815 @@
   <si>
     <t>Battle Paddle Regatta</t>
   </si>
   <si>
     <t>Assumption</t>
   </si>
   <si>
     <t>MARCH</t>
   </si>
   <si>
     <t>SA Schools Champs</t>
   </si>
   <si>
     <t>All Schools</t>
   </si>
   <si>
     <t xml:space="preserve">Roodeplaat </t>
   </si>
   <si>
     <t>SASRU</t>
   </si>
   <si>
     <t>WC Erg Trail</t>
   </si>
   <si>
+    <t>Gauteng Canoe Sprints</t>
+  </si>
+  <si>
+    <t>SA Paddle Sports</t>
+  </si>
+  <si>
     <t>WC Selection Regatta</t>
   </si>
   <si>
     <t>Gauteng Schools Provincial Ergo Trial</t>
   </si>
   <si>
     <t>U16 and U19s</t>
   </si>
   <si>
-    <t>SA Canoe Sprints</t>
+    <t>Durban Point Beach Coastal Regatta</t>
   </si>
   <si>
-    <t>SA Paddle Sports</t>
+    <t>Durban</t>
+  </si>
+  <si>
+    <t>SACRA</t>
+  </si>
+  <si>
+    <t>SA Canoe Sprints</t>
   </si>
   <si>
     <t>WC Senior/Masters Regatta</t>
   </si>
   <si>
     <t>Alfreds</t>
   </si>
   <si>
     <t>APRIL</t>
   </si>
   <si>
-    <t>Proposed</t>
-[...1 lines deleted...]
-  <si>
     <t>Gauteng Champs</t>
   </si>
   <si>
     <t>GRA</t>
   </si>
   <si>
     <t>SA Senior Champs</t>
   </si>
   <si>
+    <t>Western Cape Beach Sprint</t>
+  </si>
+  <si>
+    <t>Cape Town</t>
+  </si>
+  <si>
+    <t>Freedom Day Paddle</t>
+  </si>
+  <si>
+    <t>Cape Town/ Robben Island</t>
+  </si>
+  <si>
     <t>MAY</t>
+  </si>
+  <si>
+    <t>Proposed</t>
   </si>
   <si>
     <t>Invitees Only</t>
   </si>
   <si>
     <t>JUNE</t>
   </si>
   <si>
     <t>Blades 200</t>
   </si>
   <si>
     <t>Blades Hotel</t>
   </si>
   <si>
     <t>Old Eds</t>
   </si>
   <si>
     <t>Unicersity Triabgular</t>
   </si>
+  <si>
+    <t>Kings Beach Coastal Regatta</t>
+  </si>
+  <si>
+    <t>PE</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...1 lines deleted...]
-    <numFmt numFmtId="164" formatCode="yyyy/mm/dd"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
+  <numFmts count="5">
+    <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
+    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="176" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="177" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="178" formatCode="yyyy/mm/dd"/>
   </numFmts>
-  <fonts count="20">
+  <fonts count="38">
     <font>
-      <sz val="10.0"/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9.0"/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
+      <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="20.0"/>
+      <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
     <font>
       <b/>
-      <sz val="26.0"/>
+      <sz val="26"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
-    <font/>
     <font>
-      <sz val="8.0"/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
     <font>
       <b/>
-      <sz val="7.0"/>
+      <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
     <font>
       <b/>
-      <sz val="12.0"/>
+      <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
     <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="35"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8.0"/>
-      <color rgb="FFFF0000"/>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FF000000"/>
+      <sz val="9"/>
+      <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
     <font>
-      <sz val="8.0"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
-    </font>
-[...4 lines deleted...]
-      <name val="Arial"/>
+      <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9.0"/>
-      <color rgb="FF000000"/>
+      <sz val="8"/>
+      <color rgb="FFFF0000"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
     <font>
-      <sz val="9.0"/>
-      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
     <font>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
+      <charset val="134"/>
     </font>
     <font>
-      <sz val="9.0"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
-    </font>
-[...9 lines deleted...]
-      <name val="Arial"/>
+      <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="36.0"/>
+      <sz val="36"/>
       <color theme="1"/>
       <name val="Arial"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF800080"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="Arial"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Arial"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Arial"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Arial"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C6500"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <charset val="0"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="17">
+  <fills count="48">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="lightGray"/>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDCE6F1"/>
         <bgColor rgb="FFDCE6F1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB8CCE4"/>
         <bgColor rgb="FFB8CCE4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor rgb="FF0070C0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF92D050"/>
-        <bgColor rgb="FF92D050"/>
+        <fgColor rgb="FF666699"/>
+        <bgColor rgb="FF666699"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF666699"/>
-        <bgColor rgb="FF666699"/>
+        <fgColor rgb="FFC4BD97"/>
+        <bgColor rgb="FFC4BD97"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFB6DDE8"/>
+        <bgColor rgb="FFB6DDE8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFCD5B4"/>
+        <bgColor rgb="FFFCD5B4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFCCFF99"/>
+        <bgColor rgb="FFCCFF99"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF92D050"/>
+        <bgColor rgb="FF92D050"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFC4BD97"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor rgb="FFFF0000"/>
-      </patternFill>
-[...4 lines deleted...]
-        <bgColor rgb="FFB6DDE8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF33CC"/>
         <bgColor rgb="FFFF33CC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFCD5B4"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFFF6600"/>
         <bgColor rgb="FFFF6600"/>
-      </patternFill>
-[...4 lines deleted...]
-        <bgColor rgb="FFCCFF99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDA9694"/>
         <bgColor rgb="FFDA9694"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFEFE00"/>
         <bgColor rgb="FFFEFE00"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="21">
-    <border/>
+  <borders count="29">
     <border>
-      <left style="medium">
-[...17 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
-      <bottom style="medium">
+      <right/>
+      <top style="medium">
         <color rgb="FF000000"/>
-      </bottom>
+      </top>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
-      <bottom style="medium">
+      <left/>
+      <right/>
+      <top style="medium">
         <color rgb="FF000000"/>
-      </bottom>
-[...7 lines deleted...]
-      </bottom>
+      </top>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
-      <bottom style="thick">
-[...6 lines deleted...]
-      </bottom>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
+      <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
+      <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
+      <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
+      <top/>
+      <bottom style="thick">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
-      <right style="thin">
-[...6 lines deleted...]
-    <border>
+      <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
-      <bottom style="thick">
+      <top style="medium">
         <color rgb="FF000000"/>
-      </bottom>
+      </top>
+      <bottom/>
+      <diagonal/>
     </border>
     <border>
-      <right style="thin">
-[...3 lines deleted...]
-    <border>
+      <left/>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
+  <cellStyleXfs count="49">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="176" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="17" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="21" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="22" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="22" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="23" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="18" borderId="24" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="19" borderId="25" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="19" borderId="24" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="20" borderId="26" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="27" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="28" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="37" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="38" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="39" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="40" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="41" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="42" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="43" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="44" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="45" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="46" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="47" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="163">
-[...1 lines deleted...]
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+  <cellXfs count="135">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment readingOrder="0" shrinkToFit="0" wrapText="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf borderId="1" fillId="0" fontId="3" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="2" fillId="0" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...5 lines deleted...]
-      <alignment horizontal="center" shrinkToFit="0" wrapText="0"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="3" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="4" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="5" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="0" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="7" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="8" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="9" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="255"/>
     </xf>
-    <xf borderId="0" fillId="10" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="178" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf borderId="0" fillId="11" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="12" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="13" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="8" fillId="0" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="left" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="15" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFill="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="9" fillId="14" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="9" fillId="0" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="9" fillId="0" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="9" fillId="15" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="9" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="9" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="10" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="11" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="12" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="12" fillId="0" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="15" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="16" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="15" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="15" fillId="0" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="16" fillId="0" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="8" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="17" fillId="0" fontId="11" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="9" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="18" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="8" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="9" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="18" fillId="0" fontId="10" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="12" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" textRotation="255" vertical="center"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="5" numFmtId="164" xfId="0" applyAlignment="1" applyFont="1" applyNumberFormat="1">
-      <alignment horizontal="right" readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="2" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf borderId="19" fillId="3" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="0" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="0" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="0" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="19" fillId="0" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="12" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="12" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="12" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="14" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="0" fontId="14" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="15" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="0" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="0" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="7" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="7" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="14" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="7" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="8" fontId="15" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="14" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="8" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="8" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="8" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="8" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="0" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="12" fontId="15" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="12" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="12" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="255"/>
     </xf>
-    <xf borderId="7" fillId="12" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="12" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="13" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="13" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="13" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="0" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="17" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="16" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="18" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="12" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="16" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="12" fontId="15" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="16" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="12" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="16" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="12" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="5" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="15" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="5" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="5" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="15" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="15" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="15" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="15" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment horizontal="left" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="15" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="16" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="5" fontId="15" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="5" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="16" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="5" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="10" fontId="15" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="10" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="10" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="10" fontId="16" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="12" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="0" fontId="4" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="12" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="14" fontId="13" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="left" readingOrder="0" shrinkToFit="0" wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="19" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" textRotation="255" vertical="center"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf borderId="7" fillId="16" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="16" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="13" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf borderId="20" fillId="16" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...99 lines deleted...]
-      <alignment horizontal="left" shrinkToFit="0" vertical="bottom" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal" builtinId="0"/>
+  <cellStyles count="49">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+    <cellStyle name="Currency" xfId="2" builtinId="4"/>
+    <cellStyle name="Percent" xfId="3" builtinId="5"/>
+    <cellStyle name="Comma [0]" xfId="4" builtinId="6"/>
+    <cellStyle name="Currency [0]" xfId="5" builtinId="7"/>
+    <cellStyle name="Link" xfId="6" builtinId="8"/>
+    <cellStyle name="Followed Hyperlink" xfId="7" builtinId="9"/>
+    <cellStyle name="Note" xfId="8" builtinId="10"/>
+    <cellStyle name="Warning Text" xfId="9" builtinId="11"/>
+    <cellStyle name="Title" xfId="10" builtinId="15"/>
+    <cellStyle name="CExplanatory Text" xfId="11" builtinId="53"/>
+    <cellStyle name="Heading 1" xfId="12" builtinId="16"/>
+    <cellStyle name="Heading 2" xfId="13" builtinId="17"/>
+    <cellStyle name="Heading 3" xfId="14" builtinId="18"/>
+    <cellStyle name="Heading 4" xfId="15" builtinId="19"/>
+    <cellStyle name="Input" xfId="16" builtinId="20"/>
+    <cellStyle name="Output" xfId="17" builtinId="21"/>
+    <cellStyle name="Calculation" xfId="18" builtinId="22"/>
+    <cellStyle name="Check Cell" xfId="19" builtinId="23"/>
+    <cellStyle name="Linked Cell" xfId="20" builtinId="24"/>
+    <cellStyle name="Total" xfId="21" builtinId="25"/>
+    <cellStyle name="Good" xfId="22" builtinId="26"/>
+    <cellStyle name="Bad" xfId="23" builtinId="27"/>
+    <cellStyle name="Neutral" xfId="24" builtinId="28"/>
+    <cellStyle name="Accent1" xfId="25" builtinId="29"/>
+    <cellStyle name="20% - Accent1" xfId="26" builtinId="30"/>
+    <cellStyle name="40% - Accent1" xfId="27" builtinId="31"/>
+    <cellStyle name="60% - Accent1" xfId="28" builtinId="32"/>
+    <cellStyle name="Accent2" xfId="29" builtinId="33"/>
+    <cellStyle name="20% - Accent2" xfId="30" builtinId="34"/>
+    <cellStyle name="40% - Accent2" xfId="31" builtinId="35"/>
+    <cellStyle name="60% - Accent2" xfId="32" builtinId="36"/>
+    <cellStyle name="Accent3" xfId="33" builtinId="37"/>
+    <cellStyle name="20% - Accent3" xfId="34" builtinId="38"/>
+    <cellStyle name="40% - Accent3" xfId="35" builtinId="39"/>
+    <cellStyle name="60% - Accent3" xfId="36" builtinId="40"/>
+    <cellStyle name="Accent4" xfId="37" builtinId="41"/>
+    <cellStyle name="20% - Accent4" xfId="38" builtinId="42"/>
+    <cellStyle name="40% - Accent4" xfId="39" builtinId="43"/>
+    <cellStyle name="60% - Accent4" xfId="40" builtinId="44"/>
+    <cellStyle name="Accent5" xfId="41" builtinId="45"/>
+    <cellStyle name="20% - Accent5" xfId="42" builtinId="46"/>
+    <cellStyle name="40% - Accent5" xfId="43" builtinId="47"/>
+    <cellStyle name="60% - Accent5" xfId="44" builtinId="48"/>
+    <cellStyle name="Accent6" xfId="45" builtinId="49"/>
+    <cellStyle name="20% - Accent6" xfId="46" builtinId="50"/>
+    <cellStyle name="40% - Accent6" xfId="47" builtinId="51"/>
+    <cellStyle name="60% - Accent6" xfId="48" builtinId="52"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="17">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <border>
+        <top style="double">
+          <color theme="4"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <border>
+        <left style="thin">
+          <color theme="4"/>
+        </left>
+        <right style="thin">
+          <color theme="4"/>
+        </right>
+        <top style="thin">
+          <color theme="4"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4"/>
+        </bottom>
+        <horizontal style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <border>
+        <top style="thin">
+          <color theme="4"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <top style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+  </dxfs>
+  <tableStyles count="2" defaultTableStyle="TableStylePreset3_Accent1" defaultPivotStyle="PivotStylePreset2_Accent1">
+    <tableStyle name="TableStylePreset3_Accent1" pivot="0" count="7" xr9:uid="{59DB682C-5494-4EDE-A608-00C9E5F0F923}">
+      <tableStyleElement type="wholeTable" dxfId="6"/>
+      <tableStyleElement type="headerRow" dxfId="5"/>
+      <tableStyleElement type="totalRow" dxfId="4"/>
+      <tableStyleElement type="firstColumn" dxfId="3"/>
+      <tableStyleElement type="lastColumn" dxfId="2"/>
+      <tableStyleElement type="firstRowStripe" dxfId="1"/>
+      <tableStyleElement type="firstColumnStripe" dxfId="0"/>
+    </tableStyle>
+    <tableStyle name="PivotStylePreset2_Accent1" table="0" count="10" xr9:uid="{267968C8-6FFD-4C36-ACC1-9EA1FD1885CA}">
+      <tableStyleElement type="headerRow" dxfId="16"/>
+      <tableStyleElement type="totalRow" dxfId="15"/>
+      <tableStyleElement type="firstRowStripe" dxfId="14"/>
+      <tableStyleElement type="firstColumnStripe" dxfId="13"/>
+      <tableStyleElement type="firstSubtotalRow" dxfId="12"/>
+      <tableStyleElement type="secondSubtotalRow" dxfId="11"/>
+      <tableStyleElement type="firstRowSubheading" dxfId="10"/>
+      <tableStyleElement type="secondRowSubheading" dxfId="9"/>
+      <tableStyleElement type="pageFieldLabels" dxfId="8"/>
+      <tableStyleElement type="pageFieldValues" dxfId="7"/>
+    </tableStyle>
+  </tableStyles>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-[...3 lines deleted...]
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EA4335"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="FBBC04"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="34A853"/>
@@ -1502,14685 +2385,14767 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr>
     <outlinePr summaryRight="0"/>
   </sheetPr>
+  <dimension ref="A1:AF375"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...3 lines deleted...]
-      <selection activeCell="D11" sqref="D11" pane="bottomRight"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane xSplit="3" ySplit="10" topLeftCell="D11" activePane="bottomRight" state="frozen"/>
+      <selection/>
+      <selection pane="topRight"/>
+      <selection pane="bottomLeft"/>
+      <selection pane="bottomRight" activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="12.63" defaultRowHeight="15.75" outlineLevelRow="1"/>
+  <sheetFormatPr defaultColWidth="12.6296296296296" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
-    <col customWidth="1" min="4" max="5" width="6.38"/>
-[...8 lines deleted...]
-    <col customWidth="1" min="29" max="29" width="19.0"/>
+    <col min="4" max="5" width="6.37962962962963" customWidth="1"/>
+    <col min="7" max="7" width="29.25" customWidth="1"/>
+    <col min="10" max="10" width="15.25" customWidth="1"/>
+    <col min="12" max="12" width="15.6296296296296" customWidth="1"/>
+    <col min="16" max="17" width="6.37962962962963" customWidth="1"/>
+    <col min="19" max="19" width="16.25" customWidth="1"/>
+    <col min="20" max="20" width="18.1296296296296" customWidth="1"/>
+    <col min="22" max="22" width="20.8796296296296" customWidth="1"/>
+    <col min="24" max="24" width="25.5" customWidth="1"/>
+    <col min="29" max="29" width="19" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" outlineLevel="1">
+    <row r="1" customHeight="1" outlineLevel="1" spans="1:32">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="D1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
       <c r="P1" s="4"/>
       <c r="Q1" s="4"/>
       <c r="R1" s="4"/>
       <c r="S1" s="4"/>
       <c r="T1" s="4"/>
       <c r="U1" s="4"/>
       <c r="V1" s="4"/>
       <c r="W1" s="4"/>
       <c r="X1" s="4"/>
       <c r="Y1" s="4"/>
       <c r="Z1" s="4"/>
       <c r="AA1" s="4"/>
       <c r="AB1" s="4"/>
       <c r="AC1" s="4"/>
       <c r="AD1" s="4"/>
       <c r="AE1" s="4"/>
-      <c r="AF1" s="5"/>
-[...1 lines deleted...]
-    <row r="2" outlineLevel="1">
+      <c r="AF1" s="63"/>
+    </row>
+    <row r="2" customHeight="1" outlineLevel="1" spans="2:32">
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
-      <c r="D2" s="6"/>
-[...32 lines deleted...]
-      <c r="D3" s="10" t="s">
+      <c r="D2" s="5"/>
+      <c r="E2" s="6"/>
+      <c r="F2" s="6"/>
+      <c r="G2" s="6"/>
+      <c r="H2" s="6"/>
+      <c r="I2" s="6"/>
+      <c r="J2" s="6"/>
+      <c r="K2" s="6"/>
+      <c r="L2" s="6"/>
+      <c r="M2" s="6"/>
+      <c r="N2" s="6"/>
+      <c r="O2" s="6"/>
+      <c r="P2" s="6"/>
+      <c r="Q2" s="6"/>
+      <c r="R2" s="6"/>
+      <c r="S2" s="6"/>
+      <c r="T2" s="6"/>
+      <c r="U2" s="6"/>
+      <c r="V2" s="6"/>
+      <c r="W2" s="6"/>
+      <c r="X2" s="6"/>
+      <c r="Y2" s="6"/>
+      <c r="Z2" s="6"/>
+      <c r="AA2" s="6"/>
+      <c r="AB2" s="6"/>
+      <c r="AC2" s="6"/>
+      <c r="AD2" s="6"/>
+      <c r="AE2" s="6"/>
+      <c r="AF2" s="64"/>
+    </row>
+    <row r="3" customHeight="1" outlineLevel="1" spans="2:32">
+      <c r="B3" s="7"/>
+      <c r="C3" s="7"/>
+      <c r="D3" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="11" t="s">
+      <c r="E3" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="12"/>
-      <c r="G3" s="13" t="s">
+      <c r="F3" s="10"/>
+      <c r="G3" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="J3" s="14"/>
-[...1 lines deleted...]
-      <c r="L3" s="13" t="s">
+      <c r="J3" s="37"/>
+      <c r="K3" s="38"/>
+      <c r="L3" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="O3" s="14"/>
-      <c r="P3" s="16" t="s">
+      <c r="O3" s="37"/>
+      <c r="P3" s="39" t="s">
         <v>1</v>
       </c>
-      <c r="Q3" s="11" t="s">
+      <c r="Q3" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="R3" s="12"/>
-      <c r="S3" s="13" t="s">
+      <c r="R3" s="10"/>
+      <c r="S3" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="V3" s="14"/>
-[...1 lines deleted...]
-      <c r="X3" s="13" t="s">
+      <c r="V3" s="37"/>
+      <c r="W3" s="38"/>
+      <c r="X3" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="AA3" s="14"/>
-[...11 lines deleted...]
-      <c r="G4" s="13" t="s">
+      <c r="AA3" s="37"/>
+      <c r="AB3" s="65"/>
+      <c r="AC3" s="65"/>
+      <c r="AD3" s="66"/>
+      <c r="AE3" s="65"/>
+      <c r="AF3" s="65"/>
+    </row>
+    <row r="4" customHeight="1" outlineLevel="1" spans="2:32">
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="12"/>
+      <c r="F4" s="13"/>
+      <c r="G4" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="J4" s="14"/>
-[...1 lines deleted...]
-      <c r="L4" s="13" t="s">
+      <c r="J4" s="37"/>
+      <c r="K4" s="40"/>
+      <c r="L4" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="O4" s="14"/>
-[...1 lines deleted...]
-      <c r="S4" s="13" t="s">
+      <c r="O4" s="37"/>
+      <c r="R4" s="13"/>
+      <c r="S4" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="V4" s="14"/>
-[...1 lines deleted...]
-      <c r="X4" s="13" t="s">
+      <c r="V4" s="37"/>
+      <c r="W4" s="40"/>
+      <c r="X4" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="AA4" s="14"/>
-[...11 lines deleted...]
-      <c r="G5" s="13" t="s">
+      <c r="AA4" s="37"/>
+      <c r="AB4" s="65"/>
+      <c r="AC4" s="65"/>
+      <c r="AD4" s="65"/>
+      <c r="AE4" s="65"/>
+      <c r="AF4" s="65"/>
+    </row>
+    <row r="5" customHeight="1" outlineLevel="1" spans="2:32">
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="12"/>
+      <c r="F5" s="14"/>
+      <c r="G5" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="J5" s="14"/>
-[...1 lines deleted...]
-      <c r="L5" s="13" t="s">
+      <c r="J5" s="37"/>
+      <c r="K5" s="41"/>
+      <c r="L5" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="O5" s="14"/>
-[...1 lines deleted...]
-      <c r="S5" s="13" t="s">
+      <c r="O5" s="37"/>
+      <c r="R5" s="14"/>
+      <c r="S5" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="V5" s="14"/>
-[...1 lines deleted...]
-      <c r="X5" s="13" t="s">
+      <c r="V5" s="37"/>
+      <c r="W5" s="41"/>
+      <c r="X5" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="AA5" s="14"/>
-[...11 lines deleted...]
-      <c r="G6" s="13" t="s">
+      <c r="AA5" s="37"/>
+      <c r="AB5" s="65"/>
+      <c r="AC5" s="65"/>
+      <c r="AD5" s="66"/>
+      <c r="AE5" s="65"/>
+      <c r="AF5" s="65"/>
+    </row>
+    <row r="6" customHeight="1" outlineLevel="1" spans="2:32">
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="12"/>
+      <c r="F6" s="15"/>
+      <c r="G6" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="J6" s="14"/>
-[...1 lines deleted...]
-      <c r="L6" s="13" t="s">
+      <c r="J6" s="37"/>
+      <c r="K6" s="42"/>
+      <c r="L6" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="O6" s="14"/>
-[...1 lines deleted...]
-      <c r="S6" s="13" t="s">
+      <c r="O6" s="37"/>
+      <c r="R6" s="15"/>
+      <c r="S6" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="V6" s="14"/>
-[...1 lines deleted...]
-      <c r="X6" s="13" t="s">
+      <c r="V6" s="37"/>
+      <c r="W6" s="42"/>
+      <c r="X6" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="AA6" s="14"/>
-[...11 lines deleted...]
-      <c r="G7" s="13" t="s">
+      <c r="AA6" s="37"/>
+      <c r="AB6" s="65"/>
+      <c r="AC6" s="65"/>
+      <c r="AD6" s="66"/>
+      <c r="AE6" s="65"/>
+      <c r="AF6" s="65"/>
+    </row>
+    <row r="7" customHeight="1" outlineLevel="1" spans="2:32">
+      <c r="B7" s="7"/>
+      <c r="C7" s="7"/>
+      <c r="D7" s="12"/>
+      <c r="F7" s="16"/>
+      <c r="G7" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="J7" s="14"/>
-[...1 lines deleted...]
-      <c r="L7" s="13" t="s">
+      <c r="J7" s="37"/>
+      <c r="K7" s="43"/>
+      <c r="L7" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="O7" s="14"/>
-[...1 lines deleted...]
-      <c r="S7" s="13" t="s">
+      <c r="O7" s="37"/>
+      <c r="R7" s="16"/>
+      <c r="S7" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="V7" s="14"/>
-[...1 lines deleted...]
-      <c r="X7" s="13" t="s">
+      <c r="V7" s="37"/>
+      <c r="W7" s="43"/>
+      <c r="X7" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="AA7" s="14"/>
-[...12 lines deleted...]
-      <c r="G8" s="13" t="s">
+      <c r="AA7" s="37"/>
+      <c r="AB7" s="65"/>
+      <c r="AC7" s="65"/>
+      <c r="AD7" s="66"/>
+      <c r="AE7" s="65"/>
+      <c r="AF7" s="65"/>
+    </row>
+    <row r="8" customHeight="1" outlineLevel="1" spans="2:32">
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="17"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="J8" s="14"/>
-[...1 lines deleted...]
-      <c r="L8" s="13" t="s">
+      <c r="J8" s="37"/>
+      <c r="K8" s="44"/>
+      <c r="L8" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="O8" s="14"/>
-[...3 lines deleted...]
-      <c r="S8" s="34" t="s">
+      <c r="O8" s="37"/>
+      <c r="P8" s="18"/>
+      <c r="Q8" s="18"/>
+      <c r="R8" s="52"/>
+      <c r="S8" s="53" t="s">
         <v>13</v>
       </c>
-      <c r="T8" s="30"/>
-[...3 lines deleted...]
-      <c r="X8" s="34" t="s">
+      <c r="T8" s="18"/>
+      <c r="U8" s="18"/>
+      <c r="V8" s="54"/>
+      <c r="W8" s="55"/>
+      <c r="X8" s="53" t="s">
         <v>14</v>
       </c>
-      <c r="Y8" s="30"/>
-[...13 lines deleted...]
-      <c r="F9" s="41" t="s">
+      <c r="Y8" s="18"/>
+      <c r="Z8" s="18"/>
+      <c r="AA8" s="54"/>
+      <c r="AB8" s="67"/>
+      <c r="AC8" s="67"/>
+      <c r="AD8" s="67"/>
+      <c r="AE8" s="67"/>
+      <c r="AF8" s="67"/>
+    </row>
+    <row r="9" customHeight="1" outlineLevel="1" spans="2:32">
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="21"/>
+      <c r="F9" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="G9" s="42"/>
-[...3 lines deleted...]
-      <c r="K9" s="44" t="s">
+      <c r="G9" s="23"/>
+      <c r="H9" s="23"/>
+      <c r="I9" s="23"/>
+      <c r="J9" s="45"/>
+      <c r="K9" s="46" t="s">
         <v>16</v>
       </c>
-      <c r="L9" s="42"/>
-[...5 lines deleted...]
-      <c r="R9" s="47" t="s">
+      <c r="L9" s="23"/>
+      <c r="M9" s="23"/>
+      <c r="N9" s="23"/>
+      <c r="O9" s="45"/>
+      <c r="P9" s="47"/>
+      <c r="Q9" s="56"/>
+      <c r="R9" s="57" t="s">
         <v>17</v>
       </c>
-      <c r="S9" s="48"/>
-[...3 lines deleted...]
-      <c r="W9" s="50" t="s">
+      <c r="S9" s="58"/>
+      <c r="T9" s="58"/>
+      <c r="U9" s="58"/>
+      <c r="V9" s="59"/>
+      <c r="W9" s="60" t="s">
         <v>18</v>
       </c>
-      <c r="X9" s="48"/>
-[...3 lines deleted...]
-      <c r="AB9" s="47" t="s">
+      <c r="X9" s="58"/>
+      <c r="Y9" s="58"/>
+      <c r="Z9" s="58"/>
+      <c r="AA9" s="68"/>
+      <c r="AB9" s="57" t="s">
         <v>19</v>
       </c>
-      <c r="AC9" s="48"/>
-[...9 lines deleted...]
-      <c r="F10" s="55" t="s">
+      <c r="AC9" s="58"/>
+      <c r="AD9" s="58"/>
+      <c r="AE9" s="58"/>
+      <c r="AF9" s="59"/>
+    </row>
+    <row r="10" customHeight="1" outlineLevel="1" spans="2:32">
+      <c r="B10" s="24"/>
+      <c r="C10" s="24"/>
+      <c r="D10" s="25"/>
+      <c r="E10" s="26"/>
+      <c r="F10" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="G10" s="55" t="s">
+      <c r="G10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="H10" s="55" t="s">
+      <c r="H10" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="I10" s="55" t="s">
+      <c r="I10" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="J10" s="56" t="s">
+      <c r="J10" s="48" t="s">
         <v>24</v>
       </c>
-      <c r="K10" s="57" t="s">
+      <c r="K10" s="49" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="55" t="s">
+      <c r="L10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="M10" s="55" t="s">
+      <c r="M10" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="N10" s="55" t="s">
+      <c r="N10" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="O10" s="56" t="s">
+      <c r="O10" s="48" t="s">
         <v>24</v>
       </c>
-      <c r="P10" s="58"/>
-[...1 lines deleted...]
-      <c r="R10" s="55" t="s">
+      <c r="P10" s="27"/>
+      <c r="Q10" s="48"/>
+      <c r="R10" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="S10" s="55" t="s">
+      <c r="S10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="T10" s="55" t="s">
+      <c r="T10" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="U10" s="55" t="s">
+      <c r="U10" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="V10" s="55" t="s">
+      <c r="V10" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="W10" s="57" t="s">
+      <c r="W10" s="49" t="s">
         <v>20</v>
       </c>
-      <c r="X10" s="55" t="s">
+      <c r="X10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="Y10" s="55" t="s">
+      <c r="Y10" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="Z10" s="55" t="s">
+      <c r="Z10" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="AA10" s="56" t="s">
+      <c r="AA10" s="48" t="s">
         <v>24</v>
       </c>
-      <c r="AB10" s="57" t="s">
+      <c r="AB10" s="49" t="s">
         <v>20</v>
       </c>
-      <c r="AC10" s="55" t="s">
+      <c r="AC10" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="AD10" s="55" t="s">
+      <c r="AD10" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="AE10" s="55" t="s">
+      <c r="AE10" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="AF10" s="56" t="s">
+      <c r="AF10" s="48" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" s="60" t="s">
+    <row r="11" customHeight="1" spans="1:32">
+      <c r="A11" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="61">
-[...2 lines deleted...]
-      <c r="C11" s="62" t="s">
+      <c r="B11" s="29">
+        <v>45839</v>
+      </c>
+      <c r="C11" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D11" s="63"/>
-[...33 lines deleted...]
-      <c r="C12" s="62" t="s">
+      <c r="D11" s="31"/>
+      <c r="E11" s="32"/>
+      <c r="F11" s="33"/>
+      <c r="G11" s="33"/>
+      <c r="H11" s="33"/>
+      <c r="I11" s="33"/>
+      <c r="J11" s="50"/>
+      <c r="K11" s="35"/>
+      <c r="L11" s="33"/>
+      <c r="M11" s="33"/>
+      <c r="N11" s="33"/>
+      <c r="O11" s="50"/>
+      <c r="P11" s="31"/>
+      <c r="Q11" s="32"/>
+      <c r="R11" s="35"/>
+      <c r="S11" s="33"/>
+      <c r="T11" s="33"/>
+      <c r="U11" s="33"/>
+      <c r="V11" s="50"/>
+      <c r="W11" s="35"/>
+      <c r="X11" s="33"/>
+      <c r="Y11" s="33"/>
+      <c r="Z11" s="33"/>
+      <c r="AA11" s="50"/>
+      <c r="AB11" s="35"/>
+      <c r="AC11" s="33"/>
+      <c r="AD11" s="33"/>
+      <c r="AE11" s="33"/>
+      <c r="AF11" s="50"/>
+    </row>
+    <row r="12" customHeight="1" spans="2:32">
+      <c r="B12" s="29">
+        <v>45840</v>
+      </c>
+      <c r="C12" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D12" s="63"/>
-[...33 lines deleted...]
-      <c r="C13" s="62" t="s">
+      <c r="D12" s="31"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="33"/>
+      <c r="G12" s="33"/>
+      <c r="H12" s="33"/>
+      <c r="I12" s="33"/>
+      <c r="J12" s="50"/>
+      <c r="K12" s="35"/>
+      <c r="L12" s="33"/>
+      <c r="M12" s="33"/>
+      <c r="N12" s="33"/>
+      <c r="O12" s="50"/>
+      <c r="P12" s="31"/>
+      <c r="Q12" s="32"/>
+      <c r="R12" s="35"/>
+      <c r="S12" s="33"/>
+      <c r="T12" s="33"/>
+      <c r="U12" s="33"/>
+      <c r="V12" s="50"/>
+      <c r="W12" s="35"/>
+      <c r="X12" s="33"/>
+      <c r="Y12" s="33"/>
+      <c r="Z12" s="33"/>
+      <c r="AA12" s="50"/>
+      <c r="AB12" s="35"/>
+      <c r="AC12" s="33"/>
+      <c r="AD12" s="33"/>
+      <c r="AE12" s="33"/>
+      <c r="AF12" s="50"/>
+    </row>
+    <row r="13" customHeight="1" spans="2:32">
+      <c r="B13" s="29">
+        <v>45841</v>
+      </c>
+      <c r="C13" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D13" s="63"/>
-[...33 lines deleted...]
-      <c r="C14" s="62" t="s">
+      <c r="D13" s="31"/>
+      <c r="E13" s="32"/>
+      <c r="F13" s="33"/>
+      <c r="G13" s="33"/>
+      <c r="H13" s="33"/>
+      <c r="I13" s="33"/>
+      <c r="J13" s="50"/>
+      <c r="K13" s="35"/>
+      <c r="L13" s="33"/>
+      <c r="M13" s="33"/>
+      <c r="N13" s="33"/>
+      <c r="O13" s="50"/>
+      <c r="P13" s="31"/>
+      <c r="Q13" s="32"/>
+      <c r="R13" s="35"/>
+      <c r="S13" s="33"/>
+      <c r="T13" s="33"/>
+      <c r="U13" s="33"/>
+      <c r="V13" s="50"/>
+      <c r="W13" s="35"/>
+      <c r="X13" s="33"/>
+      <c r="Y13" s="33"/>
+      <c r="Z13" s="33"/>
+      <c r="AA13" s="50"/>
+      <c r="AB13" s="35"/>
+      <c r="AC13" s="33"/>
+      <c r="AD13" s="33"/>
+      <c r="AE13" s="33"/>
+      <c r="AF13" s="50"/>
+    </row>
+    <row r="14" customHeight="1" spans="2:32">
+      <c r="B14" s="29">
+        <v>45842</v>
+      </c>
+      <c r="C14" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D14" s="63"/>
-[...33 lines deleted...]
-      <c r="C15" s="62" t="s">
+      <c r="D14" s="31"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="33"/>
+      <c r="G14" s="33"/>
+      <c r="H14" s="33"/>
+      <c r="I14" s="33"/>
+      <c r="J14" s="50"/>
+      <c r="K14" s="35"/>
+      <c r="L14" s="33"/>
+      <c r="M14" s="33"/>
+      <c r="N14" s="33"/>
+      <c r="O14" s="50"/>
+      <c r="P14" s="31"/>
+      <c r="Q14" s="32"/>
+      <c r="R14" s="35"/>
+      <c r="S14" s="33"/>
+      <c r="T14" s="33"/>
+      <c r="U14" s="33"/>
+      <c r="V14" s="50"/>
+      <c r="W14" s="35"/>
+      <c r="X14" s="33"/>
+      <c r="Y14" s="33"/>
+      <c r="Z14" s="33"/>
+      <c r="AA14" s="50"/>
+      <c r="AB14" s="35"/>
+      <c r="AC14" s="33"/>
+      <c r="AD14" s="33"/>
+      <c r="AE14" s="33"/>
+      <c r="AF14" s="50"/>
+    </row>
+    <row r="15" customHeight="1" spans="2:32">
+      <c r="B15" s="29">
+        <v>45843</v>
+      </c>
+      <c r="C15" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D15" s="63"/>
-[...33 lines deleted...]
-      <c r="C16" s="62" t="s">
+      <c r="D15" s="31"/>
+      <c r="E15" s="32"/>
+      <c r="F15" s="33"/>
+      <c r="G15" s="33"/>
+      <c r="H15" s="33"/>
+      <c r="I15" s="33"/>
+      <c r="J15" s="50"/>
+      <c r="K15" s="35"/>
+      <c r="L15" s="33"/>
+      <c r="M15" s="33"/>
+      <c r="N15" s="33"/>
+      <c r="O15" s="50"/>
+      <c r="P15" s="31"/>
+      <c r="Q15" s="32"/>
+      <c r="R15" s="35"/>
+      <c r="S15" s="33"/>
+      <c r="T15" s="33"/>
+      <c r="U15" s="33"/>
+      <c r="V15" s="50"/>
+      <c r="W15" s="35"/>
+      <c r="X15" s="33"/>
+      <c r="Y15" s="33"/>
+      <c r="Z15" s="33"/>
+      <c r="AA15" s="50"/>
+      <c r="AB15" s="35"/>
+      <c r="AC15" s="33"/>
+      <c r="AD15" s="33"/>
+      <c r="AE15" s="33"/>
+      <c r="AF15" s="50"/>
+    </row>
+    <row r="16" customHeight="1" spans="2:32">
+      <c r="B16" s="29">
+        <v>45844</v>
+      </c>
+      <c r="C16" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D16" s="63"/>
-[...33 lines deleted...]
-      <c r="C17" s="62" t="s">
+      <c r="D16" s="31"/>
+      <c r="E16" s="32"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="33"/>
+      <c r="I16" s="33"/>
+      <c r="J16" s="50"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="33"/>
+      <c r="M16" s="33"/>
+      <c r="N16" s="33"/>
+      <c r="O16" s="50"/>
+      <c r="P16" s="31"/>
+      <c r="Q16" s="32"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="33"/>
+      <c r="T16" s="33"/>
+      <c r="U16" s="33"/>
+      <c r="V16" s="50"/>
+      <c r="W16" s="35"/>
+      <c r="X16" s="33"/>
+      <c r="Y16" s="33"/>
+      <c r="Z16" s="33"/>
+      <c r="AA16" s="50"/>
+      <c r="AB16" s="35"/>
+      <c r="AC16" s="33"/>
+      <c r="AD16" s="33"/>
+      <c r="AE16" s="33"/>
+      <c r="AF16" s="50"/>
+    </row>
+    <row r="17" customHeight="1" spans="2:32">
+      <c r="B17" s="29">
+        <v>45845</v>
+      </c>
+      <c r="C17" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D17" s="63"/>
-[...33 lines deleted...]
-      <c r="C18" s="62" t="s">
+      <c r="D17" s="31"/>
+      <c r="E17" s="32"/>
+      <c r="F17" s="33"/>
+      <c r="G17" s="33"/>
+      <c r="H17" s="33"/>
+      <c r="I17" s="33"/>
+      <c r="J17" s="50"/>
+      <c r="K17" s="35"/>
+      <c r="L17" s="33"/>
+      <c r="M17" s="33"/>
+      <c r="N17" s="33"/>
+      <c r="O17" s="50"/>
+      <c r="P17" s="31"/>
+      <c r="Q17" s="32"/>
+      <c r="R17" s="35"/>
+      <c r="S17" s="33"/>
+      <c r="T17" s="33"/>
+      <c r="U17" s="33"/>
+      <c r="V17" s="50"/>
+      <c r="W17" s="35"/>
+      <c r="X17" s="33"/>
+      <c r="Y17" s="33"/>
+      <c r="Z17" s="33"/>
+      <c r="AA17" s="50"/>
+      <c r="AB17" s="35"/>
+      <c r="AC17" s="33"/>
+      <c r="AD17" s="33"/>
+      <c r="AE17" s="33"/>
+      <c r="AF17" s="50"/>
+    </row>
+    <row r="18" customHeight="1" spans="2:32">
+      <c r="B18" s="29">
+        <v>45846</v>
+      </c>
+      <c r="C18" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D18" s="63"/>
-[...33 lines deleted...]
-      <c r="C19" s="62" t="s">
+      <c r="D18" s="31"/>
+      <c r="E18" s="34"/>
+      <c r="F18" s="33"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="33"/>
+      <c r="I18" s="33"/>
+      <c r="J18" s="50"/>
+      <c r="K18" s="35"/>
+      <c r="L18" s="33"/>
+      <c r="M18" s="33"/>
+      <c r="N18" s="33"/>
+      <c r="O18" s="50"/>
+      <c r="P18" s="31"/>
+      <c r="Q18" s="34"/>
+      <c r="R18" s="35"/>
+      <c r="S18" s="33"/>
+      <c r="T18" s="33"/>
+      <c r="U18" s="33"/>
+      <c r="V18" s="50"/>
+      <c r="W18" s="35"/>
+      <c r="X18" s="33"/>
+      <c r="Y18" s="33"/>
+      <c r="Z18" s="33"/>
+      <c r="AA18" s="50"/>
+      <c r="AB18" s="35"/>
+      <c r="AC18" s="33"/>
+      <c r="AD18" s="33"/>
+      <c r="AE18" s="33"/>
+      <c r="AF18" s="50"/>
+    </row>
+    <row r="19" customHeight="1" spans="2:32">
+      <c r="B19" s="29">
+        <v>45847</v>
+      </c>
+      <c r="C19" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D19" s="63"/>
-[...33 lines deleted...]
-      <c r="C20" s="62" t="s">
+      <c r="D19" s="31"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="33"/>
+      <c r="G19" s="33"/>
+      <c r="H19" s="33"/>
+      <c r="I19" s="33"/>
+      <c r="J19" s="50"/>
+      <c r="K19" s="35"/>
+      <c r="L19" s="33"/>
+      <c r="M19" s="33"/>
+      <c r="N19" s="33"/>
+      <c r="O19" s="50"/>
+      <c r="P19" s="31"/>
+      <c r="Q19" s="34"/>
+      <c r="R19" s="35"/>
+      <c r="S19" s="33"/>
+      <c r="T19" s="33"/>
+      <c r="U19" s="33"/>
+      <c r="V19" s="50"/>
+      <c r="W19" s="35"/>
+      <c r="X19" s="33"/>
+      <c r="Y19" s="33"/>
+      <c r="Z19" s="33"/>
+      <c r="AA19" s="50"/>
+      <c r="AB19" s="35"/>
+      <c r="AC19" s="33"/>
+      <c r="AD19" s="33"/>
+      <c r="AE19" s="33"/>
+      <c r="AF19" s="50"/>
+    </row>
+    <row r="20" customHeight="1" spans="2:32">
+      <c r="B20" s="29">
+        <v>45848</v>
+      </c>
+      <c r="C20" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D20" s="63"/>
-[...33 lines deleted...]
-      <c r="C21" s="62" t="s">
+      <c r="D20" s="31"/>
+      <c r="E20" s="34"/>
+      <c r="F20" s="33"/>
+      <c r="G20" s="33"/>
+      <c r="H20" s="33"/>
+      <c r="I20" s="33"/>
+      <c r="J20" s="50"/>
+      <c r="K20" s="35"/>
+      <c r="L20" s="33"/>
+      <c r="M20" s="33"/>
+      <c r="N20" s="33"/>
+      <c r="O20" s="50"/>
+      <c r="P20" s="31"/>
+      <c r="Q20" s="34"/>
+      <c r="R20" s="35"/>
+      <c r="S20" s="33"/>
+      <c r="T20" s="33"/>
+      <c r="U20" s="33"/>
+      <c r="V20" s="50"/>
+      <c r="W20" s="35"/>
+      <c r="X20" s="33"/>
+      <c r="Y20" s="33"/>
+      <c r="Z20" s="33"/>
+      <c r="AA20" s="50"/>
+      <c r="AB20" s="35"/>
+      <c r="AC20" s="33"/>
+      <c r="AD20" s="33"/>
+      <c r="AE20" s="33"/>
+      <c r="AF20" s="50"/>
+    </row>
+    <row r="21" customHeight="1" spans="2:32">
+      <c r="B21" s="29">
+        <v>45849</v>
+      </c>
+      <c r="C21" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D21" s="63"/>
-[...18 lines deleted...]
-      <c r="W21" s="71" t="s">
+      <c r="D21" s="31"/>
+      <c r="E21" s="34"/>
+      <c r="F21" s="33"/>
+      <c r="G21" s="33"/>
+      <c r="H21" s="33"/>
+      <c r="I21" s="33"/>
+      <c r="J21" s="50"/>
+      <c r="K21" s="35"/>
+      <c r="L21" s="33"/>
+      <c r="M21" s="33"/>
+      <c r="N21" s="33"/>
+      <c r="O21" s="50"/>
+      <c r="P21" s="31"/>
+      <c r="Q21" s="34"/>
+      <c r="R21" s="35"/>
+      <c r="S21" s="33"/>
+      <c r="T21" s="33"/>
+      <c r="U21" s="33"/>
+      <c r="V21" s="50"/>
+      <c r="W21" s="61" t="s">
         <v>34</v>
       </c>
-      <c r="X21" s="72" t="s">
+      <c r="X21" s="62" t="s">
         <v>35</v>
       </c>
-      <c r="Y21" s="72" t="s">
+      <c r="Y21" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="Z21" s="72" t="s">
+      <c r="Z21" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="AA21" s="73" t="s">
+      <c r="AA21" s="69" t="s">
         <v>38</v>
       </c>
-      <c r="AB21" s="67"/>
-[...9 lines deleted...]
-      <c r="C22" s="62" t="s">
+      <c r="AB21" s="35"/>
+      <c r="AC21" s="33"/>
+      <c r="AD21" s="33"/>
+      <c r="AE21" s="33"/>
+      <c r="AF21" s="50"/>
+    </row>
+    <row r="22" customHeight="1" spans="2:32">
+      <c r="B22" s="29">
+        <v>45850</v>
+      </c>
+      <c r="C22" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D22" s="63"/>
-[...18 lines deleted...]
-      <c r="W22" s="71" t="s">
+      <c r="D22" s="31"/>
+      <c r="E22" s="34"/>
+      <c r="F22" s="33"/>
+      <c r="G22" s="33"/>
+      <c r="H22" s="33"/>
+      <c r="I22" s="33"/>
+      <c r="J22" s="50"/>
+      <c r="K22" s="35"/>
+      <c r="L22" s="33"/>
+      <c r="M22" s="33"/>
+      <c r="N22" s="33"/>
+      <c r="O22" s="50"/>
+      <c r="P22" s="31"/>
+      <c r="Q22" s="34"/>
+      <c r="R22" s="35"/>
+      <c r="S22" s="33"/>
+      <c r="T22" s="33"/>
+      <c r="U22" s="33"/>
+      <c r="V22" s="50"/>
+      <c r="W22" s="61" t="s">
         <v>34</v>
       </c>
-      <c r="X22" s="72" t="s">
+      <c r="X22" s="62" t="s">
         <v>35</v>
       </c>
-      <c r="Y22" s="72" t="s">
+      <c r="Y22" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="Z22" s="72" t="s">
+      <c r="Z22" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="AA22" s="73" t="s">
+      <c r="AA22" s="69" t="s">
         <v>38</v>
       </c>
-      <c r="AB22" s="67"/>
-[...9 lines deleted...]
-      <c r="C23" s="62" t="s">
+      <c r="AB22" s="35"/>
+      <c r="AC22" s="33"/>
+      <c r="AD22" s="33"/>
+      <c r="AE22" s="33"/>
+      <c r="AF22" s="50"/>
+    </row>
+    <row r="23" customHeight="1" spans="2:32">
+      <c r="B23" s="29">
+        <v>45851</v>
+      </c>
+      <c r="C23" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D23" s="63"/>
-[...18 lines deleted...]
-      <c r="W23" s="71" t="s">
+      <c r="D23" s="31"/>
+      <c r="E23" s="34"/>
+      <c r="F23" s="33"/>
+      <c r="G23" s="33"/>
+      <c r="H23" s="33"/>
+      <c r="I23" s="33"/>
+      <c r="J23" s="50"/>
+      <c r="K23" s="35"/>
+      <c r="L23" s="33"/>
+      <c r="M23" s="33"/>
+      <c r="N23" s="33"/>
+      <c r="O23" s="50"/>
+      <c r="P23" s="31"/>
+      <c r="Q23" s="34"/>
+      <c r="R23" s="35"/>
+      <c r="S23" s="33"/>
+      <c r="T23" s="33"/>
+      <c r="U23" s="33"/>
+      <c r="V23" s="50"/>
+      <c r="W23" s="61" t="s">
         <v>34</v>
       </c>
-      <c r="X23" s="72" t="s">
+      <c r="X23" s="62" t="s">
         <v>35</v>
       </c>
-      <c r="Y23" s="72" t="s">
+      <c r="Y23" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="Z23" s="72" t="s">
+      <c r="Z23" s="62" t="s">
         <v>37</v>
       </c>
-      <c r="AA23" s="73" t="s">
+      <c r="AA23" s="69" t="s">
         <v>38</v>
       </c>
-      <c r="AB23" s="67"/>
-[...9 lines deleted...]
-      <c r="C24" s="62" t="s">
+      <c r="AB23" s="35"/>
+      <c r="AC23" s="33"/>
+      <c r="AD23" s="33"/>
+      <c r="AE23" s="33"/>
+      <c r="AF23" s="50"/>
+    </row>
+    <row r="24" customHeight="1" spans="2:32">
+      <c r="B24" s="29">
+        <v>45852</v>
+      </c>
+      <c r="C24" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D24" s="63"/>
-[...33 lines deleted...]
-      <c r="C25" s="62" t="s">
+      <c r="D24" s="31"/>
+      <c r="E24" s="34"/>
+      <c r="F24" s="33"/>
+      <c r="G24" s="33"/>
+      <c r="H24" s="33"/>
+      <c r="I24" s="33"/>
+      <c r="J24" s="50"/>
+      <c r="K24" s="35"/>
+      <c r="L24" s="33"/>
+      <c r="M24" s="33"/>
+      <c r="N24" s="33"/>
+      <c r="O24" s="50"/>
+      <c r="P24" s="31"/>
+      <c r="Q24" s="34"/>
+      <c r="R24" s="35"/>
+      <c r="S24" s="33"/>
+      <c r="T24" s="33"/>
+      <c r="U24" s="33"/>
+      <c r="V24" s="50"/>
+      <c r="W24" s="35"/>
+      <c r="X24" s="33"/>
+      <c r="Y24" s="33"/>
+      <c r="Z24" s="33"/>
+      <c r="AA24" s="50"/>
+      <c r="AB24" s="35"/>
+      <c r="AC24" s="33"/>
+      <c r="AD24" s="33"/>
+      <c r="AE24" s="33"/>
+      <c r="AF24" s="50"/>
+    </row>
+    <row r="25" customHeight="1" spans="2:32">
+      <c r="B25" s="29">
+        <v>45853</v>
+      </c>
+      <c r="C25" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D25" s="63"/>
-[...33 lines deleted...]
-      <c r="C26" s="62" t="s">
+      <c r="D25" s="31"/>
+      <c r="E25" s="34"/>
+      <c r="F25" s="33"/>
+      <c r="G25" s="33"/>
+      <c r="H25" s="33"/>
+      <c r="I25" s="33"/>
+      <c r="J25" s="50"/>
+      <c r="K25" s="35"/>
+      <c r="L25" s="33"/>
+      <c r="M25" s="33"/>
+      <c r="N25" s="33"/>
+      <c r="O25" s="50"/>
+      <c r="P25" s="31"/>
+      <c r="Q25" s="34"/>
+      <c r="R25" s="35"/>
+      <c r="S25" s="33"/>
+      <c r="T25" s="33"/>
+      <c r="U25" s="33"/>
+      <c r="V25" s="50"/>
+      <c r="W25" s="35"/>
+      <c r="X25" s="33"/>
+      <c r="Y25" s="33"/>
+      <c r="Z25" s="33"/>
+      <c r="AA25" s="50"/>
+      <c r="AB25" s="35"/>
+      <c r="AC25" s="33"/>
+      <c r="AD25" s="33"/>
+      <c r="AE25" s="33"/>
+      <c r="AF25" s="50"/>
+    </row>
+    <row r="26" customHeight="1" spans="2:32">
+      <c r="B26" s="29">
+        <v>45854</v>
+      </c>
+      <c r="C26" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D26" s="63"/>
-[...33 lines deleted...]
-      <c r="C27" s="62" t="s">
+      <c r="D26" s="31"/>
+      <c r="E26" s="34"/>
+      <c r="F26" s="33"/>
+      <c r="G26" s="33"/>
+      <c r="H26" s="33"/>
+      <c r="I26" s="33"/>
+      <c r="J26" s="50"/>
+      <c r="K26" s="35"/>
+      <c r="L26" s="33"/>
+      <c r="M26" s="33"/>
+      <c r="N26" s="33"/>
+      <c r="O26" s="50"/>
+      <c r="P26" s="31"/>
+      <c r="Q26" s="34"/>
+      <c r="R26" s="35"/>
+      <c r="S26" s="33"/>
+      <c r="T26" s="33"/>
+      <c r="U26" s="33"/>
+      <c r="V26" s="50"/>
+      <c r="W26" s="35"/>
+      <c r="X26" s="33"/>
+      <c r="Y26" s="33"/>
+      <c r="Z26" s="33"/>
+      <c r="AA26" s="50"/>
+      <c r="AB26" s="35"/>
+      <c r="AC26" s="33"/>
+      <c r="AD26" s="33"/>
+      <c r="AE26" s="33"/>
+      <c r="AF26" s="50"/>
+    </row>
+    <row r="27" customHeight="1" spans="2:32">
+      <c r="B27" s="29">
+        <v>45855</v>
+      </c>
+      <c r="C27" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D27" s="63"/>
-[...33 lines deleted...]
-      <c r="C28" s="62" t="s">
+      <c r="D27" s="31"/>
+      <c r="E27" s="34"/>
+      <c r="F27" s="33"/>
+      <c r="G27" s="33"/>
+      <c r="H27" s="33"/>
+      <c r="I27" s="33"/>
+      <c r="J27" s="50"/>
+      <c r="K27" s="35"/>
+      <c r="L27" s="33"/>
+      <c r="M27" s="33"/>
+      <c r="N27" s="33"/>
+      <c r="O27" s="50"/>
+      <c r="P27" s="31"/>
+      <c r="Q27" s="34"/>
+      <c r="R27" s="35"/>
+      <c r="S27" s="33"/>
+      <c r="T27" s="33"/>
+      <c r="U27" s="33"/>
+      <c r="V27" s="50"/>
+      <c r="W27" s="35"/>
+      <c r="X27" s="33"/>
+      <c r="Y27" s="33"/>
+      <c r="Z27" s="33"/>
+      <c r="AA27" s="50"/>
+      <c r="AB27" s="35"/>
+      <c r="AC27" s="33"/>
+      <c r="AD27" s="33"/>
+      <c r="AE27" s="33"/>
+      <c r="AF27" s="50"/>
+    </row>
+    <row r="28" customHeight="1" spans="2:32">
+      <c r="B28" s="29">
+        <v>45856</v>
+      </c>
+      <c r="C28" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D28" s="63"/>
-[...33 lines deleted...]
-      <c r="C29" s="62" t="s">
+      <c r="D28" s="31"/>
+      <c r="E28" s="34"/>
+      <c r="F28" s="33"/>
+      <c r="G28" s="33"/>
+      <c r="H28" s="33"/>
+      <c r="I28" s="33"/>
+      <c r="J28" s="50"/>
+      <c r="K28" s="35"/>
+      <c r="L28" s="33"/>
+      <c r="M28" s="33"/>
+      <c r="N28" s="33"/>
+      <c r="O28" s="50"/>
+      <c r="P28" s="31"/>
+      <c r="Q28" s="34"/>
+      <c r="R28" s="35"/>
+      <c r="S28" s="33"/>
+      <c r="T28" s="33"/>
+      <c r="U28" s="33"/>
+      <c r="V28" s="50"/>
+      <c r="W28" s="35"/>
+      <c r="X28" s="33"/>
+      <c r="Y28" s="33"/>
+      <c r="Z28" s="33"/>
+      <c r="AA28" s="50"/>
+      <c r="AB28" s="35"/>
+      <c r="AC28" s="33"/>
+      <c r="AD28" s="33"/>
+      <c r="AE28" s="33"/>
+      <c r="AF28" s="50"/>
+    </row>
+    <row r="29" customHeight="1" spans="2:32">
+      <c r="B29" s="29">
+        <v>45857</v>
+      </c>
+      <c r="C29" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D29" s="63"/>
-[...33 lines deleted...]
-      <c r="C30" s="62" t="s">
+      <c r="D29" s="31"/>
+      <c r="E29" s="34"/>
+      <c r="F29" s="33"/>
+      <c r="G29" s="33"/>
+      <c r="H29" s="33"/>
+      <c r="I29" s="33"/>
+      <c r="J29" s="50"/>
+      <c r="K29" s="35"/>
+      <c r="L29" s="33"/>
+      <c r="M29" s="33"/>
+      <c r="N29" s="33"/>
+      <c r="O29" s="50"/>
+      <c r="P29" s="31"/>
+      <c r="Q29" s="34"/>
+      <c r="R29" s="35"/>
+      <c r="S29" s="33"/>
+      <c r="T29" s="33"/>
+      <c r="U29" s="33"/>
+      <c r="V29" s="50"/>
+      <c r="W29" s="35"/>
+      <c r="X29" s="33"/>
+      <c r="Y29" s="33"/>
+      <c r="Z29" s="33"/>
+      <c r="AA29" s="50"/>
+      <c r="AB29" s="35"/>
+      <c r="AC29" s="33"/>
+      <c r="AD29" s="33"/>
+      <c r="AE29" s="33"/>
+      <c r="AF29" s="50"/>
+    </row>
+    <row r="30" customHeight="1" spans="2:32">
+      <c r="B30" s="29">
+        <v>45858</v>
+      </c>
+      <c r="C30" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D30" s="63"/>
-[...33 lines deleted...]
-      <c r="C31" s="62" t="s">
+      <c r="D30" s="31"/>
+      <c r="E30" s="34"/>
+      <c r="F30" s="33"/>
+      <c r="G30" s="33"/>
+      <c r="H30" s="33"/>
+      <c r="I30" s="33"/>
+      <c r="J30" s="50"/>
+      <c r="K30" s="35"/>
+      <c r="L30" s="33"/>
+      <c r="M30" s="33"/>
+      <c r="N30" s="33"/>
+      <c r="O30" s="50"/>
+      <c r="P30" s="31"/>
+      <c r="Q30" s="34"/>
+      <c r="R30" s="35"/>
+      <c r="S30" s="33"/>
+      <c r="T30" s="33"/>
+      <c r="U30" s="33"/>
+      <c r="V30" s="50"/>
+      <c r="W30" s="35"/>
+      <c r="X30" s="33"/>
+      <c r="Y30" s="33"/>
+      <c r="Z30" s="33"/>
+      <c r="AA30" s="50"/>
+      <c r="AB30" s="35"/>
+      <c r="AC30" s="33"/>
+      <c r="AD30" s="33"/>
+      <c r="AE30" s="33"/>
+      <c r="AF30" s="50"/>
+    </row>
+    <row r="31" customHeight="1" spans="2:32">
+      <c r="B31" s="29">
+        <v>45859</v>
+      </c>
+      <c r="C31" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D31" s="63"/>
-[...33 lines deleted...]
-      <c r="C32" s="62" t="s">
+      <c r="D31" s="31"/>
+      <c r="E31" s="34"/>
+      <c r="F31" s="33"/>
+      <c r="G31" s="33"/>
+      <c r="H31" s="33"/>
+      <c r="I31" s="33"/>
+      <c r="J31" s="50"/>
+      <c r="K31" s="35"/>
+      <c r="L31" s="33"/>
+      <c r="M31" s="33"/>
+      <c r="N31" s="33"/>
+      <c r="O31" s="50"/>
+      <c r="P31" s="31"/>
+      <c r="Q31" s="34"/>
+      <c r="R31" s="35"/>
+      <c r="S31" s="33"/>
+      <c r="T31" s="33"/>
+      <c r="U31" s="33"/>
+      <c r="V31" s="50"/>
+      <c r="W31" s="35"/>
+      <c r="X31" s="33"/>
+      <c r="Y31" s="33"/>
+      <c r="Z31" s="33"/>
+      <c r="AA31" s="50"/>
+      <c r="AB31" s="35"/>
+      <c r="AC31" s="33"/>
+      <c r="AD31" s="33"/>
+      <c r="AE31" s="33"/>
+      <c r="AF31" s="50"/>
+    </row>
+    <row r="32" customHeight="1" spans="2:32">
+      <c r="B32" s="29">
+        <v>45860</v>
+      </c>
+      <c r="C32" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D32" s="67"/>
-[...33 lines deleted...]
-      <c r="C33" s="62" t="s">
+      <c r="D32" s="35"/>
+      <c r="E32" s="34"/>
+      <c r="F32" s="33"/>
+      <c r="G32" s="33"/>
+      <c r="H32" s="33"/>
+      <c r="I32" s="33"/>
+      <c r="J32" s="50"/>
+      <c r="K32" s="35"/>
+      <c r="L32" s="33"/>
+      <c r="M32" s="33"/>
+      <c r="N32" s="33"/>
+      <c r="O32" s="50"/>
+      <c r="P32" s="35"/>
+      <c r="Q32" s="34"/>
+      <c r="R32" s="35"/>
+      <c r="S32" s="33"/>
+      <c r="T32" s="33"/>
+      <c r="U32" s="33"/>
+      <c r="V32" s="50"/>
+      <c r="W32" s="35"/>
+      <c r="X32" s="33"/>
+      <c r="Y32" s="33"/>
+      <c r="Z32" s="33"/>
+      <c r="AA32" s="50"/>
+      <c r="AB32" s="35"/>
+      <c r="AC32" s="33"/>
+      <c r="AD32" s="33"/>
+      <c r="AE32" s="33"/>
+      <c r="AF32" s="50"/>
+    </row>
+    <row r="33" customHeight="1" spans="2:32">
+      <c r="B33" s="29">
+        <v>45861</v>
+      </c>
+      <c r="C33" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D33" s="67"/>
-[...33 lines deleted...]
-      <c r="C34" s="62" t="s">
+      <c r="D33" s="35"/>
+      <c r="E33" s="34"/>
+      <c r="F33" s="33"/>
+      <c r="G33" s="33"/>
+      <c r="H33" s="33"/>
+      <c r="I33" s="33"/>
+      <c r="J33" s="50"/>
+      <c r="K33" s="35"/>
+      <c r="L33" s="33"/>
+      <c r="M33" s="33"/>
+      <c r="N33" s="33"/>
+      <c r="O33" s="50"/>
+      <c r="P33" s="35"/>
+      <c r="Q33" s="34"/>
+      <c r="R33" s="35"/>
+      <c r="S33" s="33"/>
+      <c r="T33" s="33"/>
+      <c r="U33" s="33"/>
+      <c r="V33" s="50"/>
+      <c r="W33" s="35"/>
+      <c r="X33" s="33"/>
+      <c r="Y33" s="33"/>
+      <c r="Z33" s="33"/>
+      <c r="AA33" s="50"/>
+      <c r="AB33" s="35"/>
+      <c r="AC33" s="33"/>
+      <c r="AD33" s="33"/>
+      <c r="AE33" s="33"/>
+      <c r="AF33" s="50"/>
+    </row>
+    <row r="34" customHeight="1" spans="2:32">
+      <c r="B34" s="29">
+        <v>45862</v>
+      </c>
+      <c r="C34" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D34" s="67"/>
-[...33 lines deleted...]
-      <c r="C35" s="62" t="s">
+      <c r="D34" s="35"/>
+      <c r="E34" s="34"/>
+      <c r="F34" s="33"/>
+      <c r="G34" s="33"/>
+      <c r="H34" s="33"/>
+      <c r="I34" s="33"/>
+      <c r="J34" s="50"/>
+      <c r="K34" s="35"/>
+      <c r="L34" s="33"/>
+      <c r="M34" s="33"/>
+      <c r="N34" s="33"/>
+      <c r="O34" s="50"/>
+      <c r="P34" s="35"/>
+      <c r="Q34" s="34"/>
+      <c r="R34" s="35"/>
+      <c r="S34" s="33"/>
+      <c r="T34" s="33"/>
+      <c r="U34" s="33"/>
+      <c r="V34" s="50"/>
+      <c r="W34" s="35"/>
+      <c r="X34" s="33"/>
+      <c r="Y34" s="33"/>
+      <c r="Z34" s="33"/>
+      <c r="AA34" s="50"/>
+      <c r="AB34" s="35"/>
+      <c r="AC34" s="33"/>
+      <c r="AD34" s="33"/>
+      <c r="AE34" s="33"/>
+      <c r="AF34" s="50"/>
+    </row>
+    <row r="35" customHeight="1" spans="2:32">
+      <c r="B35" s="29">
+        <v>45863</v>
+      </c>
+      <c r="C35" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D35" s="67"/>
-[...33 lines deleted...]
-      <c r="C36" s="62" t="s">
+      <c r="D35" s="35"/>
+      <c r="E35" s="34"/>
+      <c r="F35" s="33"/>
+      <c r="G35" s="33"/>
+      <c r="H35" s="33"/>
+      <c r="I35" s="33"/>
+      <c r="J35" s="50"/>
+      <c r="K35" s="35"/>
+      <c r="L35" s="33"/>
+      <c r="M35" s="33"/>
+      <c r="N35" s="33"/>
+      <c r="O35" s="50"/>
+      <c r="P35" s="35"/>
+      <c r="Q35" s="34"/>
+      <c r="R35" s="35"/>
+      <c r="S35" s="33"/>
+      <c r="T35" s="33"/>
+      <c r="U35" s="33"/>
+      <c r="V35" s="50"/>
+      <c r="W35" s="35"/>
+      <c r="X35" s="33"/>
+      <c r="Y35" s="33"/>
+      <c r="Z35" s="33"/>
+      <c r="AA35" s="50"/>
+      <c r="AB35" s="35"/>
+      <c r="AC35" s="33"/>
+      <c r="AD35" s="33"/>
+      <c r="AE35" s="33"/>
+      <c r="AF35" s="50"/>
+    </row>
+    <row r="36" customHeight="1" spans="2:32">
+      <c r="B36" s="29">
+        <v>45864</v>
+      </c>
+      <c r="C36" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D36" s="67"/>
-[...33 lines deleted...]
-      <c r="C37" s="62" t="s">
+      <c r="D36" s="35"/>
+      <c r="E36" s="34"/>
+      <c r="F36" s="33"/>
+      <c r="G36" s="33"/>
+      <c r="H36" s="33"/>
+      <c r="I36" s="33"/>
+      <c r="J36" s="50"/>
+      <c r="K36" s="35"/>
+      <c r="L36" s="33"/>
+      <c r="M36" s="33"/>
+      <c r="N36" s="33"/>
+      <c r="O36" s="50"/>
+      <c r="P36" s="35"/>
+      <c r="Q36" s="34"/>
+      <c r="R36" s="35"/>
+      <c r="S36" s="33"/>
+      <c r="T36" s="33"/>
+      <c r="U36" s="33"/>
+      <c r="V36" s="50"/>
+      <c r="W36" s="35"/>
+      <c r="X36" s="33"/>
+      <c r="Y36" s="33"/>
+      <c r="Z36" s="33"/>
+      <c r="AA36" s="50"/>
+      <c r="AB36" s="35"/>
+      <c r="AC36" s="33"/>
+      <c r="AD36" s="33"/>
+      <c r="AE36" s="33"/>
+      <c r="AF36" s="50"/>
+    </row>
+    <row r="37" customHeight="1" spans="2:32">
+      <c r="B37" s="29">
+        <v>45865</v>
+      </c>
+      <c r="C37" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D37" s="67"/>
-[...33 lines deleted...]
-      <c r="C38" s="62" t="s">
+      <c r="D37" s="35"/>
+      <c r="E37" s="34"/>
+      <c r="F37" s="33"/>
+      <c r="G37" s="33"/>
+      <c r="H37" s="33"/>
+      <c r="I37" s="33"/>
+      <c r="J37" s="50"/>
+      <c r="K37" s="35"/>
+      <c r="L37" s="33"/>
+      <c r="M37" s="33"/>
+      <c r="N37" s="33"/>
+      <c r="O37" s="50"/>
+      <c r="P37" s="35"/>
+      <c r="Q37" s="34"/>
+      <c r="R37" s="35"/>
+      <c r="S37" s="33"/>
+      <c r="T37" s="33"/>
+      <c r="U37" s="33"/>
+      <c r="V37" s="50"/>
+      <c r="W37" s="35"/>
+      <c r="X37" s="33"/>
+      <c r="Y37" s="33"/>
+      <c r="Z37" s="33"/>
+      <c r="AA37" s="50"/>
+      <c r="AB37" s="35"/>
+      <c r="AC37" s="33"/>
+      <c r="AD37" s="33"/>
+      <c r="AE37" s="33"/>
+      <c r="AF37" s="50"/>
+    </row>
+    <row r="38" customHeight="1" spans="2:32">
+      <c r="B38" s="29">
+        <v>45866</v>
+      </c>
+      <c r="C38" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D38" s="67"/>
-[...33 lines deleted...]
-      <c r="C39" s="62" t="s">
+      <c r="D38" s="35"/>
+      <c r="E38" s="34"/>
+      <c r="F38" s="33"/>
+      <c r="G38" s="33"/>
+      <c r="H38" s="33"/>
+      <c r="I38" s="33"/>
+      <c r="J38" s="50"/>
+      <c r="K38" s="35"/>
+      <c r="L38" s="33"/>
+      <c r="M38" s="33"/>
+      <c r="N38" s="33"/>
+      <c r="O38" s="50"/>
+      <c r="P38" s="35"/>
+      <c r="Q38" s="34"/>
+      <c r="R38" s="35"/>
+      <c r="S38" s="33"/>
+      <c r="T38" s="33"/>
+      <c r="U38" s="33"/>
+      <c r="V38" s="50"/>
+      <c r="W38" s="35"/>
+      <c r="X38" s="33"/>
+      <c r="Y38" s="33"/>
+      <c r="Z38" s="33"/>
+      <c r="AA38" s="50"/>
+      <c r="AB38" s="35"/>
+      <c r="AC38" s="33"/>
+      <c r="AD38" s="33"/>
+      <c r="AE38" s="33"/>
+      <c r="AF38" s="50"/>
+    </row>
+    <row r="39" customHeight="1" spans="2:32">
+      <c r="B39" s="29">
+        <v>45867</v>
+      </c>
+      <c r="C39" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D39" s="67"/>
-[...33 lines deleted...]
-      <c r="C40" s="62" t="s">
+      <c r="D39" s="35"/>
+      <c r="E39" s="34"/>
+      <c r="F39" s="33"/>
+      <c r="G39" s="33"/>
+      <c r="H39" s="33"/>
+      <c r="I39" s="33"/>
+      <c r="J39" s="50"/>
+      <c r="K39" s="35"/>
+      <c r="L39" s="33"/>
+      <c r="M39" s="33"/>
+      <c r="N39" s="33"/>
+      <c r="O39" s="50"/>
+      <c r="P39" s="35"/>
+      <c r="Q39" s="34"/>
+      <c r="R39" s="35"/>
+      <c r="S39" s="33"/>
+      <c r="T39" s="33"/>
+      <c r="U39" s="33"/>
+      <c r="V39" s="50"/>
+      <c r="W39" s="35"/>
+      <c r="X39" s="33"/>
+      <c r="Y39" s="33"/>
+      <c r="Z39" s="33"/>
+      <c r="AA39" s="50"/>
+      <c r="AB39" s="35"/>
+      <c r="AC39" s="33"/>
+      <c r="AD39" s="33"/>
+      <c r="AE39" s="33"/>
+      <c r="AF39" s="50"/>
+    </row>
+    <row r="40" customHeight="1" spans="2:32">
+      <c r="B40" s="29">
+        <v>45868</v>
+      </c>
+      <c r="C40" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D40" s="67"/>
-[...33 lines deleted...]
-      <c r="C41" s="62" t="s">
+      <c r="D40" s="35"/>
+      <c r="E40" s="34"/>
+      <c r="F40" s="33"/>
+      <c r="G40" s="33"/>
+      <c r="H40" s="33"/>
+      <c r="I40" s="33"/>
+      <c r="J40" s="50"/>
+      <c r="K40" s="35"/>
+      <c r="L40" s="33"/>
+      <c r="M40" s="33"/>
+      <c r="N40" s="33"/>
+      <c r="O40" s="50"/>
+      <c r="P40" s="35"/>
+      <c r="Q40" s="34"/>
+      <c r="R40" s="35"/>
+      <c r="S40" s="33"/>
+      <c r="T40" s="33"/>
+      <c r="U40" s="33"/>
+      <c r="V40" s="50"/>
+      <c r="W40" s="35"/>
+      <c r="X40" s="33"/>
+      <c r="Y40" s="33"/>
+      <c r="Z40" s="33"/>
+      <c r="AA40" s="50"/>
+      <c r="AB40" s="35"/>
+      <c r="AC40" s="33"/>
+      <c r="AD40" s="33"/>
+      <c r="AE40" s="33"/>
+      <c r="AF40" s="50"/>
+    </row>
+    <row r="41" customHeight="1" spans="2:32">
+      <c r="B41" s="29">
+        <v>45869</v>
+      </c>
+      <c r="C41" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D41" s="67"/>
-[...33 lines deleted...]
-      <c r="C42" s="62" t="s">
+      <c r="D41" s="35"/>
+      <c r="E41" s="34"/>
+      <c r="F41" s="33"/>
+      <c r="G41" s="33"/>
+      <c r="H41" s="33"/>
+      <c r="I41" s="33"/>
+      <c r="J41" s="50"/>
+      <c r="K41" s="35"/>
+      <c r="L41" s="33"/>
+      <c r="M41" s="33"/>
+      <c r="N41" s="33"/>
+      <c r="O41" s="50"/>
+      <c r="P41" s="35"/>
+      <c r="Q41" s="34"/>
+      <c r="R41" s="35"/>
+      <c r="S41" s="33"/>
+      <c r="T41" s="33"/>
+      <c r="U41" s="33"/>
+      <c r="V41" s="50"/>
+      <c r="W41" s="35"/>
+      <c r="X41" s="33"/>
+      <c r="Y41" s="33"/>
+      <c r="Z41" s="33"/>
+      <c r="AA41" s="50"/>
+      <c r="AB41" s="35"/>
+      <c r="AC41" s="33"/>
+      <c r="AD41" s="33"/>
+      <c r="AE41" s="33"/>
+      <c r="AF41" s="50"/>
+    </row>
+    <row r="42" customHeight="1" spans="2:32">
+      <c r="B42" s="29">
+        <v>45870</v>
+      </c>
+      <c r="C42" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D42" s="67"/>
-[...33 lines deleted...]
-      <c r="C43" s="62" t="s">
+      <c r="D42" s="35"/>
+      <c r="E42" s="34"/>
+      <c r="F42" s="33"/>
+      <c r="G42" s="33"/>
+      <c r="H42" s="33"/>
+      <c r="I42" s="33"/>
+      <c r="J42" s="50"/>
+      <c r="K42" s="35"/>
+      <c r="L42" s="33"/>
+      <c r="M42" s="33"/>
+      <c r="N42" s="33"/>
+      <c r="O42" s="50"/>
+      <c r="P42" s="35"/>
+      <c r="Q42" s="34"/>
+      <c r="R42" s="35"/>
+      <c r="S42" s="33"/>
+      <c r="T42" s="33"/>
+      <c r="U42" s="33"/>
+      <c r="V42" s="50"/>
+      <c r="W42" s="35"/>
+      <c r="X42" s="33"/>
+      <c r="Y42" s="33"/>
+      <c r="Z42" s="33"/>
+      <c r="AA42" s="50"/>
+      <c r="AB42" s="35"/>
+      <c r="AC42" s="33"/>
+      <c r="AD42" s="33"/>
+      <c r="AE42" s="33"/>
+      <c r="AF42" s="50"/>
+    </row>
+    <row r="43" customHeight="1" spans="2:32">
+      <c r="B43" s="29">
+        <v>45871</v>
+      </c>
+      <c r="C43" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D43" s="67"/>
-[...30 lines deleted...]
-      <c r="A44" s="60" t="s">
+      <c r="D43" s="35"/>
+      <c r="E43" s="34"/>
+      <c r="F43" s="33"/>
+      <c r="G43" s="33"/>
+      <c r="H43" s="33"/>
+      <c r="I43" s="33"/>
+      <c r="J43" s="50"/>
+      <c r="K43" s="35"/>
+      <c r="L43" s="33"/>
+      <c r="M43" s="33"/>
+      <c r="N43" s="33"/>
+      <c r="O43" s="50"/>
+      <c r="P43" s="35"/>
+      <c r="Q43" s="34"/>
+      <c r="R43" s="35"/>
+      <c r="S43" s="33"/>
+      <c r="T43" s="33"/>
+      <c r="U43" s="33"/>
+      <c r="V43" s="50"/>
+      <c r="W43" s="35"/>
+      <c r="X43" s="33"/>
+      <c r="Y43" s="33"/>
+      <c r="Z43" s="33"/>
+      <c r="AA43" s="50"/>
+      <c r="AB43" s="35"/>
+      <c r="AC43" s="33"/>
+      <c r="AD43" s="33"/>
+      <c r="AE43" s="33"/>
+      <c r="AF43" s="50"/>
+    </row>
+    <row r="44" customHeight="1" spans="1:32">
+      <c r="A44" s="28" t="s">
         <v>39</v>
       </c>
-      <c r="B44" s="61">
-[...2 lines deleted...]
-      <c r="C44" s="62" t="s">
+      <c r="B44" s="29">
+        <v>45872</v>
+      </c>
+      <c r="C44" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D44" s="67"/>
-[...33 lines deleted...]
-      <c r="C45" s="62" t="s">
+      <c r="D44" s="35"/>
+      <c r="E44" s="34"/>
+      <c r="F44" s="33"/>
+      <c r="G44" s="33"/>
+      <c r="H44" s="33"/>
+      <c r="I44" s="33"/>
+      <c r="J44" s="50"/>
+      <c r="K44" s="35"/>
+      <c r="L44" s="33"/>
+      <c r="M44" s="33"/>
+      <c r="N44" s="33"/>
+      <c r="O44" s="50"/>
+      <c r="P44" s="35"/>
+      <c r="Q44" s="34"/>
+      <c r="R44" s="35"/>
+      <c r="S44" s="33"/>
+      <c r="T44" s="33"/>
+      <c r="U44" s="33"/>
+      <c r="V44" s="50"/>
+      <c r="W44" s="35"/>
+      <c r="X44" s="33"/>
+      <c r="Y44" s="33"/>
+      <c r="Z44" s="33"/>
+      <c r="AA44" s="50"/>
+      <c r="AB44" s="35"/>
+      <c r="AC44" s="33"/>
+      <c r="AD44" s="33"/>
+      <c r="AE44" s="33"/>
+      <c r="AF44" s="50"/>
+    </row>
+    <row r="45" customHeight="1" spans="2:32">
+      <c r="B45" s="29">
+        <v>45873</v>
+      </c>
+      <c r="C45" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D45" s="67"/>
-[...33 lines deleted...]
-      <c r="C46" s="62" t="s">
+      <c r="D45" s="35"/>
+      <c r="E45" s="34"/>
+      <c r="F45" s="33"/>
+      <c r="G45" s="33"/>
+      <c r="H45" s="36"/>
+      <c r="I45" s="36"/>
+      <c r="J45" s="51"/>
+      <c r="K45" s="35"/>
+      <c r="L45" s="33"/>
+      <c r="M45" s="33"/>
+      <c r="N45" s="33"/>
+      <c r="O45" s="50"/>
+      <c r="P45" s="35"/>
+      <c r="Q45" s="34"/>
+      <c r="R45" s="35"/>
+      <c r="S45" s="33"/>
+      <c r="T45" s="33"/>
+      <c r="U45" s="33"/>
+      <c r="V45" s="50"/>
+      <c r="W45" s="35"/>
+      <c r="X45" s="33"/>
+      <c r="Y45" s="33"/>
+      <c r="Z45" s="33"/>
+      <c r="AA45" s="50"/>
+      <c r="AB45" s="35"/>
+      <c r="AC45" s="33"/>
+      <c r="AD45" s="33"/>
+      <c r="AE45" s="33"/>
+      <c r="AF45" s="50"/>
+    </row>
+    <row r="46" customHeight="1" spans="2:32">
+      <c r="B46" s="29">
+        <v>45874</v>
+      </c>
+      <c r="C46" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D46" s="67"/>
-[...33 lines deleted...]
-      <c r="C47" s="62" t="s">
+      <c r="D46" s="35"/>
+      <c r="E46" s="34"/>
+      <c r="F46" s="33"/>
+      <c r="G46" s="33"/>
+      <c r="H46" s="33"/>
+      <c r="I46" s="33"/>
+      <c r="J46" s="50"/>
+      <c r="K46" s="35"/>
+      <c r="L46" s="33"/>
+      <c r="M46" s="33"/>
+      <c r="N46" s="33"/>
+      <c r="O46" s="50"/>
+      <c r="P46" s="35"/>
+      <c r="Q46" s="34"/>
+      <c r="R46" s="35"/>
+      <c r="S46" s="33"/>
+      <c r="T46" s="33"/>
+      <c r="U46" s="33"/>
+      <c r="V46" s="50"/>
+      <c r="W46" s="35"/>
+      <c r="X46" s="33"/>
+      <c r="Y46" s="33"/>
+      <c r="Z46" s="33"/>
+      <c r="AA46" s="50"/>
+      <c r="AB46" s="35"/>
+      <c r="AC46" s="33"/>
+      <c r="AD46" s="33"/>
+      <c r="AE46" s="33"/>
+      <c r="AF46" s="50"/>
+    </row>
+    <row r="47" customHeight="1" spans="2:32">
+      <c r="B47" s="29">
+        <v>45875</v>
+      </c>
+      <c r="C47" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D47" s="67"/>
-[...33 lines deleted...]
-      <c r="C48" s="62" t="s">
+      <c r="D47" s="35"/>
+      <c r="E47" s="34"/>
+      <c r="F47" s="33"/>
+      <c r="G47" s="33"/>
+      <c r="H47" s="33"/>
+      <c r="I47" s="33"/>
+      <c r="J47" s="50"/>
+      <c r="K47" s="35"/>
+      <c r="L47" s="33"/>
+      <c r="M47" s="33"/>
+      <c r="N47" s="33"/>
+      <c r="O47" s="50"/>
+      <c r="P47" s="35"/>
+      <c r="Q47" s="34"/>
+      <c r="R47" s="35"/>
+      <c r="S47" s="33"/>
+      <c r="T47" s="33"/>
+      <c r="U47" s="33"/>
+      <c r="V47" s="50"/>
+      <c r="W47" s="35"/>
+      <c r="X47" s="33"/>
+      <c r="Y47" s="33"/>
+      <c r="Z47" s="33"/>
+      <c r="AA47" s="50"/>
+      <c r="AB47" s="35"/>
+      <c r="AC47" s="33"/>
+      <c r="AD47" s="33"/>
+      <c r="AE47" s="33"/>
+      <c r="AF47" s="50"/>
+    </row>
+    <row r="48" customHeight="1" spans="2:32">
+      <c r="B48" s="29">
+        <v>45876</v>
+      </c>
+      <c r="C48" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D48" s="67"/>
-[...33 lines deleted...]
-      <c r="C49" s="62" t="s">
+      <c r="D48" s="35"/>
+      <c r="E48" s="34"/>
+      <c r="F48" s="33"/>
+      <c r="G48" s="33"/>
+      <c r="H48" s="33"/>
+      <c r="I48" s="33"/>
+      <c r="J48" s="50"/>
+      <c r="K48" s="35"/>
+      <c r="L48" s="33"/>
+      <c r="M48" s="33"/>
+      <c r="N48" s="33"/>
+      <c r="O48" s="50"/>
+      <c r="P48" s="35"/>
+      <c r="Q48" s="34"/>
+      <c r="R48" s="35"/>
+      <c r="S48" s="33"/>
+      <c r="T48" s="33"/>
+      <c r="U48" s="33"/>
+      <c r="V48" s="50"/>
+      <c r="W48" s="35"/>
+      <c r="X48" s="33"/>
+      <c r="Y48" s="33"/>
+      <c r="Z48" s="33"/>
+      <c r="AA48" s="50"/>
+      <c r="AB48" s="35"/>
+      <c r="AC48" s="33"/>
+      <c r="AD48" s="33"/>
+      <c r="AE48" s="33"/>
+      <c r="AF48" s="50"/>
+    </row>
+    <row r="49" customHeight="1" spans="2:32">
+      <c r="B49" s="29">
+        <v>45877</v>
+      </c>
+      <c r="C49" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D49" s="67"/>
-[...33 lines deleted...]
-      <c r="C50" s="62" t="s">
+      <c r="D49" s="35"/>
+      <c r="E49" s="34"/>
+      <c r="F49" s="33"/>
+      <c r="G49" s="33"/>
+      <c r="H49" s="33"/>
+      <c r="I49" s="33"/>
+      <c r="J49" s="50"/>
+      <c r="K49" s="35"/>
+      <c r="L49" s="33"/>
+      <c r="M49" s="33"/>
+      <c r="N49" s="33"/>
+      <c r="O49" s="50"/>
+      <c r="P49" s="35"/>
+      <c r="Q49" s="34"/>
+      <c r="R49" s="35"/>
+      <c r="S49" s="33"/>
+      <c r="T49" s="33"/>
+      <c r="U49" s="33"/>
+      <c r="V49" s="50"/>
+      <c r="W49" s="35"/>
+      <c r="X49" s="33"/>
+      <c r="Y49" s="33"/>
+      <c r="Z49" s="33"/>
+      <c r="AA49" s="50"/>
+      <c r="AB49" s="35"/>
+      <c r="AC49" s="33"/>
+      <c r="AD49" s="33"/>
+      <c r="AE49" s="33"/>
+      <c r="AF49" s="50"/>
+    </row>
+    <row r="50" customHeight="1" spans="2:32">
+      <c r="B50" s="29">
+        <v>45878</v>
+      </c>
+      <c r="C50" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D50" s="67"/>
-[...33 lines deleted...]
-      <c r="C51" s="62" t="s">
+      <c r="D50" s="35"/>
+      <c r="E50" s="32"/>
+      <c r="F50" s="33"/>
+      <c r="G50" s="33"/>
+      <c r="H50" s="33"/>
+      <c r="I50" s="33"/>
+      <c r="J50" s="50"/>
+      <c r="K50" s="35"/>
+      <c r="L50" s="33"/>
+      <c r="M50" s="33"/>
+      <c r="N50" s="33"/>
+      <c r="O50" s="50"/>
+      <c r="P50" s="35"/>
+      <c r="Q50" s="32"/>
+      <c r="R50" s="35"/>
+      <c r="S50" s="33"/>
+      <c r="T50" s="33"/>
+      <c r="U50" s="33"/>
+      <c r="V50" s="50"/>
+      <c r="W50" s="35"/>
+      <c r="X50" s="33"/>
+      <c r="Y50" s="33"/>
+      <c r="Z50" s="33"/>
+      <c r="AA50" s="50"/>
+      <c r="AB50" s="35"/>
+      <c r="AC50" s="33"/>
+      <c r="AD50" s="33"/>
+      <c r="AE50" s="33"/>
+      <c r="AF50" s="50"/>
+    </row>
+    <row r="51" customHeight="1" spans="2:32">
+      <c r="B51" s="29">
+        <v>45879</v>
+      </c>
+      <c r="C51" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D51" s="67"/>
-[...33 lines deleted...]
-      <c r="C52" s="62" t="s">
+      <c r="D51" s="35"/>
+      <c r="E51" s="32"/>
+      <c r="F51" s="33"/>
+      <c r="G51" s="33"/>
+      <c r="H51" s="33"/>
+      <c r="I51" s="33"/>
+      <c r="J51" s="50"/>
+      <c r="K51" s="35"/>
+      <c r="L51" s="33"/>
+      <c r="M51" s="33"/>
+      <c r="N51" s="33"/>
+      <c r="O51" s="50"/>
+      <c r="P51" s="35"/>
+      <c r="Q51" s="32"/>
+      <c r="R51" s="35"/>
+      <c r="S51" s="33"/>
+      <c r="T51" s="33"/>
+      <c r="U51" s="33"/>
+      <c r="V51" s="50"/>
+      <c r="W51" s="35"/>
+      <c r="X51" s="33"/>
+      <c r="Y51" s="33"/>
+      <c r="Z51" s="33"/>
+      <c r="AA51" s="50"/>
+      <c r="AB51" s="35"/>
+      <c r="AC51" s="33"/>
+      <c r="AD51" s="33"/>
+      <c r="AE51" s="33"/>
+      <c r="AF51" s="50"/>
+    </row>
+    <row r="52" customHeight="1" spans="2:32">
+      <c r="B52" s="29">
+        <v>45880</v>
+      </c>
+      <c r="C52" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D52" s="67"/>
-[...33 lines deleted...]
-      <c r="C53" s="62" t="s">
+      <c r="D52" s="35"/>
+      <c r="E52" s="32"/>
+      <c r="F52" s="33"/>
+      <c r="G52" s="33"/>
+      <c r="H52" s="33"/>
+      <c r="I52" s="33"/>
+      <c r="J52" s="50"/>
+      <c r="K52" s="35"/>
+      <c r="L52" s="33"/>
+      <c r="M52" s="33"/>
+      <c r="N52" s="33"/>
+      <c r="O52" s="50"/>
+      <c r="P52" s="35"/>
+      <c r="Q52" s="32"/>
+      <c r="R52" s="35"/>
+      <c r="S52" s="33"/>
+      <c r="T52" s="33"/>
+      <c r="U52" s="33"/>
+      <c r="V52" s="50"/>
+      <c r="W52" s="35"/>
+      <c r="X52" s="33"/>
+      <c r="Y52" s="33"/>
+      <c r="Z52" s="33"/>
+      <c r="AA52" s="50"/>
+      <c r="AB52" s="35"/>
+      <c r="AC52" s="33"/>
+      <c r="AD52" s="33"/>
+      <c r="AE52" s="33"/>
+      <c r="AF52" s="50"/>
+    </row>
+    <row r="53" customHeight="1" spans="2:32">
+      <c r="B53" s="29">
+        <v>45881</v>
+      </c>
+      <c r="C53" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D53" s="67"/>
-[...33 lines deleted...]
-      <c r="C54" s="62" t="s">
+      <c r="D53" s="35"/>
+      <c r="E53" s="32"/>
+      <c r="F53" s="33"/>
+      <c r="G53" s="33"/>
+      <c r="H53" s="33"/>
+      <c r="I53" s="33"/>
+      <c r="J53" s="50"/>
+      <c r="K53" s="35"/>
+      <c r="L53" s="33"/>
+      <c r="M53" s="33"/>
+      <c r="N53" s="33"/>
+      <c r="O53" s="50"/>
+      <c r="P53" s="35"/>
+      <c r="Q53" s="32"/>
+      <c r="R53" s="35"/>
+      <c r="S53" s="33"/>
+      <c r="T53" s="33"/>
+      <c r="U53" s="33"/>
+      <c r="V53" s="50"/>
+      <c r="W53" s="35"/>
+      <c r="X53" s="33"/>
+      <c r="Y53" s="33"/>
+      <c r="Z53" s="33"/>
+      <c r="AA53" s="50"/>
+      <c r="AB53" s="35"/>
+      <c r="AC53" s="33"/>
+      <c r="AD53" s="33"/>
+      <c r="AE53" s="33"/>
+      <c r="AF53" s="50"/>
+    </row>
+    <row r="54" customHeight="1" spans="2:32">
+      <c r="B54" s="29">
+        <v>45882</v>
+      </c>
+      <c r="C54" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D54" s="67"/>
-[...33 lines deleted...]
-      <c r="C55" s="62" t="s">
+      <c r="D54" s="35"/>
+      <c r="E54" s="32"/>
+      <c r="F54" s="33"/>
+      <c r="G54" s="33"/>
+      <c r="H54" s="33"/>
+      <c r="I54" s="33"/>
+      <c r="J54" s="50"/>
+      <c r="K54" s="35"/>
+      <c r="L54" s="33"/>
+      <c r="M54" s="33"/>
+      <c r="N54" s="33"/>
+      <c r="O54" s="50"/>
+      <c r="P54" s="35"/>
+      <c r="Q54" s="32"/>
+      <c r="R54" s="35"/>
+      <c r="S54" s="33"/>
+      <c r="T54" s="33"/>
+      <c r="U54" s="33"/>
+      <c r="V54" s="50"/>
+      <c r="W54" s="35"/>
+      <c r="X54" s="33"/>
+      <c r="Y54" s="33"/>
+      <c r="Z54" s="33"/>
+      <c r="AA54" s="50"/>
+      <c r="AB54" s="35"/>
+      <c r="AC54" s="33"/>
+      <c r="AD54" s="33"/>
+      <c r="AE54" s="33"/>
+      <c r="AF54" s="50"/>
+    </row>
+    <row r="55" customHeight="1" spans="2:32">
+      <c r="B55" s="29">
+        <v>45883</v>
+      </c>
+      <c r="C55" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D55" s="67"/>
-[...33 lines deleted...]
-      <c r="C56" s="62" t="s">
+      <c r="D55" s="35"/>
+      <c r="E55" s="32"/>
+      <c r="F55" s="33"/>
+      <c r="G55" s="33"/>
+      <c r="H55" s="33"/>
+      <c r="I55" s="33"/>
+      <c r="J55" s="50"/>
+      <c r="K55" s="35"/>
+      <c r="L55" s="33"/>
+      <c r="M55" s="33"/>
+      <c r="N55" s="33"/>
+      <c r="O55" s="50"/>
+      <c r="P55" s="35"/>
+      <c r="Q55" s="32"/>
+      <c r="R55" s="35"/>
+      <c r="S55" s="33"/>
+      <c r="T55" s="33"/>
+      <c r="U55" s="33"/>
+      <c r="V55" s="50"/>
+      <c r="W55" s="35"/>
+      <c r="X55" s="33"/>
+      <c r="Y55" s="33"/>
+      <c r="Z55" s="33"/>
+      <c r="AA55" s="50"/>
+      <c r="AB55" s="35"/>
+      <c r="AC55" s="33"/>
+      <c r="AD55" s="33"/>
+      <c r="AE55" s="33"/>
+      <c r="AF55" s="50"/>
+    </row>
+    <row r="56" customHeight="1" spans="2:32">
+      <c r="B56" s="29">
+        <v>45884</v>
+      </c>
+      <c r="C56" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D56" s="67"/>
-[...33 lines deleted...]
-      <c r="C57" s="62" t="s">
+      <c r="D56" s="35"/>
+      <c r="E56" s="32"/>
+      <c r="F56" s="33"/>
+      <c r="G56" s="33"/>
+      <c r="H56" s="33"/>
+      <c r="I56" s="33"/>
+      <c r="J56" s="50"/>
+      <c r="K56" s="35"/>
+      <c r="L56" s="33"/>
+      <c r="M56" s="33"/>
+      <c r="N56" s="33"/>
+      <c r="O56" s="50"/>
+      <c r="P56" s="35"/>
+      <c r="Q56" s="32"/>
+      <c r="R56" s="35"/>
+      <c r="S56" s="33"/>
+      <c r="T56" s="33"/>
+      <c r="U56" s="33"/>
+      <c r="V56" s="50"/>
+      <c r="W56" s="35"/>
+      <c r="X56" s="33"/>
+      <c r="Y56" s="33"/>
+      <c r="Z56" s="33"/>
+      <c r="AA56" s="50"/>
+      <c r="AB56" s="35"/>
+      <c r="AC56" s="33"/>
+      <c r="AD56" s="33"/>
+      <c r="AE56" s="33"/>
+      <c r="AF56" s="50"/>
+    </row>
+    <row r="57" customHeight="1" spans="2:32">
+      <c r="B57" s="29">
+        <v>45885</v>
+      </c>
+      <c r="C57" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D57" s="67"/>
-[...33 lines deleted...]
-      <c r="C58" s="62" t="s">
+      <c r="D57" s="35"/>
+      <c r="E57" s="32"/>
+      <c r="F57" s="33"/>
+      <c r="G57" s="33"/>
+      <c r="H57" s="33"/>
+      <c r="I57" s="33"/>
+      <c r="J57" s="50"/>
+      <c r="K57" s="35"/>
+      <c r="L57" s="33"/>
+      <c r="M57" s="33"/>
+      <c r="N57" s="33"/>
+      <c r="O57" s="50"/>
+      <c r="P57" s="35"/>
+      <c r="Q57" s="32"/>
+      <c r="R57" s="35"/>
+      <c r="S57" s="33"/>
+      <c r="T57" s="33"/>
+      <c r="U57" s="33"/>
+      <c r="V57" s="50"/>
+      <c r="W57" s="35"/>
+      <c r="X57" s="33"/>
+      <c r="Y57" s="33"/>
+      <c r="Z57" s="33"/>
+      <c r="AA57" s="50"/>
+      <c r="AB57" s="35"/>
+      <c r="AC57" s="33"/>
+      <c r="AD57" s="33"/>
+      <c r="AE57" s="33"/>
+      <c r="AF57" s="50"/>
+    </row>
+    <row r="58" customHeight="1" spans="2:32">
+      <c r="B58" s="29">
+        <v>45886</v>
+      </c>
+      <c r="C58" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D58" s="67"/>
-[...33 lines deleted...]
-      <c r="C59" s="62" t="s">
+      <c r="D58" s="35"/>
+      <c r="E58" s="32"/>
+      <c r="F58" s="33"/>
+      <c r="G58" s="33"/>
+      <c r="H58" s="33"/>
+      <c r="I58" s="33"/>
+      <c r="J58" s="50"/>
+      <c r="K58" s="35"/>
+      <c r="L58" s="33"/>
+      <c r="M58" s="33"/>
+      <c r="N58" s="33"/>
+      <c r="O58" s="50"/>
+      <c r="P58" s="35"/>
+      <c r="Q58" s="32"/>
+      <c r="R58" s="35"/>
+      <c r="S58" s="33"/>
+      <c r="T58" s="33"/>
+      <c r="U58" s="33"/>
+      <c r="V58" s="50"/>
+      <c r="W58" s="35"/>
+      <c r="X58" s="33"/>
+      <c r="Y58" s="33"/>
+      <c r="Z58" s="33"/>
+      <c r="AA58" s="50"/>
+      <c r="AB58" s="35"/>
+      <c r="AC58" s="33"/>
+      <c r="AD58" s="33"/>
+      <c r="AE58" s="33"/>
+      <c r="AF58" s="50"/>
+    </row>
+    <row r="59" customHeight="1" spans="2:32">
+      <c r="B59" s="29">
+        <v>45887</v>
+      </c>
+      <c r="C59" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D59" s="67"/>
-[...33 lines deleted...]
-      <c r="C60" s="62" t="s">
+      <c r="D59" s="35"/>
+      <c r="E59" s="32"/>
+      <c r="F59" s="33"/>
+      <c r="G59" s="33"/>
+      <c r="H59" s="33"/>
+      <c r="I59" s="33"/>
+      <c r="J59" s="50"/>
+      <c r="K59" s="35"/>
+      <c r="L59" s="33"/>
+      <c r="M59" s="33"/>
+      <c r="N59" s="33"/>
+      <c r="O59" s="50"/>
+      <c r="P59" s="35"/>
+      <c r="Q59" s="32"/>
+      <c r="R59" s="35"/>
+      <c r="S59" s="33"/>
+      <c r="T59" s="33"/>
+      <c r="U59" s="33"/>
+      <c r="V59" s="50"/>
+      <c r="W59" s="35"/>
+      <c r="X59" s="33"/>
+      <c r="Y59" s="33"/>
+      <c r="Z59" s="33"/>
+      <c r="AA59" s="50"/>
+      <c r="AB59" s="35"/>
+      <c r="AC59" s="33"/>
+      <c r="AD59" s="33"/>
+      <c r="AE59" s="33"/>
+      <c r="AF59" s="50"/>
+    </row>
+    <row r="60" customHeight="1" spans="2:32">
+      <c r="B60" s="29">
+        <v>45888</v>
+      </c>
+      <c r="C60" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D60" s="67"/>
-[...33 lines deleted...]
-      <c r="C61" s="62" t="s">
+      <c r="D60" s="35"/>
+      <c r="E60" s="32"/>
+      <c r="F60" s="33"/>
+      <c r="G60" s="33"/>
+      <c r="H60" s="33"/>
+      <c r="I60" s="33"/>
+      <c r="J60" s="50"/>
+      <c r="K60" s="35"/>
+      <c r="L60" s="33"/>
+      <c r="M60" s="33"/>
+      <c r="N60" s="33"/>
+      <c r="O60" s="50"/>
+      <c r="P60" s="35"/>
+      <c r="Q60" s="32"/>
+      <c r="R60" s="35"/>
+      <c r="S60" s="33"/>
+      <c r="T60" s="33"/>
+      <c r="U60" s="33"/>
+      <c r="V60" s="50"/>
+      <c r="W60" s="35"/>
+      <c r="X60" s="33"/>
+      <c r="Y60" s="33"/>
+      <c r="Z60" s="33"/>
+      <c r="AA60" s="50"/>
+      <c r="AB60" s="35"/>
+      <c r="AC60" s="33"/>
+      <c r="AD60" s="33"/>
+      <c r="AE60" s="33"/>
+      <c r="AF60" s="50"/>
+    </row>
+    <row r="61" customHeight="1" spans="2:32">
+      <c r="B61" s="29">
+        <v>45889</v>
+      </c>
+      <c r="C61" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D61" s="67"/>
-[...33 lines deleted...]
-      <c r="C62" s="62" t="s">
+      <c r="D61" s="35"/>
+      <c r="E61" s="32"/>
+      <c r="F61" s="33"/>
+      <c r="G61" s="33"/>
+      <c r="H61" s="33"/>
+      <c r="I61" s="33"/>
+      <c r="J61" s="50"/>
+      <c r="K61" s="35"/>
+      <c r="L61" s="33"/>
+      <c r="M61" s="33"/>
+      <c r="N61" s="33"/>
+      <c r="O61" s="50"/>
+      <c r="P61" s="35"/>
+      <c r="Q61" s="32"/>
+      <c r="R61" s="35"/>
+      <c r="S61" s="33"/>
+      <c r="T61" s="33"/>
+      <c r="U61" s="33"/>
+      <c r="V61" s="50"/>
+      <c r="W61" s="35"/>
+      <c r="X61" s="33"/>
+      <c r="Y61" s="33"/>
+      <c r="Z61" s="33"/>
+      <c r="AA61" s="50"/>
+      <c r="AB61" s="35"/>
+      <c r="AC61" s="33"/>
+      <c r="AD61" s="33"/>
+      <c r="AE61" s="33"/>
+      <c r="AF61" s="50"/>
+    </row>
+    <row r="62" customHeight="1" spans="2:32">
+      <c r="B62" s="29">
+        <v>45890</v>
+      </c>
+      <c r="C62" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D62" s="67"/>
-[...33 lines deleted...]
-      <c r="C63" s="62" t="s">
+      <c r="D62" s="35"/>
+      <c r="E62" s="32"/>
+      <c r="F62" s="33"/>
+      <c r="G62" s="33"/>
+      <c r="H62" s="33"/>
+      <c r="I62" s="33"/>
+      <c r="J62" s="50"/>
+      <c r="K62" s="35"/>
+      <c r="L62" s="33"/>
+      <c r="M62" s="33"/>
+      <c r="N62" s="33"/>
+      <c r="O62" s="50"/>
+      <c r="P62" s="35"/>
+      <c r="Q62" s="32"/>
+      <c r="R62" s="35"/>
+      <c r="S62" s="33"/>
+      <c r="T62" s="33"/>
+      <c r="U62" s="33"/>
+      <c r="V62" s="50"/>
+      <c r="W62" s="35"/>
+      <c r="X62" s="33"/>
+      <c r="Y62" s="33"/>
+      <c r="Z62" s="33"/>
+      <c r="AA62" s="50"/>
+      <c r="AB62" s="35"/>
+      <c r="AC62" s="33"/>
+      <c r="AD62" s="33"/>
+      <c r="AE62" s="33"/>
+      <c r="AF62" s="50"/>
+    </row>
+    <row r="63" customHeight="1" spans="2:32">
+      <c r="B63" s="29">
+        <v>45891</v>
+      </c>
+      <c r="C63" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D63" s="67"/>
-[...33 lines deleted...]
-      <c r="C64" s="62" t="s">
+      <c r="D63" s="35"/>
+      <c r="E63" s="32"/>
+      <c r="F63" s="33"/>
+      <c r="G63" s="33"/>
+      <c r="H63" s="33"/>
+      <c r="I63" s="33"/>
+      <c r="J63" s="50"/>
+      <c r="K63" s="35"/>
+      <c r="L63" s="33"/>
+      <c r="M63" s="33"/>
+      <c r="N63" s="33"/>
+      <c r="O63" s="50"/>
+      <c r="P63" s="35"/>
+      <c r="Q63" s="32"/>
+      <c r="R63" s="35"/>
+      <c r="S63" s="33"/>
+      <c r="T63" s="33"/>
+      <c r="U63" s="33"/>
+      <c r="V63" s="50"/>
+      <c r="W63" s="35"/>
+      <c r="X63" s="33"/>
+      <c r="Y63" s="33"/>
+      <c r="Z63" s="33"/>
+      <c r="AA63" s="50"/>
+      <c r="AB63" s="35"/>
+      <c r="AC63" s="33"/>
+      <c r="AD63" s="33"/>
+      <c r="AE63" s="33"/>
+      <c r="AF63" s="50"/>
+    </row>
+    <row r="64" customHeight="1" spans="2:32">
+      <c r="B64" s="29">
+        <v>45892</v>
+      </c>
+      <c r="C64" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D64" s="67"/>
-[...33 lines deleted...]
-      <c r="C65" s="62" t="s">
+      <c r="D64" s="35"/>
+      <c r="E64" s="32"/>
+      <c r="F64" s="33"/>
+      <c r="G64" s="33"/>
+      <c r="H64" s="33"/>
+      <c r="I64" s="33"/>
+      <c r="J64" s="50"/>
+      <c r="K64" s="35"/>
+      <c r="L64" s="33"/>
+      <c r="M64" s="33"/>
+      <c r="N64" s="33"/>
+      <c r="O64" s="50"/>
+      <c r="P64" s="35"/>
+      <c r="Q64" s="32"/>
+      <c r="R64" s="35"/>
+      <c r="S64" s="33"/>
+      <c r="T64" s="33"/>
+      <c r="U64" s="33"/>
+      <c r="V64" s="50"/>
+      <c r="W64" s="35"/>
+      <c r="X64" s="33"/>
+      <c r="Y64" s="33"/>
+      <c r="Z64" s="33"/>
+      <c r="AA64" s="50"/>
+      <c r="AB64" s="35"/>
+      <c r="AC64" s="33"/>
+      <c r="AD64" s="33"/>
+      <c r="AE64" s="33"/>
+      <c r="AF64" s="50"/>
+    </row>
+    <row r="65" customHeight="1" spans="2:32">
+      <c r="B65" s="29">
+        <v>45893</v>
+      </c>
+      <c r="C65" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D65" s="67"/>
-[...33 lines deleted...]
-      <c r="C66" s="62" t="s">
+      <c r="D65" s="35"/>
+      <c r="E65" s="32"/>
+      <c r="F65" s="33"/>
+      <c r="G65" s="33"/>
+      <c r="H65" s="33"/>
+      <c r="I65" s="33"/>
+      <c r="J65" s="50"/>
+      <c r="K65" s="35"/>
+      <c r="L65" s="33"/>
+      <c r="M65" s="33"/>
+      <c r="N65" s="33"/>
+      <c r="O65" s="50"/>
+      <c r="P65" s="35"/>
+      <c r="Q65" s="32"/>
+      <c r="R65" s="35"/>
+      <c r="S65" s="33"/>
+      <c r="T65" s="33"/>
+      <c r="U65" s="33"/>
+      <c r="V65" s="50"/>
+      <c r="W65" s="35"/>
+      <c r="X65" s="33"/>
+      <c r="Y65" s="33"/>
+      <c r="Z65" s="33"/>
+      <c r="AA65" s="50"/>
+      <c r="AB65" s="35"/>
+      <c r="AC65" s="33"/>
+      <c r="AD65" s="33"/>
+      <c r="AE65" s="33"/>
+      <c r="AF65" s="50"/>
+    </row>
+    <row r="66" customHeight="1" spans="2:32">
+      <c r="B66" s="29">
+        <v>45894</v>
+      </c>
+      <c r="C66" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D66" s="67"/>
-[...33 lines deleted...]
-      <c r="C67" s="62" t="s">
+      <c r="D66" s="35"/>
+      <c r="E66" s="32"/>
+      <c r="F66" s="33"/>
+      <c r="G66" s="33"/>
+      <c r="H66" s="33"/>
+      <c r="I66" s="33"/>
+      <c r="J66" s="50"/>
+      <c r="K66" s="35"/>
+      <c r="L66" s="33"/>
+      <c r="M66" s="33"/>
+      <c r="N66" s="33"/>
+      <c r="O66" s="50"/>
+      <c r="P66" s="35"/>
+      <c r="Q66" s="32"/>
+      <c r="R66" s="35"/>
+      <c r="S66" s="33"/>
+      <c r="T66" s="33"/>
+      <c r="U66" s="33"/>
+      <c r="V66" s="50"/>
+      <c r="W66" s="35"/>
+      <c r="X66" s="33"/>
+      <c r="Y66" s="33"/>
+      <c r="Z66" s="33"/>
+      <c r="AA66" s="50"/>
+      <c r="AB66" s="35"/>
+      <c r="AC66" s="33"/>
+      <c r="AD66" s="33"/>
+      <c r="AE66" s="33"/>
+      <c r="AF66" s="50"/>
+    </row>
+    <row r="67" customHeight="1" spans="2:32">
+      <c r="B67" s="29">
+        <v>45895</v>
+      </c>
+      <c r="C67" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D67" s="67"/>
-[...33 lines deleted...]
-      <c r="C68" s="62" t="s">
+      <c r="D67" s="35"/>
+      <c r="E67" s="32"/>
+      <c r="F67" s="33"/>
+      <c r="G67" s="33"/>
+      <c r="H67" s="33"/>
+      <c r="I67" s="33"/>
+      <c r="J67" s="50"/>
+      <c r="K67" s="35"/>
+      <c r="L67" s="33"/>
+      <c r="M67" s="33"/>
+      <c r="N67" s="33"/>
+      <c r="O67" s="50"/>
+      <c r="P67" s="35"/>
+      <c r="Q67" s="32"/>
+      <c r="R67" s="35"/>
+      <c r="S67" s="33"/>
+      <c r="T67" s="33"/>
+      <c r="U67" s="33"/>
+      <c r="V67" s="50"/>
+      <c r="W67" s="35"/>
+      <c r="X67" s="33"/>
+      <c r="Y67" s="33"/>
+      <c r="Z67" s="33"/>
+      <c r="AA67" s="50"/>
+      <c r="AB67" s="35"/>
+      <c r="AC67" s="33"/>
+      <c r="AD67" s="33"/>
+      <c r="AE67" s="33"/>
+      <c r="AF67" s="50"/>
+    </row>
+    <row r="68" customHeight="1" spans="2:32">
+      <c r="B68" s="29">
+        <v>45896</v>
+      </c>
+      <c r="C68" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D68" s="67"/>
-[...33 lines deleted...]
-      <c r="C69" s="62" t="s">
+      <c r="D68" s="35"/>
+      <c r="E68" s="32"/>
+      <c r="F68" s="33"/>
+      <c r="G68" s="33"/>
+      <c r="H68" s="33"/>
+      <c r="I68" s="33"/>
+      <c r="J68" s="50"/>
+      <c r="K68" s="35"/>
+      <c r="L68" s="33"/>
+      <c r="M68" s="33"/>
+      <c r="N68" s="33"/>
+      <c r="O68" s="50"/>
+      <c r="P68" s="35"/>
+      <c r="Q68" s="32"/>
+      <c r="R68" s="35"/>
+      <c r="S68" s="33"/>
+      <c r="T68" s="33"/>
+      <c r="U68" s="33"/>
+      <c r="V68" s="50"/>
+      <c r="W68" s="35"/>
+      <c r="X68" s="33"/>
+      <c r="Y68" s="33"/>
+      <c r="Z68" s="33"/>
+      <c r="AA68" s="50"/>
+      <c r="AB68" s="35"/>
+      <c r="AC68" s="33"/>
+      <c r="AD68" s="33"/>
+      <c r="AE68" s="33"/>
+      <c r="AF68" s="50"/>
+    </row>
+    <row r="69" customHeight="1" spans="2:32">
+      <c r="B69" s="29">
+        <v>45897</v>
+      </c>
+      <c r="C69" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D69" s="67"/>
-[...33 lines deleted...]
-      <c r="C70" s="62" t="s">
+      <c r="D69" s="35"/>
+      <c r="E69" s="32"/>
+      <c r="F69" s="33"/>
+      <c r="G69" s="33"/>
+      <c r="H69" s="33"/>
+      <c r="I69" s="33"/>
+      <c r="J69" s="50"/>
+      <c r="K69" s="35"/>
+      <c r="L69" s="33"/>
+      <c r="M69" s="33"/>
+      <c r="N69" s="33"/>
+      <c r="O69" s="50"/>
+      <c r="P69" s="35"/>
+      <c r="Q69" s="32"/>
+      <c r="R69" s="35"/>
+      <c r="S69" s="33"/>
+      <c r="T69" s="33"/>
+      <c r="U69" s="33"/>
+      <c r="V69" s="50"/>
+      <c r="W69" s="35"/>
+      <c r="X69" s="33"/>
+      <c r="Y69" s="33"/>
+      <c r="Z69" s="33"/>
+      <c r="AA69" s="50"/>
+      <c r="AB69" s="35"/>
+      <c r="AC69" s="33"/>
+      <c r="AD69" s="33"/>
+      <c r="AE69" s="33"/>
+      <c r="AF69" s="50"/>
+    </row>
+    <row r="70" customHeight="1" spans="2:32">
+      <c r="B70" s="29">
+        <v>45898</v>
+      </c>
+      <c r="C70" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D70" s="67"/>
-[...33 lines deleted...]
-      <c r="C71" s="62" t="s">
+      <c r="D70" s="35"/>
+      <c r="E70" s="32"/>
+      <c r="F70" s="33"/>
+      <c r="G70" s="33"/>
+      <c r="H70" s="33"/>
+      <c r="I70" s="33"/>
+      <c r="J70" s="50"/>
+      <c r="K70" s="35"/>
+      <c r="L70" s="33"/>
+      <c r="M70" s="33"/>
+      <c r="N70" s="33"/>
+      <c r="O70" s="50"/>
+      <c r="P70" s="35"/>
+      <c r="Q70" s="32"/>
+      <c r="R70" s="35"/>
+      <c r="S70" s="33"/>
+      <c r="T70" s="33"/>
+      <c r="U70" s="33"/>
+      <c r="V70" s="50"/>
+      <c r="W70" s="35"/>
+      <c r="X70" s="33"/>
+      <c r="Y70" s="33"/>
+      <c r="Z70" s="33"/>
+      <c r="AA70" s="50"/>
+      <c r="AB70" s="35"/>
+      <c r="AC70" s="33"/>
+      <c r="AD70" s="33"/>
+      <c r="AE70" s="33"/>
+      <c r="AF70" s="50"/>
+    </row>
+    <row r="71" customHeight="1" spans="2:32">
+      <c r="B71" s="29">
+        <v>45899</v>
+      </c>
+      <c r="C71" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D71" s="67"/>
-[...33 lines deleted...]
-      <c r="C72" s="62" t="s">
+      <c r="D71" s="35"/>
+      <c r="E71" s="32"/>
+      <c r="F71" s="33"/>
+      <c r="G71" s="33"/>
+      <c r="H71" s="33"/>
+      <c r="I71" s="33"/>
+      <c r="J71" s="50"/>
+      <c r="K71" s="35"/>
+      <c r="L71" s="33"/>
+      <c r="M71" s="33"/>
+      <c r="N71" s="33"/>
+      <c r="O71" s="50"/>
+      <c r="P71" s="35"/>
+      <c r="Q71" s="32"/>
+      <c r="R71" s="35"/>
+      <c r="S71" s="33"/>
+      <c r="T71" s="33"/>
+      <c r="U71" s="33"/>
+      <c r="V71" s="50"/>
+      <c r="W71" s="35"/>
+      <c r="X71" s="33"/>
+      <c r="Y71" s="33"/>
+      <c r="Z71" s="33"/>
+      <c r="AA71" s="50"/>
+      <c r="AB71" s="35"/>
+      <c r="AC71" s="33"/>
+      <c r="AD71" s="33"/>
+      <c r="AE71" s="33"/>
+      <c r="AF71" s="50"/>
+    </row>
+    <row r="72" customHeight="1" spans="2:32">
+      <c r="B72" s="29">
+        <v>45900</v>
+      </c>
+      <c r="C72" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D72" s="67"/>
-[...33 lines deleted...]
-      <c r="C73" s="62" t="s">
+      <c r="D72" s="35"/>
+      <c r="E72" s="32"/>
+      <c r="F72" s="33"/>
+      <c r="G72" s="33"/>
+      <c r="H72" s="33"/>
+      <c r="I72" s="33"/>
+      <c r="J72" s="50"/>
+      <c r="K72" s="35"/>
+      <c r="L72" s="33"/>
+      <c r="M72" s="33"/>
+      <c r="N72" s="33"/>
+      <c r="O72" s="50"/>
+      <c r="P72" s="35"/>
+      <c r="Q72" s="32"/>
+      <c r="R72" s="35"/>
+      <c r="S72" s="33"/>
+      <c r="T72" s="33"/>
+      <c r="U72" s="33"/>
+      <c r="V72" s="50"/>
+      <c r="W72" s="35"/>
+      <c r="X72" s="33"/>
+      <c r="Y72" s="33"/>
+      <c r="Z72" s="33"/>
+      <c r="AA72" s="50"/>
+      <c r="AB72" s="35"/>
+      <c r="AC72" s="33"/>
+      <c r="AD72" s="33"/>
+      <c r="AE72" s="33"/>
+      <c r="AF72" s="50"/>
+    </row>
+    <row r="73" customHeight="1" spans="2:32">
+      <c r="B73" s="29">
+        <v>45901</v>
+      </c>
+      <c r="C73" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D73" s="67"/>
-[...33 lines deleted...]
-      <c r="C74" s="62" t="s">
+      <c r="D73" s="35"/>
+      <c r="E73" s="32"/>
+      <c r="F73" s="33"/>
+      <c r="G73" s="33"/>
+      <c r="H73" s="33"/>
+      <c r="I73" s="33"/>
+      <c r="J73" s="50"/>
+      <c r="K73" s="35"/>
+      <c r="L73" s="33"/>
+      <c r="M73" s="33"/>
+      <c r="N73" s="33"/>
+      <c r="O73" s="50"/>
+      <c r="P73" s="35"/>
+      <c r="Q73" s="32"/>
+      <c r="R73" s="35"/>
+      <c r="S73" s="33"/>
+      <c r="T73" s="33"/>
+      <c r="U73" s="33"/>
+      <c r="V73" s="50"/>
+      <c r="W73" s="35"/>
+      <c r="X73" s="33"/>
+      <c r="Y73" s="33"/>
+      <c r="Z73" s="33"/>
+      <c r="AA73" s="50"/>
+      <c r="AB73" s="35"/>
+      <c r="AC73" s="33"/>
+      <c r="AD73" s="33"/>
+      <c r="AE73" s="33"/>
+      <c r="AF73" s="50"/>
+    </row>
+    <row r="74" customHeight="1" spans="2:32">
+      <c r="B74" s="29">
+        <v>45902</v>
+      </c>
+      <c r="C74" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D74" s="67"/>
-[...30 lines deleted...]
-      <c r="A75" s="60" t="s">
+      <c r="D74" s="35"/>
+      <c r="E74" s="32"/>
+      <c r="F74" s="33"/>
+      <c r="G74" s="33"/>
+      <c r="H74" s="33"/>
+      <c r="I74" s="33"/>
+      <c r="J74" s="50"/>
+      <c r="K74" s="35"/>
+      <c r="L74" s="33"/>
+      <c r="M74" s="33"/>
+      <c r="N74" s="33"/>
+      <c r="O74" s="50"/>
+      <c r="P74" s="35"/>
+      <c r="Q74" s="32"/>
+      <c r="R74" s="35"/>
+      <c r="S74" s="33"/>
+      <c r="T74" s="33"/>
+      <c r="U74" s="33"/>
+      <c r="V74" s="50"/>
+      <c r="W74" s="35"/>
+      <c r="X74" s="33"/>
+      <c r="Y74" s="33"/>
+      <c r="Z74" s="33"/>
+      <c r="AA74" s="50"/>
+      <c r="AB74" s="35"/>
+      <c r="AC74" s="33"/>
+      <c r="AD74" s="33"/>
+      <c r="AE74" s="33"/>
+      <c r="AF74" s="50"/>
+    </row>
+    <row r="75" customHeight="1" spans="1:32">
+      <c r="A75" s="28" t="s">
         <v>40</v>
       </c>
-      <c r="B75" s="61">
-[...2 lines deleted...]
-      <c r="C75" s="62" t="s">
+      <c r="B75" s="29">
+        <v>45903</v>
+      </c>
+      <c r="C75" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D75" s="67"/>
-[...33 lines deleted...]
-      <c r="C76" s="62" t="s">
+      <c r="D75" s="35"/>
+      <c r="E75" s="32"/>
+      <c r="F75" s="33"/>
+      <c r="G75" s="33"/>
+      <c r="H75" s="33"/>
+      <c r="I75" s="33"/>
+      <c r="J75" s="50"/>
+      <c r="K75" s="35"/>
+      <c r="L75" s="33"/>
+      <c r="M75" s="33"/>
+      <c r="N75" s="33"/>
+      <c r="O75" s="50"/>
+      <c r="P75" s="35"/>
+      <c r="Q75" s="32"/>
+      <c r="R75" s="35"/>
+      <c r="S75" s="33"/>
+      <c r="T75" s="33"/>
+      <c r="U75" s="33"/>
+      <c r="V75" s="50"/>
+      <c r="W75" s="35"/>
+      <c r="X75" s="33"/>
+      <c r="Y75" s="33"/>
+      <c r="Z75" s="33"/>
+      <c r="AA75" s="50"/>
+      <c r="AB75" s="35"/>
+      <c r="AC75" s="33"/>
+      <c r="AD75" s="33"/>
+      <c r="AE75" s="33"/>
+      <c r="AF75" s="50"/>
+    </row>
+    <row r="76" customHeight="1" spans="2:32">
+      <c r="B76" s="29">
+        <v>45904</v>
+      </c>
+      <c r="C76" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D76" s="67"/>
-[...33 lines deleted...]
-      <c r="C77" s="62" t="s">
+      <c r="D76" s="35"/>
+      <c r="E76" s="34"/>
+      <c r="F76" s="33"/>
+      <c r="G76" s="33"/>
+      <c r="H76" s="33"/>
+      <c r="I76" s="33"/>
+      <c r="J76" s="50"/>
+      <c r="K76" s="35"/>
+      <c r="L76" s="33"/>
+      <c r="M76" s="33"/>
+      <c r="N76" s="33"/>
+      <c r="O76" s="50"/>
+      <c r="P76" s="35"/>
+      <c r="Q76" s="34"/>
+      <c r="R76" s="35"/>
+      <c r="S76" s="33"/>
+      <c r="T76" s="33"/>
+      <c r="U76" s="33"/>
+      <c r="V76" s="50"/>
+      <c r="W76" s="35"/>
+      <c r="X76" s="33"/>
+      <c r="Y76" s="33"/>
+      <c r="Z76" s="33"/>
+      <c r="AA76" s="50"/>
+      <c r="AB76" s="35"/>
+      <c r="AC76" s="33"/>
+      <c r="AD76" s="33"/>
+      <c r="AE76" s="33"/>
+      <c r="AF76" s="50"/>
+    </row>
+    <row r="77" customHeight="1" spans="2:32">
+      <c r="B77" s="29">
+        <v>45905</v>
+      </c>
+      <c r="C77" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D77" s="67"/>
-[...33 lines deleted...]
-      <c r="C78" s="62" t="s">
+      <c r="D77" s="35"/>
+      <c r="E77" s="34"/>
+      <c r="F77" s="33"/>
+      <c r="G77" s="33"/>
+      <c r="H77" s="33"/>
+      <c r="I77" s="33"/>
+      <c r="J77" s="50"/>
+      <c r="K77" s="35"/>
+      <c r="L77" s="33"/>
+      <c r="M77" s="33"/>
+      <c r="N77" s="33"/>
+      <c r="O77" s="50"/>
+      <c r="P77" s="35"/>
+      <c r="Q77" s="34"/>
+      <c r="R77" s="35"/>
+      <c r="S77" s="33"/>
+      <c r="T77" s="33"/>
+      <c r="U77" s="33"/>
+      <c r="V77" s="50"/>
+      <c r="W77" s="35"/>
+      <c r="X77" s="33"/>
+      <c r="Y77" s="33"/>
+      <c r="Z77" s="33"/>
+      <c r="AA77" s="50"/>
+      <c r="AB77" s="35"/>
+      <c r="AC77" s="33"/>
+      <c r="AD77" s="33"/>
+      <c r="AE77" s="33"/>
+      <c r="AF77" s="50"/>
+    </row>
+    <row r="78" customHeight="1" spans="2:32">
+      <c r="B78" s="29">
+        <v>45906</v>
+      </c>
+      <c r="C78" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D78" s="67"/>
-[...33 lines deleted...]
-      <c r="C79" s="62" t="s">
+      <c r="D78" s="35"/>
+      <c r="E78" s="34"/>
+      <c r="F78" s="70"/>
+      <c r="G78" s="71"/>
+      <c r="H78" s="71"/>
+      <c r="I78" s="71"/>
+      <c r="J78" s="76"/>
+      <c r="K78" s="35"/>
+      <c r="L78" s="33"/>
+      <c r="M78" s="33"/>
+      <c r="N78" s="33"/>
+      <c r="O78" s="50"/>
+      <c r="P78" s="35"/>
+      <c r="Q78" s="34"/>
+      <c r="R78" s="35"/>
+      <c r="S78" s="33"/>
+      <c r="T78" s="33"/>
+      <c r="U78" s="33"/>
+      <c r="V78" s="50"/>
+      <c r="W78" s="35"/>
+      <c r="X78" s="33"/>
+      <c r="Y78" s="33"/>
+      <c r="Z78" s="33"/>
+      <c r="AA78" s="50"/>
+      <c r="AB78" s="35"/>
+      <c r="AC78" s="33"/>
+      <c r="AD78" s="33"/>
+      <c r="AE78" s="33"/>
+      <c r="AF78" s="50"/>
+    </row>
+    <row r="79" customHeight="1" spans="2:32">
+      <c r="B79" s="29">
+        <v>45907</v>
+      </c>
+      <c r="C79" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D79" s="67"/>
-[...33 lines deleted...]
-      <c r="C80" s="62" t="s">
+      <c r="D79" s="35"/>
+      <c r="E79" s="34"/>
+      <c r="F79" s="70"/>
+      <c r="G79" s="71"/>
+      <c r="H79" s="71"/>
+      <c r="I79" s="71"/>
+      <c r="J79" s="76"/>
+      <c r="K79" s="35"/>
+      <c r="L79" s="33"/>
+      <c r="M79" s="33"/>
+      <c r="N79" s="33"/>
+      <c r="O79" s="50"/>
+      <c r="P79" s="35"/>
+      <c r="Q79" s="34"/>
+      <c r="R79" s="35"/>
+      <c r="S79" s="33"/>
+      <c r="T79" s="33"/>
+      <c r="U79" s="33"/>
+      <c r="V79" s="50"/>
+      <c r="W79" s="35"/>
+      <c r="X79" s="33"/>
+      <c r="Y79" s="33"/>
+      <c r="Z79" s="33"/>
+      <c r="AA79" s="50"/>
+      <c r="AB79" s="35"/>
+      <c r="AC79" s="33"/>
+      <c r="AD79" s="33"/>
+      <c r="AE79" s="33"/>
+      <c r="AF79" s="50"/>
+    </row>
+    <row r="80" customHeight="1" spans="2:32">
+      <c r="B80" s="29">
+        <v>45908</v>
+      </c>
+      <c r="C80" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D80" s="67"/>
-[...33 lines deleted...]
-      <c r="C81" s="62" t="s">
+      <c r="D80" s="35"/>
+      <c r="E80" s="34"/>
+      <c r="F80" s="33"/>
+      <c r="G80" s="33"/>
+      <c r="H80" s="33"/>
+      <c r="I80" s="33"/>
+      <c r="J80" s="50"/>
+      <c r="K80" s="35"/>
+      <c r="L80" s="33"/>
+      <c r="M80" s="33"/>
+      <c r="N80" s="33"/>
+      <c r="O80" s="50"/>
+      <c r="P80" s="35"/>
+      <c r="Q80" s="34"/>
+      <c r="R80" s="35"/>
+      <c r="S80" s="33"/>
+      <c r="T80" s="33"/>
+      <c r="U80" s="33"/>
+      <c r="V80" s="50"/>
+      <c r="W80" s="35"/>
+      <c r="X80" s="33"/>
+      <c r="Y80" s="33"/>
+      <c r="Z80" s="33"/>
+      <c r="AA80" s="50"/>
+      <c r="AB80" s="35"/>
+      <c r="AC80" s="33"/>
+      <c r="AD80" s="33"/>
+      <c r="AE80" s="33"/>
+      <c r="AF80" s="50"/>
+    </row>
+    <row r="81" customHeight="1" spans="2:32">
+      <c r="B81" s="29">
+        <v>45909</v>
+      </c>
+      <c r="C81" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D81" s="67"/>
-[...33 lines deleted...]
-      <c r="C82" s="62" t="s">
+      <c r="D81" s="35"/>
+      <c r="E81" s="34"/>
+      <c r="F81" s="33"/>
+      <c r="G81" s="33"/>
+      <c r="H81" s="33"/>
+      <c r="I81" s="33"/>
+      <c r="J81" s="50"/>
+      <c r="K81" s="35"/>
+      <c r="L81" s="33"/>
+      <c r="M81" s="33"/>
+      <c r="N81" s="33"/>
+      <c r="O81" s="50"/>
+      <c r="P81" s="35"/>
+      <c r="Q81" s="34"/>
+      <c r="R81" s="35"/>
+      <c r="S81" s="33"/>
+      <c r="T81" s="33"/>
+      <c r="U81" s="33"/>
+      <c r="V81" s="50"/>
+      <c r="W81" s="35"/>
+      <c r="X81" s="33"/>
+      <c r="Y81" s="33"/>
+      <c r="Z81" s="33"/>
+      <c r="AA81" s="50"/>
+      <c r="AB81" s="35"/>
+      <c r="AC81" s="33"/>
+      <c r="AD81" s="33"/>
+      <c r="AE81" s="33"/>
+      <c r="AF81" s="50"/>
+    </row>
+    <row r="82" customHeight="1" spans="2:32">
+      <c r="B82" s="29">
+        <v>45910</v>
+      </c>
+      <c r="C82" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D82" s="67"/>
-[...33 lines deleted...]
-      <c r="C83" s="62" t="s">
+      <c r="D82" s="35"/>
+      <c r="E82" s="34"/>
+      <c r="F82" s="33"/>
+      <c r="G82" s="33"/>
+      <c r="H82" s="33"/>
+      <c r="I82" s="33"/>
+      <c r="J82" s="50"/>
+      <c r="K82" s="35"/>
+      <c r="L82" s="33"/>
+      <c r="M82" s="33"/>
+      <c r="N82" s="33"/>
+      <c r="O82" s="50"/>
+      <c r="P82" s="35"/>
+      <c r="Q82" s="34"/>
+      <c r="R82" s="35"/>
+      <c r="S82" s="33"/>
+      <c r="T82" s="33"/>
+      <c r="U82" s="33"/>
+      <c r="V82" s="50"/>
+      <c r="W82" s="35"/>
+      <c r="X82" s="33"/>
+      <c r="Y82" s="33"/>
+      <c r="Z82" s="33"/>
+      <c r="AA82" s="50"/>
+      <c r="AB82" s="35"/>
+      <c r="AC82" s="33"/>
+      <c r="AD82" s="33"/>
+      <c r="AE82" s="33"/>
+      <c r="AF82" s="50"/>
+    </row>
+    <row r="83" customHeight="1" spans="2:32">
+      <c r="B83" s="29">
+        <v>45911</v>
+      </c>
+      <c r="C83" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D83" s="67"/>
-[...14 lines deleted...]
-      <c r="S83" s="83" t="s">
+      <c r="D83" s="35"/>
+      <c r="E83" s="34"/>
+      <c r="F83" s="33"/>
+      <c r="G83" s="33"/>
+      <c r="H83" s="33"/>
+      <c r="I83" s="33"/>
+      <c r="J83" s="50"/>
+      <c r="K83" s="35"/>
+      <c r="L83" s="33"/>
+      <c r="M83" s="33"/>
+      <c r="N83" s="33"/>
+      <c r="O83" s="50"/>
+      <c r="P83" s="35"/>
+      <c r="Q83" s="34"/>
+      <c r="R83" s="84"/>
+      <c r="S83" s="85" t="s">
         <v>41</v>
       </c>
-      <c r="T83" s="83" t="s">
+      <c r="T83" s="85" t="s">
         <v>42</v>
       </c>
-      <c r="U83" s="83" t="s">
+      <c r="U83" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="V83" s="84" t="s">
+      <c r="V83" s="86" t="s">
         <v>44</v>
       </c>
-      <c r="W83" s="67"/>
-[...14 lines deleted...]
-      <c r="C84" s="62" t="s">
+      <c r="W83" s="35"/>
+      <c r="X83" s="33"/>
+      <c r="Y83" s="33"/>
+      <c r="Z83" s="33"/>
+      <c r="AA83" s="50"/>
+      <c r="AB83" s="35"/>
+      <c r="AC83" s="33"/>
+      <c r="AD83" s="33"/>
+      <c r="AE83" s="33"/>
+      <c r="AF83" s="50"/>
+    </row>
+    <row r="84" customHeight="1" spans="2:32">
+      <c r="B84" s="29">
+        <v>45912</v>
+      </c>
+      <c r="C84" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D84" s="67"/>
-[...14 lines deleted...]
-      <c r="S84" s="83" t="s">
+      <c r="D84" s="35"/>
+      <c r="E84" s="34"/>
+      <c r="F84" s="33"/>
+      <c r="G84" s="33"/>
+      <c r="H84" s="33"/>
+      <c r="I84" s="33"/>
+      <c r="J84" s="50"/>
+      <c r="K84" s="35"/>
+      <c r="L84" s="33"/>
+      <c r="M84" s="33"/>
+      <c r="N84" s="33"/>
+      <c r="O84" s="50"/>
+      <c r="P84" s="35"/>
+      <c r="Q84" s="34"/>
+      <c r="R84" s="84"/>
+      <c r="S84" s="85" t="s">
         <v>41</v>
       </c>
-      <c r="T84" s="83" t="s">
+      <c r="T84" s="85" t="s">
         <v>42</v>
       </c>
-      <c r="U84" s="83" t="s">
+      <c r="U84" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="V84" s="84" t="s">
+      <c r="V84" s="86" t="s">
         <v>44</v>
       </c>
-      <c r="W84" s="67"/>
-[...14 lines deleted...]
-      <c r="C85" s="62" t="s">
+      <c r="W84" s="35"/>
+      <c r="X84" s="33"/>
+      <c r="Y84" s="33"/>
+      <c r="Z84" s="33"/>
+      <c r="AA84" s="50"/>
+      <c r="AB84" s="35"/>
+      <c r="AC84" s="33"/>
+      <c r="AD84" s="33"/>
+      <c r="AE84" s="33"/>
+      <c r="AF84" s="50"/>
+    </row>
+    <row r="85" customHeight="1" spans="2:32">
+      <c r="B85" s="29">
+        <v>45913</v>
+      </c>
+      <c r="C85" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D85" s="67"/>
-[...1 lines deleted...]
-      <c r="F85" s="85" t="s">
+      <c r="D85" s="35"/>
+      <c r="E85" s="34"/>
+      <c r="F85" s="72" t="s">
         <v>45</v>
       </c>
-      <c r="G85" s="86" t="s">
+      <c r="G85" s="73" t="s">
         <v>46</v>
       </c>
-      <c r="H85" s="86" t="s">
+      <c r="H85" s="73" t="s">
         <v>36</v>
       </c>
-      <c r="I85" s="86" t="s">
+      <c r="I85" s="73" t="s">
         <v>47</v>
       </c>
-      <c r="J85" s="86" t="s">
+      <c r="J85" s="73" t="s">
         <v>47</v>
       </c>
-      <c r="K85" s="87"/>
-      <c r="L85" s="88" t="s">
+      <c r="K85" s="77"/>
+      <c r="L85" s="78" t="s">
         <v>48</v>
       </c>
-      <c r="M85" s="88" t="s">
+      <c r="M85" s="78" t="s">
         <v>36</v>
       </c>
-      <c r="N85" s="88" t="s">
+      <c r="N85" s="78" t="s">
         <v>49</v>
       </c>
-      <c r="O85" s="89" t="s">
+      <c r="O85" s="79" t="s">
         <v>49</v>
       </c>
-      <c r="P85" s="67"/>
-[...2 lines deleted...]
-      <c r="S85" s="83" t="s">
+      <c r="P85" s="35"/>
+      <c r="Q85" s="34"/>
+      <c r="R85" s="84"/>
+      <c r="S85" s="85" t="s">
         <v>41</v>
       </c>
-      <c r="T85" s="83" t="s">
+      <c r="T85" s="85" t="s">
         <v>42</v>
       </c>
-      <c r="U85" s="83" t="s">
+      <c r="U85" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="V85" s="84" t="s">
+      <c r="V85" s="86" t="s">
         <v>44</v>
       </c>
-      <c r="W85" s="67"/>
-[...14 lines deleted...]
-      <c r="C86" s="62" t="s">
+      <c r="W85" s="35"/>
+      <c r="X85" s="33"/>
+      <c r="Y85" s="33"/>
+      <c r="Z85" s="33"/>
+      <c r="AA85" s="50"/>
+      <c r="AB85" s="35"/>
+      <c r="AC85" s="33"/>
+      <c r="AD85" s="33"/>
+      <c r="AE85" s="33"/>
+      <c r="AF85" s="50"/>
+    </row>
+    <row r="86" customHeight="1" spans="2:32">
+      <c r="B86" s="29">
+        <v>45914</v>
+      </c>
+      <c r="C86" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D86" s="67"/>
-[...7 lines deleted...]
-      <c r="L86" s="88" t="s">
+      <c r="D86" s="35"/>
+      <c r="E86" s="34"/>
+      <c r="F86" s="33"/>
+      <c r="G86" s="33"/>
+      <c r="H86" s="33"/>
+      <c r="I86" s="33"/>
+      <c r="J86" s="50"/>
+      <c r="K86" s="77"/>
+      <c r="L86" s="78" t="s">
         <v>48</v>
       </c>
-      <c r="M86" s="88" t="s">
+      <c r="M86" s="78" t="s">
         <v>36</v>
       </c>
-      <c r="N86" s="88" t="s">
+      <c r="N86" s="78" t="s">
         <v>49</v>
       </c>
-      <c r="O86" s="89" t="s">
+      <c r="O86" s="79" t="s">
         <v>49</v>
       </c>
-      <c r="P86" s="67"/>
-[...21 lines deleted...]
-      <c r="C87" s="62" t="s">
+      <c r="P86" s="35"/>
+      <c r="Q86" s="34"/>
+      <c r="R86" s="35"/>
+      <c r="S86" s="33"/>
+      <c r="T86" s="33"/>
+      <c r="U86" s="33"/>
+      <c r="V86" s="50"/>
+      <c r="W86" s="35"/>
+      <c r="X86" s="33"/>
+      <c r="Y86" s="33"/>
+      <c r="Z86" s="33"/>
+      <c r="AA86" s="50"/>
+      <c r="AB86" s="35"/>
+      <c r="AC86" s="33"/>
+      <c r="AD86" s="33"/>
+      <c r="AE86" s="33"/>
+      <c r="AF86" s="50"/>
+    </row>
+    <row r="87" customHeight="1" spans="2:32">
+      <c r="B87" s="29">
+        <v>45915</v>
+      </c>
+      <c r="C87" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D87" s="67"/>
-[...33 lines deleted...]
-      <c r="C88" s="62" t="s">
+      <c r="D87" s="35"/>
+      <c r="E87" s="34"/>
+      <c r="F87" s="33"/>
+      <c r="G87" s="33"/>
+      <c r="H87" s="33"/>
+      <c r="I87" s="33"/>
+      <c r="J87" s="50"/>
+      <c r="K87" s="35"/>
+      <c r="L87" s="33"/>
+      <c r="M87" s="33"/>
+      <c r="N87" s="33"/>
+      <c r="O87" s="50"/>
+      <c r="P87" s="35"/>
+      <c r="Q87" s="34"/>
+      <c r="R87" s="35"/>
+      <c r="S87" s="33"/>
+      <c r="T87" s="33"/>
+      <c r="U87" s="33"/>
+      <c r="V87" s="50"/>
+      <c r="W87" s="35"/>
+      <c r="X87" s="33"/>
+      <c r="Y87" s="33"/>
+      <c r="Z87" s="33"/>
+      <c r="AA87" s="50"/>
+      <c r="AB87" s="35"/>
+      <c r="AC87" s="33"/>
+      <c r="AD87" s="33"/>
+      <c r="AE87" s="33"/>
+      <c r="AF87" s="50"/>
+    </row>
+    <row r="88" customHeight="1" spans="2:32">
+      <c r="B88" s="29">
+        <v>45916</v>
+      </c>
+      <c r="C88" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D88" s="67"/>
-[...33 lines deleted...]
-      <c r="C89" s="62" t="s">
+      <c r="D88" s="35"/>
+      <c r="E88" s="34"/>
+      <c r="F88" s="33"/>
+      <c r="G88" s="33"/>
+      <c r="H88" s="33"/>
+      <c r="I88" s="33"/>
+      <c r="J88" s="33"/>
+      <c r="K88" s="35"/>
+      <c r="L88" s="33"/>
+      <c r="M88" s="33"/>
+      <c r="N88" s="33"/>
+      <c r="O88" s="50"/>
+      <c r="P88" s="35"/>
+      <c r="Q88" s="34"/>
+      <c r="R88" s="35"/>
+      <c r="S88" s="33"/>
+      <c r="T88" s="33"/>
+      <c r="U88" s="33"/>
+      <c r="V88" s="50"/>
+      <c r="W88" s="35"/>
+      <c r="X88" s="33"/>
+      <c r="Y88" s="33"/>
+      <c r="Z88" s="33"/>
+      <c r="AA88" s="50"/>
+      <c r="AB88" s="35"/>
+      <c r="AC88" s="33"/>
+      <c r="AD88" s="33"/>
+      <c r="AE88" s="33"/>
+      <c r="AF88" s="50"/>
+    </row>
+    <row r="89" customHeight="1" spans="2:32">
+      <c r="B89" s="29">
+        <v>45917</v>
+      </c>
+      <c r="C89" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D89" s="67"/>
-[...33 lines deleted...]
-      <c r="C90" s="62" t="s">
+      <c r="D89" s="35"/>
+      <c r="E89" s="34"/>
+      <c r="F89" s="33"/>
+      <c r="G89" s="33"/>
+      <c r="H89" s="33"/>
+      <c r="I89" s="33"/>
+      <c r="J89" s="50"/>
+      <c r="K89" s="35"/>
+      <c r="L89" s="33"/>
+      <c r="M89" s="33"/>
+      <c r="N89" s="33"/>
+      <c r="O89" s="50"/>
+      <c r="P89" s="35"/>
+      <c r="Q89" s="34"/>
+      <c r="R89" s="35"/>
+      <c r="S89" s="33"/>
+      <c r="T89" s="33"/>
+      <c r="U89" s="33"/>
+      <c r="V89" s="50"/>
+      <c r="W89" s="35"/>
+      <c r="X89" s="33"/>
+      <c r="Y89" s="33"/>
+      <c r="Z89" s="33"/>
+      <c r="AA89" s="50"/>
+      <c r="AB89" s="35"/>
+      <c r="AC89" s="33"/>
+      <c r="AD89" s="33"/>
+      <c r="AE89" s="33"/>
+      <c r="AF89" s="50"/>
+    </row>
+    <row r="90" customHeight="1" spans="2:32">
+      <c r="B90" s="29">
+        <v>45918</v>
+      </c>
+      <c r="C90" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D90" s="67"/>
-[...33 lines deleted...]
-      <c r="C91" s="62" t="s">
+      <c r="D90" s="35"/>
+      <c r="E90" s="34"/>
+      <c r="F90" s="33"/>
+      <c r="G90" s="33"/>
+      <c r="H90" s="33"/>
+      <c r="I90" s="33"/>
+      <c r="J90" s="50"/>
+      <c r="K90" s="35"/>
+      <c r="L90" s="33"/>
+      <c r="M90" s="33"/>
+      <c r="N90" s="33"/>
+      <c r="O90" s="50"/>
+      <c r="P90" s="35"/>
+      <c r="Q90" s="34"/>
+      <c r="R90" s="35"/>
+      <c r="S90" s="33"/>
+      <c r="T90" s="33"/>
+      <c r="U90" s="33"/>
+      <c r="V90" s="50"/>
+      <c r="W90" s="35"/>
+      <c r="X90" s="33"/>
+      <c r="Y90" s="33"/>
+      <c r="Z90" s="33"/>
+      <c r="AA90" s="50"/>
+      <c r="AB90" s="35"/>
+      <c r="AC90" s="33"/>
+      <c r="AD90" s="33"/>
+      <c r="AE90" s="33"/>
+      <c r="AF90" s="50"/>
+    </row>
+    <row r="91" customHeight="1" spans="2:32">
+      <c r="B91" s="29">
+        <v>45919</v>
+      </c>
+      <c r="C91" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D91" s="63"/>
-[...33 lines deleted...]
-      <c r="C92" s="62" t="s">
+      <c r="D91" s="31"/>
+      <c r="E91" s="34"/>
+      <c r="F91" s="33"/>
+      <c r="G91" s="33"/>
+      <c r="H91" s="33"/>
+      <c r="I91" s="33"/>
+      <c r="J91" s="50"/>
+      <c r="K91" s="35"/>
+      <c r="L91" s="33"/>
+      <c r="M91" s="33"/>
+      <c r="N91" s="33"/>
+      <c r="O91" s="50"/>
+      <c r="P91" s="35"/>
+      <c r="Q91" s="34"/>
+      <c r="R91" s="35"/>
+      <c r="S91" s="33"/>
+      <c r="T91" s="33"/>
+      <c r="U91" s="33"/>
+      <c r="V91" s="50"/>
+      <c r="W91" s="35"/>
+      <c r="X91" s="33"/>
+      <c r="Y91" s="33"/>
+      <c r="Z91" s="33"/>
+      <c r="AA91" s="50"/>
+      <c r="AB91" s="35"/>
+      <c r="AC91" s="33"/>
+      <c r="AD91" s="33"/>
+      <c r="AE91" s="33"/>
+      <c r="AF91" s="50"/>
+    </row>
+    <row r="92" customHeight="1" spans="2:32">
+      <c r="B92" s="29">
+        <v>45920</v>
+      </c>
+      <c r="C92" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D92" s="63"/>
-[...2 lines deleted...]
-      <c r="G92" s="92" t="s">
+      <c r="D92" s="31"/>
+      <c r="E92" s="34"/>
+      <c r="F92" s="74"/>
+      <c r="G92" s="75" t="s">
         <v>50</v>
       </c>
-      <c r="H92" s="92" t="s">
+      <c r="H92" s="75" t="s">
         <v>51</v>
       </c>
-      <c r="I92" s="92" t="s">
+      <c r="I92" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J92" s="93" t="s">
+      <c r="J92" s="80" t="s">
         <v>53</v>
       </c>
-      <c r="K92" s="94"/>
-      <c r="L92" s="72" t="s">
+      <c r="K92" s="61"/>
+      <c r="L92" s="62" t="s">
         <v>54</v>
       </c>
-      <c r="M92" s="72" t="s">
+      <c r="M92" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="N92" s="72" t="s">
+      <c r="N92" s="62" t="s">
         <v>55</v>
       </c>
-      <c r="O92" s="95"/>
-[...3 lines deleted...]
-      <c r="S92" s="97" t="s">
+      <c r="O92" s="69"/>
+      <c r="P92" s="35"/>
+      <c r="Q92" s="34"/>
+      <c r="R92" s="87"/>
+      <c r="S92" s="88" t="s">
         <v>56</v>
       </c>
-      <c r="T92" s="97" t="s">
+      <c r="T92" s="88" t="s">
         <v>36</v>
       </c>
-      <c r="U92" s="97" t="s">
+      <c r="U92" s="88" t="s">
         <v>57</v>
       </c>
-      <c r="V92" s="98" t="s">
+      <c r="V92" s="89" t="s">
         <v>58</v>
       </c>
-      <c r="W92" s="67"/>
-[...14 lines deleted...]
-      <c r="C93" s="62" t="s">
+      <c r="W92" s="35"/>
+      <c r="X92" s="33"/>
+      <c r="Y92" s="33"/>
+      <c r="Z92" s="33"/>
+      <c r="AA92" s="50"/>
+      <c r="AB92" s="35"/>
+      <c r="AC92" s="33"/>
+      <c r="AD92" s="33"/>
+      <c r="AE92" s="33"/>
+      <c r="AF92" s="50"/>
+    </row>
+    <row r="93" customHeight="1" spans="2:32">
+      <c r="B93" s="29">
+        <v>45921</v>
+      </c>
+      <c r="C93" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D93" s="63"/>
-[...7 lines deleted...]
-      <c r="L93" s="72" t="s">
+      <c r="D93" s="31"/>
+      <c r="E93" s="34"/>
+      <c r="F93" s="33"/>
+      <c r="G93" s="33"/>
+      <c r="H93" s="33"/>
+      <c r="I93" s="33"/>
+      <c r="J93" s="50"/>
+      <c r="K93" s="61"/>
+      <c r="L93" s="62" t="s">
         <v>54</v>
       </c>
-      <c r="M93" s="72" t="s">
+      <c r="M93" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="N93" s="72" t="s">
+      <c r="N93" s="62" t="s">
         <v>55</v>
       </c>
-      <c r="O93" s="95"/>
-[...22 lines deleted...]
-      <c r="C94" s="62" t="s">
+      <c r="O93" s="69"/>
+      <c r="P93" s="35"/>
+      <c r="Q93" s="34"/>
+      <c r="R93" s="35"/>
+      <c r="S93" s="33"/>
+      <c r="T93" s="33"/>
+      <c r="U93" s="33"/>
+      <c r="V93" s="50"/>
+      <c r="W93" s="35"/>
+      <c r="X93" s="33"/>
+      <c r="Y93" s="33"/>
+      <c r="Z93" s="33"/>
+      <c r="AA93" s="50"/>
+      <c r="AB93" s="35"/>
+      <c r="AC93" s="33"/>
+      <c r="AD93" s="33"/>
+      <c r="AE93" s="33"/>
+      <c r="AF93" s="50"/>
+    </row>
+    <row r="94" customHeight="1" spans="2:32">
+      <c r="B94" s="29">
+        <v>45922</v>
+      </c>
+      <c r="C94" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D94" s="63"/>
-[...33 lines deleted...]
-      <c r="C95" s="62" t="s">
+      <c r="D94" s="31"/>
+      <c r="E94" s="34"/>
+      <c r="F94" s="33"/>
+      <c r="G94" s="33"/>
+      <c r="H94" s="33"/>
+      <c r="I94" s="33"/>
+      <c r="J94" s="50"/>
+      <c r="K94" s="35"/>
+      <c r="L94" s="33"/>
+      <c r="M94" s="33"/>
+      <c r="N94" s="33"/>
+      <c r="O94" s="50"/>
+      <c r="P94" s="35"/>
+      <c r="Q94" s="34"/>
+      <c r="R94" s="35"/>
+      <c r="S94" s="33"/>
+      <c r="T94" s="33"/>
+      <c r="U94" s="33"/>
+      <c r="V94" s="50"/>
+      <c r="W94" s="35"/>
+      <c r="X94" s="33"/>
+      <c r="Y94" s="33"/>
+      <c r="Z94" s="33"/>
+      <c r="AA94" s="50"/>
+      <c r="AB94" s="35"/>
+      <c r="AC94" s="33"/>
+      <c r="AD94" s="33"/>
+      <c r="AE94" s="33"/>
+      <c r="AF94" s="50"/>
+    </row>
+    <row r="95" customHeight="1" spans="2:32">
+      <c r="B95" s="29">
+        <v>45923</v>
+      </c>
+      <c r="C95" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D95" s="63"/>
-[...33 lines deleted...]
-      <c r="C96" s="62" t="s">
+      <c r="D95" s="31"/>
+      <c r="E95" s="34"/>
+      <c r="F95" s="33"/>
+      <c r="G95" s="33"/>
+      <c r="H95" s="33"/>
+      <c r="I95" s="33"/>
+      <c r="J95" s="50"/>
+      <c r="K95" s="35"/>
+      <c r="L95" s="33"/>
+      <c r="M95" s="33"/>
+      <c r="N95" s="33"/>
+      <c r="O95" s="50"/>
+      <c r="P95" s="35"/>
+      <c r="Q95" s="34"/>
+      <c r="R95" s="90"/>
+      <c r="S95" s="37"/>
+      <c r="T95" s="91"/>
+      <c r="U95" s="91"/>
+      <c r="V95" s="91"/>
+      <c r="W95" s="35"/>
+      <c r="X95" s="33"/>
+      <c r="Y95" s="33"/>
+      <c r="Z95" s="33"/>
+      <c r="AA95" s="50"/>
+      <c r="AB95" s="35"/>
+      <c r="AC95" s="33"/>
+      <c r="AD95" s="33"/>
+      <c r="AE95" s="33"/>
+      <c r="AF95" s="50"/>
+    </row>
+    <row r="96" customHeight="1" spans="2:32">
+      <c r="B96" s="29">
+        <v>45924</v>
+      </c>
+      <c r="C96" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D96" s="63"/>
-[...33 lines deleted...]
-      <c r="C97" s="62" t="s">
+      <c r="D96" s="31"/>
+      <c r="E96" s="34"/>
+      <c r="F96" s="33"/>
+      <c r="G96" s="33"/>
+      <c r="H96" s="33"/>
+      <c r="I96" s="33"/>
+      <c r="J96" s="50"/>
+      <c r="K96" s="35"/>
+      <c r="L96" s="33"/>
+      <c r="M96" s="33"/>
+      <c r="N96" s="33"/>
+      <c r="O96" s="50"/>
+      <c r="P96" s="35"/>
+      <c r="Q96" s="34"/>
+      <c r="R96" s="35"/>
+      <c r="S96" s="33"/>
+      <c r="T96" s="33"/>
+      <c r="U96" s="33"/>
+      <c r="V96" s="50"/>
+      <c r="W96" s="35"/>
+      <c r="X96" s="33"/>
+      <c r="Y96" s="33"/>
+      <c r="Z96" s="33"/>
+      <c r="AA96" s="50"/>
+      <c r="AB96" s="35"/>
+      <c r="AC96" s="33"/>
+      <c r="AD96" s="33"/>
+      <c r="AE96" s="33"/>
+      <c r="AF96" s="50"/>
+    </row>
+    <row r="97" customHeight="1" spans="2:32">
+      <c r="B97" s="29">
+        <v>45925</v>
+      </c>
+      <c r="C97" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D97" s="63"/>
-[...33 lines deleted...]
-      <c r="C98" s="62" t="s">
+      <c r="D97" s="31"/>
+      <c r="E97" s="34"/>
+      <c r="F97" s="33"/>
+      <c r="G97" s="33"/>
+      <c r="H97" s="33"/>
+      <c r="I97" s="33"/>
+      <c r="J97" s="50"/>
+      <c r="K97" s="35"/>
+      <c r="L97" s="33"/>
+      <c r="M97" s="33"/>
+      <c r="N97" s="33"/>
+      <c r="O97" s="50"/>
+      <c r="P97" s="35"/>
+      <c r="Q97" s="34"/>
+      <c r="R97" s="35"/>
+      <c r="S97" s="33"/>
+      <c r="T97" s="33"/>
+      <c r="U97" s="33"/>
+      <c r="V97" s="50"/>
+      <c r="W97" s="35"/>
+      <c r="X97" s="33"/>
+      <c r="Y97" s="33"/>
+      <c r="Z97" s="33"/>
+      <c r="AA97" s="50"/>
+      <c r="AB97" s="35"/>
+      <c r="AC97" s="33"/>
+      <c r="AD97" s="33"/>
+      <c r="AE97" s="33"/>
+      <c r="AF97" s="50"/>
+    </row>
+    <row r="98" customHeight="1" spans="2:32">
+      <c r="B98" s="29">
+        <v>45926</v>
+      </c>
+      <c r="C98" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D98" s="63"/>
-[...33 lines deleted...]
-      <c r="C99" s="62" t="s">
+      <c r="D98" s="31"/>
+      <c r="E98" s="34"/>
+      <c r="F98" s="33"/>
+      <c r="G98" s="33"/>
+      <c r="H98" s="33"/>
+      <c r="I98" s="33"/>
+      <c r="J98" s="50"/>
+      <c r="K98" s="35"/>
+      <c r="L98" s="33"/>
+      <c r="M98" s="33"/>
+      <c r="N98" s="33"/>
+      <c r="O98" s="50"/>
+      <c r="P98" s="35"/>
+      <c r="Q98" s="34"/>
+      <c r="R98" s="35"/>
+      <c r="S98" s="33"/>
+      <c r="T98" s="33"/>
+      <c r="U98" s="33"/>
+      <c r="V98" s="50"/>
+      <c r="W98" s="35"/>
+      <c r="X98" s="33"/>
+      <c r="Y98" s="33"/>
+      <c r="Z98" s="33"/>
+      <c r="AA98" s="50"/>
+      <c r="AB98" s="35"/>
+      <c r="AC98" s="33"/>
+      <c r="AD98" s="33"/>
+      <c r="AE98" s="33"/>
+      <c r="AF98" s="50"/>
+    </row>
+    <row r="99" customHeight="1" spans="2:32">
+      <c r="B99" s="29">
+        <v>45927</v>
+      </c>
+      <c r="C99" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D99" s="63"/>
-[...2 lines deleted...]
-      <c r="G99" s="92" t="s">
+      <c r="D99" s="31"/>
+      <c r="E99" s="34"/>
+      <c r="F99" s="74"/>
+      <c r="G99" s="75" t="s">
         <v>59</v>
       </c>
-      <c r="H99" s="92" t="s">
+      <c r="H99" s="75" t="s">
         <v>60</v>
       </c>
-      <c r="I99" s="92" t="s">
+      <c r="I99" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J99" s="93" t="s">
+      <c r="J99" s="80" t="s">
         <v>61</v>
       </c>
-      <c r="K99" s="94"/>
-      <c r="L99" s="72" t="s">
+      <c r="K99" s="61"/>
+      <c r="L99" s="62" t="s">
         <v>62</v>
       </c>
-      <c r="M99" s="72" t="s">
+      <c r="M99" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="N99" s="72" t="s">
+      <c r="N99" s="62" t="s">
         <v>55</v>
       </c>
-      <c r="O99" s="95"/>
-[...3 lines deleted...]
-      <c r="S99" s="72" t="s">
+      <c r="O99" s="69"/>
+      <c r="P99" s="35"/>
+      <c r="Q99" s="34"/>
+      <c r="R99" s="61"/>
+      <c r="S99" s="62" t="s">
         <v>63</v>
       </c>
-      <c r="T99" s="72" t="s">
+      <c r="T99" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="U99" s="72" t="s">
+      <c r="U99" s="62" t="s">
         <v>64</v>
       </c>
-      <c r="V99" s="73" t="s">
+      <c r="V99" s="69" t="s">
         <v>65</v>
       </c>
-      <c r="W99" s="67"/>
-[...14 lines deleted...]
-      <c r="C100" s="62" t="s">
+      <c r="W99" s="35"/>
+      <c r="X99" s="33"/>
+      <c r="Y99" s="33"/>
+      <c r="Z99" s="33"/>
+      <c r="AA99" s="50"/>
+      <c r="AB99" s="35"/>
+      <c r="AC99" s="33"/>
+      <c r="AD99" s="33"/>
+      <c r="AE99" s="33"/>
+      <c r="AF99" s="50"/>
+    </row>
+    <row r="100" customHeight="1" spans="2:32">
+      <c r="B100" s="29">
+        <v>45928</v>
+      </c>
+      <c r="C100" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D100" s="63"/>
-[...7 lines deleted...]
-      <c r="L100" s="72" t="s">
+      <c r="D100" s="31"/>
+      <c r="E100" s="34"/>
+      <c r="F100" s="33"/>
+      <c r="G100" s="33"/>
+      <c r="H100" s="33"/>
+      <c r="I100" s="33"/>
+      <c r="J100" s="50"/>
+      <c r="K100" s="61"/>
+      <c r="L100" s="62" t="s">
         <v>62</v>
       </c>
-      <c r="M100" s="72" t="s">
+      <c r="M100" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="N100" s="72" t="s">
+      <c r="N100" s="62" t="s">
         <v>55</v>
       </c>
-      <c r="O100" s="95"/>
-[...22 lines deleted...]
-      <c r="C101" s="62" t="s">
+      <c r="O100" s="69"/>
+      <c r="P100" s="35"/>
+      <c r="Q100" s="34"/>
+      <c r="R100" s="35"/>
+      <c r="S100" s="33"/>
+      <c r="T100" s="33"/>
+      <c r="U100" s="33"/>
+      <c r="V100" s="50"/>
+      <c r="W100" s="35"/>
+      <c r="X100" s="33"/>
+      <c r="Y100" s="33"/>
+      <c r="Z100" s="33"/>
+      <c r="AA100" s="50"/>
+      <c r="AB100" s="35"/>
+      <c r="AC100" s="33"/>
+      <c r="AD100" s="33"/>
+      <c r="AE100" s="33"/>
+      <c r="AF100" s="50"/>
+    </row>
+    <row r="101" customHeight="1" spans="2:32">
+      <c r="B101" s="29">
+        <v>45929</v>
+      </c>
+      <c r="C101" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D101" s="63"/>
-[...33 lines deleted...]
-      <c r="C102" s="62" t="s">
+      <c r="D101" s="31"/>
+      <c r="E101" s="34"/>
+      <c r="F101" s="33"/>
+      <c r="G101" s="33"/>
+      <c r="H101" s="33"/>
+      <c r="I101" s="33"/>
+      <c r="J101" s="50"/>
+      <c r="K101" s="35"/>
+      <c r="L101" s="33"/>
+      <c r="M101" s="33"/>
+      <c r="N101" s="33"/>
+      <c r="O101" s="50"/>
+      <c r="P101" s="35"/>
+      <c r="Q101" s="34"/>
+      <c r="R101" s="35"/>
+      <c r="S101" s="33"/>
+      <c r="T101" s="33"/>
+      <c r="U101" s="33"/>
+      <c r="V101" s="50"/>
+      <c r="W101" s="35"/>
+      <c r="X101" s="33"/>
+      <c r="Y101" s="33"/>
+      <c r="Z101" s="33"/>
+      <c r="AA101" s="50"/>
+      <c r="AB101" s="35"/>
+      <c r="AC101" s="33"/>
+      <c r="AD101" s="33"/>
+      <c r="AE101" s="33"/>
+      <c r="AF101" s="50"/>
+    </row>
+    <row r="102" customHeight="1" spans="2:32">
+      <c r="B102" s="29">
+        <v>45930</v>
+      </c>
+      <c r="C102" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D102" s="67"/>
-[...33 lines deleted...]
-      <c r="C103" s="62" t="s">
+      <c r="D102" s="35"/>
+      <c r="E102" s="34"/>
+      <c r="F102" s="33"/>
+      <c r="G102" s="33"/>
+      <c r="H102" s="33"/>
+      <c r="I102" s="33"/>
+      <c r="J102" s="50"/>
+      <c r="K102" s="35"/>
+      <c r="L102" s="33"/>
+      <c r="M102" s="33"/>
+      <c r="N102" s="33"/>
+      <c r="O102" s="50"/>
+      <c r="P102" s="35"/>
+      <c r="Q102" s="34"/>
+      <c r="R102" s="35"/>
+      <c r="S102" s="33"/>
+      <c r="T102" s="33"/>
+      <c r="U102" s="33"/>
+      <c r="V102" s="50"/>
+      <c r="W102" s="35"/>
+      <c r="X102" s="33"/>
+      <c r="Y102" s="33"/>
+      <c r="Z102" s="33"/>
+      <c r="AA102" s="50"/>
+      <c r="AB102" s="35"/>
+      <c r="AC102" s="33"/>
+      <c r="AD102" s="33"/>
+      <c r="AE102" s="33"/>
+      <c r="AF102" s="50"/>
+    </row>
+    <row r="103" customHeight="1" spans="2:32">
+      <c r="B103" s="29">
+        <v>45931</v>
+      </c>
+      <c r="C103" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D103" s="67"/>
-[...33 lines deleted...]
-      <c r="C104" s="62" t="s">
+      <c r="D103" s="35"/>
+      <c r="E103" s="34"/>
+      <c r="F103" s="33"/>
+      <c r="G103" s="33"/>
+      <c r="H103" s="33"/>
+      <c r="I103" s="33"/>
+      <c r="J103" s="50"/>
+      <c r="K103" s="35"/>
+      <c r="L103" s="33"/>
+      <c r="M103" s="33"/>
+      <c r="N103" s="33"/>
+      <c r="O103" s="50"/>
+      <c r="P103" s="35"/>
+      <c r="Q103" s="34"/>
+      <c r="R103" s="35"/>
+      <c r="S103" s="33"/>
+      <c r="T103" s="33"/>
+      <c r="U103" s="33"/>
+      <c r="V103" s="50"/>
+      <c r="W103" s="35"/>
+      <c r="X103" s="33"/>
+      <c r="Y103" s="33"/>
+      <c r="Z103" s="33"/>
+      <c r="AA103" s="50"/>
+      <c r="AB103" s="35"/>
+      <c r="AC103" s="33"/>
+      <c r="AD103" s="33"/>
+      <c r="AE103" s="33"/>
+      <c r="AF103" s="50"/>
+    </row>
+    <row r="104" customHeight="1" spans="2:32">
+      <c r="B104" s="29">
+        <v>45932</v>
+      </c>
+      <c r="C104" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D104" s="67"/>
-[...30 lines deleted...]
-      <c r="A105" s="60" t="s">
+      <c r="D104" s="35"/>
+      <c r="E104" s="34"/>
+      <c r="F104" s="33"/>
+      <c r="G104" s="33"/>
+      <c r="H104" s="33"/>
+      <c r="I104" s="33"/>
+      <c r="J104" s="50"/>
+      <c r="K104" s="35"/>
+      <c r="L104" s="33"/>
+      <c r="M104" s="33"/>
+      <c r="N104" s="33"/>
+      <c r="O104" s="50"/>
+      <c r="P104" s="35"/>
+      <c r="Q104" s="34"/>
+      <c r="R104" s="35"/>
+      <c r="S104" s="33"/>
+      <c r="T104" s="33"/>
+      <c r="U104" s="33"/>
+      <c r="V104" s="50"/>
+      <c r="W104" s="35"/>
+      <c r="X104" s="33"/>
+      <c r="Y104" s="33"/>
+      <c r="Z104" s="33"/>
+      <c r="AA104" s="50"/>
+      <c r="AB104" s="35"/>
+      <c r="AC104" s="33"/>
+      <c r="AD104" s="33"/>
+      <c r="AE104" s="33"/>
+      <c r="AF104" s="50"/>
+    </row>
+    <row r="105" customHeight="1" spans="1:32">
+      <c r="A105" s="28" t="s">
         <v>66</v>
       </c>
-      <c r="B105" s="61">
-[...2 lines deleted...]
-      <c r="C105" s="62" t="s">
+      <c r="B105" s="29">
+        <v>45933</v>
+      </c>
+      <c r="C105" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D105" s="67"/>
-[...33 lines deleted...]
-      <c r="C106" s="62" t="s">
+      <c r="D105" s="35"/>
+      <c r="E105" s="34"/>
+      <c r="F105" s="33"/>
+      <c r="G105" s="33"/>
+      <c r="H105" s="33"/>
+      <c r="I105" s="33"/>
+      <c r="J105" s="50"/>
+      <c r="K105" s="35"/>
+      <c r="L105" s="33"/>
+      <c r="M105" s="33"/>
+      <c r="N105" s="33"/>
+      <c r="O105" s="50"/>
+      <c r="P105" s="35"/>
+      <c r="Q105" s="34"/>
+      <c r="R105" s="35"/>
+      <c r="S105" s="33"/>
+      <c r="T105" s="33"/>
+      <c r="U105" s="33"/>
+      <c r="V105" s="50"/>
+      <c r="W105" s="35"/>
+      <c r="X105" s="33"/>
+      <c r="Y105" s="33"/>
+      <c r="Z105" s="33"/>
+      <c r="AA105" s="50"/>
+      <c r="AB105" s="35"/>
+      <c r="AC105" s="33"/>
+      <c r="AD105" s="33"/>
+      <c r="AE105" s="33"/>
+      <c r="AF105" s="50"/>
+    </row>
+    <row r="106" customHeight="1" spans="2:32">
+      <c r="B106" s="29">
+        <v>45934</v>
+      </c>
+      <c r="C106" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D106" s="67"/>
-[...2 lines deleted...]
-      <c r="G106" s="92" t="s">
+      <c r="D106" s="35"/>
+      <c r="E106" s="34"/>
+      <c r="F106" s="74"/>
+      <c r="G106" s="75" t="s">
         <v>50</v>
       </c>
-      <c r="H106" s="92" t="s">
+      <c r="H106" s="75" t="s">
         <v>67</v>
       </c>
-      <c r="I106" s="102" t="s">
+      <c r="I106" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J106" s="93" t="s">
+      <c r="J106" s="80" t="s">
         <v>68</v>
       </c>
-      <c r="K106" s="67"/>
-[...26 lines deleted...]
-      <c r="C107" s="62" t="s">
+      <c r="K106" s="35"/>
+      <c r="L106" s="33"/>
+      <c r="M106" s="33"/>
+      <c r="N106" s="33"/>
+      <c r="O106" s="50"/>
+      <c r="P106" s="31"/>
+      <c r="Q106" s="34"/>
+      <c r="R106" s="35"/>
+      <c r="S106" s="33"/>
+      <c r="T106" s="33"/>
+      <c r="U106" s="33"/>
+      <c r="V106" s="50"/>
+      <c r="W106" s="35"/>
+      <c r="X106" s="33"/>
+      <c r="Y106" s="33"/>
+      <c r="Z106" s="33"/>
+      <c r="AA106" s="50"/>
+      <c r="AB106" s="35"/>
+      <c r="AC106" s="33"/>
+      <c r="AD106" s="33"/>
+      <c r="AE106" s="33"/>
+      <c r="AF106" s="50"/>
+    </row>
+    <row r="107" customHeight="1" spans="2:32">
+      <c r="B107" s="29">
+        <v>45935</v>
+      </c>
+      <c r="C107" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D107" s="67"/>
-[...33 lines deleted...]
-      <c r="C108" s="62" t="s">
+      <c r="D107" s="35"/>
+      <c r="E107" s="34"/>
+      <c r="F107" s="33"/>
+      <c r="G107" s="33"/>
+      <c r="H107" s="33"/>
+      <c r="I107" s="33"/>
+      <c r="J107" s="50"/>
+      <c r="K107" s="35"/>
+      <c r="L107" s="33"/>
+      <c r="M107" s="33"/>
+      <c r="N107" s="33"/>
+      <c r="O107" s="50"/>
+      <c r="P107" s="31"/>
+      <c r="Q107" s="34"/>
+      <c r="R107" s="35"/>
+      <c r="S107" s="33"/>
+      <c r="T107" s="33"/>
+      <c r="U107" s="33"/>
+      <c r="V107" s="50"/>
+      <c r="W107" s="35"/>
+      <c r="X107" s="33"/>
+      <c r="Y107" s="33"/>
+      <c r="Z107" s="33"/>
+      <c r="AA107" s="50"/>
+      <c r="AB107" s="35"/>
+      <c r="AC107" s="33"/>
+      <c r="AD107" s="33"/>
+      <c r="AE107" s="33"/>
+      <c r="AF107" s="50"/>
+    </row>
+    <row r="108" customHeight="1" spans="2:32">
+      <c r="B108" s="29">
+        <v>45936</v>
+      </c>
+      <c r="C108" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D108" s="67"/>
-[...2 lines deleted...]
-      <c r="G108" s="68" t="s">
+      <c r="D108" s="35"/>
+      <c r="E108" s="34"/>
+      <c r="F108" s="33"/>
+      <c r="G108" s="33" t="s">
         <v>69</v>
       </c>
-      <c r="H108" s="65"/>
-[...29 lines deleted...]
-      <c r="C109" s="62" t="s">
+      <c r="H108" s="33"/>
+      <c r="I108" s="33"/>
+      <c r="J108" s="50"/>
+      <c r="K108" s="35"/>
+      <c r="L108" s="33"/>
+      <c r="M108" s="33"/>
+      <c r="N108" s="33"/>
+      <c r="O108" s="50"/>
+      <c r="P108" s="31"/>
+      <c r="Q108" s="34"/>
+      <c r="R108" s="35"/>
+      <c r="S108" s="33"/>
+      <c r="T108" s="33"/>
+      <c r="U108" s="33"/>
+      <c r="V108" s="50"/>
+      <c r="W108" s="35"/>
+      <c r="X108" s="33"/>
+      <c r="Y108" s="33"/>
+      <c r="Z108" s="33"/>
+      <c r="AA108" s="50"/>
+      <c r="AB108" s="35"/>
+      <c r="AC108" s="33"/>
+      <c r="AD108" s="33"/>
+      <c r="AE108" s="33"/>
+      <c r="AF108" s="50"/>
+    </row>
+    <row r="109" customHeight="1" spans="2:32">
+      <c r="B109" s="29">
+        <v>45937</v>
+      </c>
+      <c r="C109" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D109" s="67"/>
-[...33 lines deleted...]
-      <c r="C110" s="62" t="s">
+      <c r="D109" s="35"/>
+      <c r="E109" s="34"/>
+      <c r="F109" s="33"/>
+      <c r="G109" s="33"/>
+      <c r="H109" s="33"/>
+      <c r="I109" s="33"/>
+      <c r="J109" s="50"/>
+      <c r="K109" s="35"/>
+      <c r="L109" s="33"/>
+      <c r="M109" s="33"/>
+      <c r="N109" s="33"/>
+      <c r="O109" s="50"/>
+      <c r="P109" s="31"/>
+      <c r="Q109" s="34"/>
+      <c r="R109" s="35"/>
+      <c r="S109" s="33"/>
+      <c r="T109" s="33"/>
+      <c r="U109" s="33"/>
+      <c r="V109" s="50"/>
+      <c r="W109" s="35"/>
+      <c r="X109" s="33"/>
+      <c r="Y109" s="33"/>
+      <c r="Z109" s="33"/>
+      <c r="AA109" s="50"/>
+      <c r="AB109" s="35"/>
+      <c r="AC109" s="33"/>
+      <c r="AD109" s="33"/>
+      <c r="AE109" s="33"/>
+      <c r="AF109" s="50"/>
+    </row>
+    <row r="110" customHeight="1" spans="2:32">
+      <c r="B110" s="29">
+        <v>45938</v>
+      </c>
+      <c r="C110" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D110" s="67"/>
-[...33 lines deleted...]
-      <c r="C111" s="62" t="s">
+      <c r="D110" s="35"/>
+      <c r="E110" s="34"/>
+      <c r="F110" s="33"/>
+      <c r="G110" s="33"/>
+      <c r="H110" s="33"/>
+      <c r="I110" s="33"/>
+      <c r="J110" s="50"/>
+      <c r="K110" s="35"/>
+      <c r="L110" s="33"/>
+      <c r="M110" s="33"/>
+      <c r="N110" s="33"/>
+      <c r="O110" s="50"/>
+      <c r="P110" s="31"/>
+      <c r="Q110" s="34"/>
+      <c r="R110" s="35"/>
+      <c r="S110" s="33"/>
+      <c r="T110" s="33"/>
+      <c r="U110" s="33"/>
+      <c r="V110" s="50"/>
+      <c r="W110" s="35"/>
+      <c r="X110" s="33"/>
+      <c r="Y110" s="33"/>
+      <c r="Z110" s="33"/>
+      <c r="AA110" s="50"/>
+      <c r="AB110" s="35"/>
+      <c r="AC110" s="33"/>
+      <c r="AD110" s="33"/>
+      <c r="AE110" s="33"/>
+      <c r="AF110" s="50"/>
+    </row>
+    <row r="111" customHeight="1" spans="2:32">
+      <c r="B111" s="29">
+        <v>45939</v>
+      </c>
+      <c r="C111" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D111" s="67"/>
-[...33 lines deleted...]
-      <c r="C112" s="62" t="s">
+      <c r="D111" s="35"/>
+      <c r="E111" s="34"/>
+      <c r="F111" s="33"/>
+      <c r="G111" s="33"/>
+      <c r="H111" s="33"/>
+      <c r="I111" s="33"/>
+      <c r="J111" s="50"/>
+      <c r="K111" s="35"/>
+      <c r="L111" s="33"/>
+      <c r="M111" s="33"/>
+      <c r="N111" s="33"/>
+      <c r="O111" s="50"/>
+      <c r="P111" s="31"/>
+      <c r="Q111" s="34"/>
+      <c r="R111" s="35"/>
+      <c r="S111" s="33"/>
+      <c r="T111" s="33"/>
+      <c r="U111" s="33"/>
+      <c r="V111" s="50"/>
+      <c r="W111" s="35"/>
+      <c r="X111" s="33"/>
+      <c r="Y111" s="33"/>
+      <c r="Z111" s="33"/>
+      <c r="AA111" s="50"/>
+      <c r="AB111" s="35"/>
+      <c r="AC111" s="33"/>
+      <c r="AD111" s="33"/>
+      <c r="AE111" s="33"/>
+      <c r="AF111" s="50"/>
+    </row>
+    <row r="112" customHeight="1" spans="2:32">
+      <c r="B112" s="29">
+        <v>45940</v>
+      </c>
+      <c r="C112" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D112" s="67"/>
-[...33 lines deleted...]
-      <c r="C113" s="62" t="s">
+      <c r="D112" s="35"/>
+      <c r="E112" s="34"/>
+      <c r="F112" s="33"/>
+      <c r="G112" s="33"/>
+      <c r="H112" s="33"/>
+      <c r="I112" s="33"/>
+      <c r="J112" s="50"/>
+      <c r="K112" s="35"/>
+      <c r="L112" s="33"/>
+      <c r="M112" s="33"/>
+      <c r="N112" s="33"/>
+      <c r="O112" s="50"/>
+      <c r="P112" s="31"/>
+      <c r="Q112" s="34"/>
+      <c r="R112" s="35"/>
+      <c r="S112" s="33"/>
+      <c r="T112" s="33"/>
+      <c r="U112" s="33"/>
+      <c r="V112" s="50"/>
+      <c r="W112" s="35"/>
+      <c r="X112" s="33"/>
+      <c r="Y112" s="33"/>
+      <c r="Z112" s="33"/>
+      <c r="AA112" s="50"/>
+      <c r="AB112" s="35"/>
+      <c r="AC112" s="33"/>
+      <c r="AD112" s="33"/>
+      <c r="AE112" s="33"/>
+      <c r="AF112" s="50"/>
+    </row>
+    <row r="113" customHeight="1" spans="2:32">
+      <c r="B113" s="29">
+        <v>45941</v>
+      </c>
+      <c r="C113" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D113" s="67"/>
-[...1 lines deleted...]
-      <c r="F113" s="103" t="s">
+      <c r="D113" s="35"/>
+      <c r="E113" s="34"/>
+      <c r="F113" s="74" t="s">
         <v>45</v>
       </c>
-      <c r="G113" s="104" t="s">
+      <c r="G113" s="75" t="s">
         <v>70</v>
       </c>
-      <c r="H113" s="104" t="s">
+      <c r="H113" s="75" t="s">
         <v>71</v>
       </c>
-      <c r="I113" s="104" t="s">
+      <c r="I113" s="75" t="s">
         <v>72</v>
       </c>
-      <c r="J113" s="105" t="s">
+      <c r="J113" s="80" t="s">
         <v>73</v>
       </c>
-      <c r="K113" s="67"/>
-[...26 lines deleted...]
-      <c r="C114" s="62" t="s">
+      <c r="K113" s="35"/>
+      <c r="L113" s="33"/>
+      <c r="M113" s="33"/>
+      <c r="N113" s="33"/>
+      <c r="O113" s="50"/>
+      <c r="P113" s="31"/>
+      <c r="Q113" s="34"/>
+      <c r="R113" s="35"/>
+      <c r="S113" s="33"/>
+      <c r="T113" s="33"/>
+      <c r="U113" s="33"/>
+      <c r="V113" s="50"/>
+      <c r="W113" s="35"/>
+      <c r="X113" s="33"/>
+      <c r="Y113" s="33"/>
+      <c r="Z113" s="33"/>
+      <c r="AA113" s="50"/>
+      <c r="AB113" s="35"/>
+      <c r="AC113" s="33"/>
+      <c r="AD113" s="33"/>
+      <c r="AE113" s="33"/>
+      <c r="AF113" s="50"/>
+    </row>
+    <row r="114" customHeight="1" spans="2:32">
+      <c r="B114" s="29">
+        <v>45942</v>
+      </c>
+      <c r="C114" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D114" s="67"/>
-[...1 lines deleted...]
-      <c r="F114" s="103" t="s">
+      <c r="D114" s="35"/>
+      <c r="E114" s="34"/>
+      <c r="F114" s="74" t="s">
         <v>45</v>
       </c>
-      <c r="G114" s="104" t="s">
+      <c r="G114" s="75" t="s">
         <v>70</v>
       </c>
-      <c r="H114" s="104" t="s">
+      <c r="H114" s="75" t="s">
         <v>71</v>
       </c>
-      <c r="I114" s="104" t="s">
+      <c r="I114" s="75" t="s">
         <v>72</v>
       </c>
-      <c r="J114" s="105" t="s">
+      <c r="J114" s="80" t="s">
         <v>73</v>
       </c>
-      <c r="K114" s="67"/>
-[...26 lines deleted...]
-      <c r="C115" s="62" t="s">
+      <c r="K114" s="35"/>
+      <c r="L114" s="33"/>
+      <c r="M114" s="33"/>
+      <c r="N114" s="33"/>
+      <c r="O114" s="50"/>
+      <c r="P114" s="31"/>
+      <c r="Q114" s="34"/>
+      <c r="R114" s="35"/>
+      <c r="S114" s="33"/>
+      <c r="T114" s="33"/>
+      <c r="U114" s="33"/>
+      <c r="V114" s="50"/>
+      <c r="W114" s="35"/>
+      <c r="X114" s="33"/>
+      <c r="Y114" s="33"/>
+      <c r="Z114" s="33"/>
+      <c r="AA114" s="50"/>
+      <c r="AB114" s="35"/>
+      <c r="AC114" s="33"/>
+      <c r="AD114" s="33"/>
+      <c r="AE114" s="33"/>
+      <c r="AF114" s="50"/>
+    </row>
+    <row r="115" customHeight="1" spans="2:32">
+      <c r="B115" s="29">
+        <v>45943</v>
+      </c>
+      <c r="C115" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D115" s="67"/>
-[...33 lines deleted...]
-      <c r="C116" s="62" t="s">
+      <c r="D115" s="35"/>
+      <c r="E115" s="34"/>
+      <c r="F115" s="33"/>
+      <c r="G115" s="33"/>
+      <c r="H115" s="33"/>
+      <c r="I115" s="33"/>
+      <c r="J115" s="50"/>
+      <c r="K115" s="35"/>
+      <c r="L115" s="33"/>
+      <c r="M115" s="33"/>
+      <c r="N115" s="33"/>
+      <c r="O115" s="50"/>
+      <c r="P115" s="35"/>
+      <c r="Q115" s="34"/>
+      <c r="R115" s="35"/>
+      <c r="S115" s="33"/>
+      <c r="T115" s="33"/>
+      <c r="U115" s="33"/>
+      <c r="V115" s="50"/>
+      <c r="W115" s="35"/>
+      <c r="X115" s="33"/>
+      <c r="Y115" s="33"/>
+      <c r="Z115" s="33"/>
+      <c r="AA115" s="50"/>
+      <c r="AB115" s="35"/>
+      <c r="AC115" s="33"/>
+      <c r="AD115" s="33"/>
+      <c r="AE115" s="33"/>
+      <c r="AF115" s="50"/>
+    </row>
+    <row r="116" customHeight="1" spans="2:32">
+      <c r="B116" s="29">
+        <v>45944</v>
+      </c>
+      <c r="C116" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D116" s="67"/>
-[...33 lines deleted...]
-      <c r="C117" s="62" t="s">
+      <c r="D116" s="35"/>
+      <c r="E116" s="34"/>
+      <c r="F116" s="33"/>
+      <c r="G116" s="33"/>
+      <c r="H116" s="33"/>
+      <c r="I116" s="33"/>
+      <c r="J116" s="50"/>
+      <c r="K116" s="35"/>
+      <c r="L116" s="33"/>
+      <c r="M116" s="33"/>
+      <c r="N116" s="33"/>
+      <c r="O116" s="50"/>
+      <c r="P116" s="35"/>
+      <c r="Q116" s="34"/>
+      <c r="R116" s="35"/>
+      <c r="S116" s="33"/>
+      <c r="T116" s="33"/>
+      <c r="U116" s="33"/>
+      <c r="V116" s="50"/>
+      <c r="W116" s="35"/>
+      <c r="X116" s="33"/>
+      <c r="Y116" s="33"/>
+      <c r="Z116" s="33"/>
+      <c r="AA116" s="50"/>
+      <c r="AB116" s="35"/>
+      <c r="AC116" s="33"/>
+      <c r="AD116" s="33"/>
+      <c r="AE116" s="33"/>
+      <c r="AF116" s="50"/>
+    </row>
+    <row r="117" customHeight="1" spans="2:32">
+      <c r="B117" s="29">
+        <v>45945</v>
+      </c>
+      <c r="C117" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D117" s="67"/>
-[...33 lines deleted...]
-      <c r="C118" s="62" t="s">
+      <c r="D117" s="35"/>
+      <c r="E117" s="34"/>
+      <c r="F117" s="33"/>
+      <c r="G117" s="33"/>
+      <c r="H117" s="33"/>
+      <c r="I117" s="33"/>
+      <c r="J117" s="50"/>
+      <c r="K117" s="35"/>
+      <c r="L117" s="33"/>
+      <c r="M117" s="33"/>
+      <c r="N117" s="33"/>
+      <c r="O117" s="50"/>
+      <c r="P117" s="35"/>
+      <c r="Q117" s="34"/>
+      <c r="R117" s="35"/>
+      <c r="S117" s="33"/>
+      <c r="T117" s="33"/>
+      <c r="U117" s="33"/>
+      <c r="V117" s="50"/>
+      <c r="W117" s="35"/>
+      <c r="X117" s="33"/>
+      <c r="Y117" s="33"/>
+      <c r="Z117" s="33"/>
+      <c r="AA117" s="50"/>
+      <c r="AB117" s="35"/>
+      <c r="AC117" s="33"/>
+      <c r="AD117" s="33"/>
+      <c r="AE117" s="33"/>
+      <c r="AF117" s="50"/>
+    </row>
+    <row r="118" customHeight="1" spans="2:32">
+      <c r="B118" s="29">
+        <v>45946</v>
+      </c>
+      <c r="C118" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D118" s="67"/>
-[...33 lines deleted...]
-      <c r="C119" s="62" t="s">
+      <c r="D118" s="35"/>
+      <c r="E118" s="32"/>
+      <c r="F118" s="33"/>
+      <c r="G118" s="33"/>
+      <c r="H118" s="33"/>
+      <c r="I118" s="33"/>
+      <c r="J118" s="50"/>
+      <c r="K118" s="35"/>
+      <c r="L118" s="33"/>
+      <c r="M118" s="33"/>
+      <c r="N118" s="33"/>
+      <c r="O118" s="50"/>
+      <c r="P118" s="35"/>
+      <c r="Q118" s="32"/>
+      <c r="R118" s="35"/>
+      <c r="S118" s="33"/>
+      <c r="T118" s="33"/>
+      <c r="U118" s="33"/>
+      <c r="V118" s="50"/>
+      <c r="W118" s="35"/>
+      <c r="X118" s="33"/>
+      <c r="Y118" s="33"/>
+      <c r="Z118" s="33"/>
+      <c r="AA118" s="50"/>
+      <c r="AB118" s="35"/>
+      <c r="AC118" s="33"/>
+      <c r="AD118" s="33"/>
+      <c r="AE118" s="33"/>
+      <c r="AF118" s="50"/>
+    </row>
+    <row r="119" customHeight="1" spans="2:32">
+      <c r="B119" s="29">
+        <v>45947</v>
+      </c>
+      <c r="C119" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D119" s="67"/>
-[...33 lines deleted...]
-      <c r="C120" s="62" t="s">
+      <c r="D119" s="35"/>
+      <c r="E119" s="32"/>
+      <c r="F119" s="33"/>
+      <c r="G119" s="33"/>
+      <c r="H119" s="33"/>
+      <c r="I119" s="33"/>
+      <c r="J119" s="50"/>
+      <c r="K119" s="35"/>
+      <c r="L119" s="33"/>
+      <c r="M119" s="33"/>
+      <c r="N119" s="33"/>
+      <c r="O119" s="50"/>
+      <c r="P119" s="35"/>
+      <c r="Q119" s="32"/>
+      <c r="R119" s="35"/>
+      <c r="S119" s="33"/>
+      <c r="T119" s="33"/>
+      <c r="U119" s="33"/>
+      <c r="V119" s="50"/>
+      <c r="W119" s="35"/>
+      <c r="X119" s="33"/>
+      <c r="Y119" s="33"/>
+      <c r="Z119" s="33"/>
+      <c r="AA119" s="50"/>
+      <c r="AB119" s="35"/>
+      <c r="AC119" s="33"/>
+      <c r="AD119" s="33"/>
+      <c r="AE119" s="33"/>
+      <c r="AF119" s="50"/>
+    </row>
+    <row r="120" customHeight="1" spans="2:32">
+      <c r="B120" s="29">
+        <v>45948</v>
+      </c>
+      <c r="C120" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D120" s="67"/>
-[...2 lines deleted...]
-      <c r="G120" s="92" t="s">
+      <c r="D120" s="35"/>
+      <c r="E120" s="32"/>
+      <c r="F120" s="74"/>
+      <c r="G120" s="75" t="s">
         <v>59</v>
       </c>
-      <c r="H120" s="92" t="s">
+      <c r="H120" s="75" t="s">
         <v>71</v>
       </c>
-      <c r="I120" s="102" t="s">
+      <c r="I120" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J120" s="93" t="s">
+      <c r="J120" s="80" t="s">
         <v>74</v>
       </c>
-      <c r="K120" s="106"/>
-      <c r="L120" s="107" t="s">
+      <c r="K120" s="81"/>
+      <c r="L120" s="82" t="s">
         <v>75</v>
       </c>
-      <c r="M120" s="107" t="s">
+      <c r="M120" s="82" t="s">
         <v>36</v>
       </c>
-      <c r="N120" s="107" t="s">
+      <c r="N120" s="82" t="s">
         <v>76</v>
       </c>
-      <c r="O120" s="108" t="s">
+      <c r="O120" s="83" t="s">
         <v>77</v>
       </c>
-      <c r="P120" s="67"/>
-[...2 lines deleted...]
-      <c r="S120" s="72" t="s">
+      <c r="P120" s="35"/>
+      <c r="Q120" s="32"/>
+      <c r="R120" s="61"/>
+      <c r="S120" s="62" t="s">
         <v>78</v>
       </c>
-      <c r="T120" s="72" t="s">
+      <c r="T120" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="U120" s="72" t="s">
+      <c r="U120" s="62" t="s">
         <v>79</v>
       </c>
-      <c r="V120" s="73" t="s">
+      <c r="V120" s="69" t="s">
         <v>80</v>
       </c>
-      <c r="W120" s="67"/>
-[...14 lines deleted...]
-      <c r="C121" s="62" t="s">
+      <c r="W120" s="35"/>
+      <c r="X120" s="33"/>
+      <c r="Y120" s="33"/>
+      <c r="Z120" s="33"/>
+      <c r="AA120" s="50"/>
+      <c r="AB120" s="35"/>
+      <c r="AC120" s="33"/>
+      <c r="AD120" s="33"/>
+      <c r="AE120" s="33"/>
+      <c r="AF120" s="50"/>
+    </row>
+    <row r="121" customHeight="1" spans="2:32">
+      <c r="B121" s="29">
+        <v>45949</v>
+      </c>
+      <c r="C121" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D121" s="67"/>
-[...7 lines deleted...]
-      <c r="L121" s="107" t="s">
+      <c r="D121" s="35"/>
+      <c r="E121" s="32"/>
+      <c r="F121" s="33"/>
+      <c r="G121" s="33"/>
+      <c r="H121" s="33"/>
+      <c r="I121" s="33"/>
+      <c r="J121" s="50"/>
+      <c r="K121" s="81"/>
+      <c r="L121" s="82" t="s">
         <v>75</v>
       </c>
-      <c r="M121" s="107" t="s">
+      <c r="M121" s="82" t="s">
         <v>36</v>
       </c>
-      <c r="N121" s="107" t="s">
+      <c r="N121" s="82" t="s">
         <v>76</v>
       </c>
-      <c r="O121" s="108" t="s">
+      <c r="O121" s="83" t="s">
         <v>77</v>
       </c>
-      <c r="P121" s="67"/>
-[...21 lines deleted...]
-      <c r="C122" s="62" t="s">
+      <c r="P121" s="35"/>
+      <c r="Q121" s="32"/>
+      <c r="R121" s="35"/>
+      <c r="S121" s="33"/>
+      <c r="T121" s="33"/>
+      <c r="U121" s="33"/>
+      <c r="V121" s="50"/>
+      <c r="W121" s="35"/>
+      <c r="X121" s="33"/>
+      <c r="Y121" s="33"/>
+      <c r="Z121" s="33"/>
+      <c r="AA121" s="50"/>
+      <c r="AB121" s="35"/>
+      <c r="AC121" s="33"/>
+      <c r="AD121" s="33"/>
+      <c r="AE121" s="33"/>
+      <c r="AF121" s="50"/>
+    </row>
+    <row r="122" customHeight="1" spans="2:32">
+      <c r="B122" s="29">
+        <v>45950</v>
+      </c>
+      <c r="C122" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D122" s="67"/>
-[...33 lines deleted...]
-      <c r="C123" s="62" t="s">
+      <c r="D122" s="35"/>
+      <c r="E122" s="32"/>
+      <c r="F122" s="33"/>
+      <c r="G122" s="33"/>
+      <c r="H122" s="33"/>
+      <c r="I122" s="33"/>
+      <c r="J122" s="50"/>
+      <c r="K122" s="35"/>
+      <c r="L122" s="33"/>
+      <c r="M122" s="33"/>
+      <c r="N122" s="33"/>
+      <c r="O122" s="50"/>
+      <c r="P122" s="35"/>
+      <c r="Q122" s="32"/>
+      <c r="R122" s="35"/>
+      <c r="S122" s="33"/>
+      <c r="T122" s="33"/>
+      <c r="U122" s="33"/>
+      <c r="V122" s="50"/>
+      <c r="W122" s="35"/>
+      <c r="X122" s="33"/>
+      <c r="Y122" s="33"/>
+      <c r="Z122" s="33"/>
+      <c r="AA122" s="50"/>
+      <c r="AB122" s="35"/>
+      <c r="AC122" s="33"/>
+      <c r="AD122" s="33"/>
+      <c r="AE122" s="33"/>
+      <c r="AF122" s="50"/>
+    </row>
+    <row r="123" customHeight="1" spans="2:32">
+      <c r="B123" s="29">
+        <v>45951</v>
+      </c>
+      <c r="C123" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D123" s="67"/>
-[...33 lines deleted...]
-      <c r="C124" s="62" t="s">
+      <c r="D123" s="35"/>
+      <c r="E123" s="34"/>
+      <c r="F123" s="33"/>
+      <c r="G123" s="33"/>
+      <c r="H123" s="33"/>
+      <c r="I123" s="33"/>
+      <c r="J123" s="50"/>
+      <c r="K123" s="35"/>
+      <c r="L123" s="33"/>
+      <c r="M123" s="33"/>
+      <c r="N123" s="33"/>
+      <c r="O123" s="50"/>
+      <c r="P123" s="35"/>
+      <c r="Q123" s="34"/>
+      <c r="R123" s="35"/>
+      <c r="S123" s="33"/>
+      <c r="T123" s="33"/>
+      <c r="U123" s="33"/>
+      <c r="V123" s="50"/>
+      <c r="W123" s="35"/>
+      <c r="X123" s="33"/>
+      <c r="Y123" s="33"/>
+      <c r="Z123" s="33"/>
+      <c r="AA123" s="50"/>
+      <c r="AB123" s="35"/>
+      <c r="AC123" s="33"/>
+      <c r="AD123" s="33"/>
+      <c r="AE123" s="33"/>
+      <c r="AF123" s="50"/>
+    </row>
+    <row r="124" customHeight="1" spans="2:32">
+      <c r="B124" s="29">
+        <v>45952</v>
+      </c>
+      <c r="C124" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D124" s="67"/>
-[...33 lines deleted...]
-      <c r="C125" s="62" t="s">
+      <c r="D124" s="35"/>
+      <c r="E124" s="34"/>
+      <c r="F124" s="33"/>
+      <c r="G124" s="33"/>
+      <c r="H124" s="33"/>
+      <c r="I124" s="33"/>
+      <c r="J124" s="50"/>
+      <c r="K124" s="35"/>
+      <c r="L124" s="33"/>
+      <c r="M124" s="33"/>
+      <c r="N124" s="33"/>
+      <c r="O124" s="50"/>
+      <c r="P124" s="35"/>
+      <c r="Q124" s="34"/>
+      <c r="R124" s="35"/>
+      <c r="S124" s="33"/>
+      <c r="T124" s="33"/>
+      <c r="U124" s="33"/>
+      <c r="V124" s="50"/>
+      <c r="W124" s="35"/>
+      <c r="X124" s="33"/>
+      <c r="Y124" s="33"/>
+      <c r="Z124" s="33"/>
+      <c r="AA124" s="50"/>
+      <c r="AB124" s="35"/>
+      <c r="AC124" s="33"/>
+      <c r="AD124" s="33"/>
+      <c r="AE124" s="33"/>
+      <c r="AF124" s="50"/>
+    </row>
+    <row r="125" customHeight="1" spans="2:32">
+      <c r="B125" s="29">
+        <v>45953</v>
+      </c>
+      <c r="C125" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D125" s="67"/>
-[...33 lines deleted...]
-      <c r="C126" s="62" t="s">
+      <c r="D125" s="35"/>
+      <c r="E125" s="34"/>
+      <c r="F125" s="33"/>
+      <c r="G125" s="33"/>
+      <c r="H125" s="33"/>
+      <c r="I125" s="33"/>
+      <c r="J125" s="50"/>
+      <c r="K125" s="35"/>
+      <c r="L125" s="33"/>
+      <c r="M125" s="33"/>
+      <c r="N125" s="33"/>
+      <c r="O125" s="50"/>
+      <c r="P125" s="35"/>
+      <c r="Q125" s="34"/>
+      <c r="R125" s="35"/>
+      <c r="S125" s="33"/>
+      <c r="T125" s="33"/>
+      <c r="U125" s="33"/>
+      <c r="V125" s="50"/>
+      <c r="W125" s="35"/>
+      <c r="X125" s="33"/>
+      <c r="Y125" s="33"/>
+      <c r="Z125" s="33"/>
+      <c r="AA125" s="50"/>
+      <c r="AB125" s="35"/>
+      <c r="AC125" s="33"/>
+      <c r="AD125" s="33"/>
+      <c r="AE125" s="33"/>
+      <c r="AF125" s="50"/>
+    </row>
+    <row r="126" customHeight="1" spans="2:32">
+      <c r="B126" s="29">
+        <v>45954</v>
+      </c>
+      <c r="C126" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D126" s="67"/>
-[...14 lines deleted...]
-      <c r="S126" s="72" t="s">
+      <c r="D126" s="35"/>
+      <c r="E126" s="34"/>
+      <c r="F126" s="33"/>
+      <c r="G126" s="33"/>
+      <c r="H126" s="33"/>
+      <c r="I126" s="33"/>
+      <c r="J126" s="50"/>
+      <c r="K126" s="35"/>
+      <c r="L126" s="33"/>
+      <c r="M126" s="33"/>
+      <c r="N126" s="33"/>
+      <c r="O126" s="50"/>
+      <c r="P126" s="35"/>
+      <c r="Q126" s="34"/>
+      <c r="R126" s="61"/>
+      <c r="S126" s="62" t="s">
         <v>81</v>
       </c>
-      <c r="T126" s="72" t="s">
+      <c r="T126" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="U126" s="72" t="s">
+      <c r="U126" s="62" t="s">
         <v>82</v>
       </c>
-      <c r="V126" s="73" t="s">
+      <c r="V126" s="69" t="s">
         <v>83</v>
       </c>
-      <c r="W126" s="67"/>
-[...14 lines deleted...]
-      <c r="C127" s="62" t="s">
+      <c r="W126" s="35"/>
+      <c r="X126" s="33"/>
+      <c r="Y126" s="33"/>
+      <c r="Z126" s="33"/>
+      <c r="AA126" s="50"/>
+      <c r="AB126" s="35"/>
+      <c r="AC126" s="33"/>
+      <c r="AD126" s="33"/>
+      <c r="AE126" s="33"/>
+      <c r="AF126" s="50"/>
+    </row>
+    <row r="127" customHeight="1" spans="2:32">
+      <c r="B127" s="29">
+        <v>45955</v>
+      </c>
+      <c r="C127" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D127" s="67"/>
-[...2 lines deleted...]
-      <c r="G127" s="92" t="s">
+      <c r="D127" s="35"/>
+      <c r="E127" s="34"/>
+      <c r="F127" s="74"/>
+      <c r="G127" s="75" t="s">
         <v>50</v>
       </c>
-      <c r="H127" s="92" t="s">
+      <c r="H127" s="75" t="s">
         <v>67</v>
       </c>
-      <c r="I127" s="102" t="s">
+      <c r="I127" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J127" s="93" t="s">
+      <c r="J127" s="80" t="s">
         <v>84</v>
       </c>
-      <c r="K127" s="106"/>
-      <c r="L127" s="107" t="s">
+      <c r="K127" s="81"/>
+      <c r="L127" s="82" t="s">
         <v>85</v>
       </c>
-      <c r="M127" s="107" t="s">
+      <c r="M127" s="82" t="s">
         <v>36</v>
       </c>
-      <c r="N127" s="107" t="s">
+      <c r="N127" s="82" t="s">
         <v>76</v>
       </c>
-      <c r="O127" s="108" t="s">
+      <c r="O127" s="83" t="s">
         <v>77</v>
       </c>
-      <c r="P127" s="67"/>
-[...21 lines deleted...]
-      <c r="C128" s="62" t="s">
+      <c r="P127" s="35"/>
+      <c r="Q127" s="34"/>
+      <c r="R127" s="35"/>
+      <c r="S127" s="33"/>
+      <c r="T127" s="33"/>
+      <c r="U127" s="33"/>
+      <c r="V127" s="50"/>
+      <c r="W127" s="35"/>
+      <c r="X127" s="33"/>
+      <c r="Y127" s="33"/>
+      <c r="Z127" s="33"/>
+      <c r="AA127" s="50"/>
+      <c r="AB127" s="35"/>
+      <c r="AC127" s="33"/>
+      <c r="AD127" s="33"/>
+      <c r="AE127" s="33"/>
+      <c r="AF127" s="50"/>
+    </row>
+    <row r="128" customHeight="1" spans="2:32">
+      <c r="B128" s="29">
+        <v>45956</v>
+      </c>
+      <c r="C128" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D128" s="67"/>
-[...7 lines deleted...]
-      <c r="L128" s="107" t="s">
+      <c r="D128" s="35"/>
+      <c r="E128" s="34"/>
+      <c r="F128" s="33"/>
+      <c r="G128" s="33"/>
+      <c r="H128" s="33"/>
+      <c r="I128" s="33"/>
+      <c r="J128" s="50"/>
+      <c r="K128" s="81"/>
+      <c r="L128" s="82" t="s">
         <v>85</v>
       </c>
-      <c r="M128" s="107" t="s">
+      <c r="M128" s="82" t="s">
         <v>36</v>
       </c>
-      <c r="N128" s="107" t="s">
+      <c r="N128" s="82" t="s">
         <v>76</v>
       </c>
-      <c r="O128" s="108" t="s">
+      <c r="O128" s="83" t="s">
         <v>77</v>
       </c>
-      <c r="P128" s="67"/>
-[...21 lines deleted...]
-      <c r="C129" s="62" t="s">
+      <c r="P128" s="35"/>
+      <c r="Q128" s="34"/>
+      <c r="R128" s="35"/>
+      <c r="S128" s="33"/>
+      <c r="T128" s="33"/>
+      <c r="U128" s="33"/>
+      <c r="V128" s="50"/>
+      <c r="W128" s="35"/>
+      <c r="X128" s="33"/>
+      <c r="Y128" s="33"/>
+      <c r="Z128" s="33"/>
+      <c r="AA128" s="50"/>
+      <c r="AB128" s="35"/>
+      <c r="AC128" s="33"/>
+      <c r="AD128" s="33"/>
+      <c r="AE128" s="33"/>
+      <c r="AF128" s="50"/>
+    </row>
+    <row r="129" customHeight="1" spans="2:32">
+      <c r="B129" s="29">
+        <v>45957</v>
+      </c>
+      <c r="C129" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D129" s="67"/>
-[...24 lines deleted...]
-      <c r="AC129" s="110" t="s">
+      <c r="D129" s="35"/>
+      <c r="E129" s="34"/>
+      <c r="F129" s="33"/>
+      <c r="G129" s="33"/>
+      <c r="H129" s="33"/>
+      <c r="I129" s="33"/>
+      <c r="J129" s="50"/>
+      <c r="K129" s="35"/>
+      <c r="L129" s="33"/>
+      <c r="M129" s="33"/>
+      <c r="N129" s="33"/>
+      <c r="O129" s="50"/>
+      <c r="P129" s="35"/>
+      <c r="Q129" s="34"/>
+      <c r="R129" s="35"/>
+      <c r="S129" s="33"/>
+      <c r="T129" s="33"/>
+      <c r="U129" s="33"/>
+      <c r="V129" s="50"/>
+      <c r="W129" s="35"/>
+      <c r="X129" s="33"/>
+      <c r="Y129" s="33"/>
+      <c r="Z129" s="33"/>
+      <c r="AA129" s="50"/>
+      <c r="AB129" s="111"/>
+      <c r="AC129" s="112" t="s">
         <v>86</v>
       </c>
-      <c r="AD129" s="111"/>
-      <c r="AE129" s="110" t="s">
+      <c r="AD129" s="112"/>
+      <c r="AE129" s="112" t="s">
         <v>57</v>
       </c>
-      <c r="AF129" s="112" t="s">
+      <c r="AF129" s="113" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="130">
-[...3 lines deleted...]
-      <c r="C130" s="62" t="s">
+    <row r="130" customHeight="1" spans="2:32">
+      <c r="B130" s="29">
+        <v>45958</v>
+      </c>
+      <c r="C130" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D130" s="67"/>
-[...24 lines deleted...]
-      <c r="AC130" s="110" t="s">
+      <c r="D130" s="35"/>
+      <c r="E130" s="34"/>
+      <c r="F130" s="33"/>
+      <c r="G130" s="33"/>
+      <c r="H130" s="33"/>
+      <c r="I130" s="33"/>
+      <c r="J130" s="50"/>
+      <c r="K130" s="35"/>
+      <c r="L130" s="33"/>
+      <c r="M130" s="33"/>
+      <c r="N130" s="33"/>
+      <c r="O130" s="50"/>
+      <c r="P130" s="35"/>
+      <c r="Q130" s="34"/>
+      <c r="R130" s="35"/>
+      <c r="S130" s="33"/>
+      <c r="T130" s="33"/>
+      <c r="U130" s="33"/>
+      <c r="V130" s="50"/>
+      <c r="W130" s="35"/>
+      <c r="X130" s="33"/>
+      <c r="Y130" s="33"/>
+      <c r="Z130" s="33"/>
+      <c r="AA130" s="50"/>
+      <c r="AB130" s="111"/>
+      <c r="AC130" s="112" t="s">
         <v>86</v>
       </c>
-      <c r="AD130" s="111"/>
-      <c r="AE130" s="110" t="s">
+      <c r="AD130" s="112"/>
+      <c r="AE130" s="112" t="s">
         <v>57</v>
       </c>
-      <c r="AF130" s="112" t="s">
+      <c r="AF130" s="113" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="131">
-[...3 lines deleted...]
-      <c r="C131" s="62" t="s">
+    <row r="131" customHeight="1" spans="2:32">
+      <c r="B131" s="29">
+        <v>45959</v>
+      </c>
+      <c r="C131" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D131" s="67"/>
-[...24 lines deleted...]
-      <c r="AC131" s="110" t="s">
+      <c r="D131" s="35"/>
+      <c r="E131" s="34"/>
+      <c r="F131" s="33"/>
+      <c r="G131" s="33"/>
+      <c r="H131" s="33"/>
+      <c r="I131" s="33"/>
+      <c r="J131" s="50"/>
+      <c r="K131" s="35"/>
+      <c r="L131" s="33"/>
+      <c r="M131" s="33"/>
+      <c r="N131" s="33"/>
+      <c r="O131" s="50"/>
+      <c r="P131" s="35"/>
+      <c r="Q131" s="34"/>
+      <c r="R131" s="35"/>
+      <c r="S131" s="33"/>
+      <c r="T131" s="33"/>
+      <c r="U131" s="33"/>
+      <c r="V131" s="50"/>
+      <c r="W131" s="35"/>
+      <c r="X131" s="33"/>
+      <c r="Y131" s="33"/>
+      <c r="Z131" s="33"/>
+      <c r="AA131" s="50"/>
+      <c r="AB131" s="111"/>
+      <c r="AC131" s="112" t="s">
         <v>86</v>
       </c>
-      <c r="AD131" s="111"/>
-      <c r="AE131" s="110" t="s">
+      <c r="AD131" s="112"/>
+      <c r="AE131" s="112" t="s">
         <v>57</v>
       </c>
-      <c r="AF131" s="112" t="s">
+      <c r="AF131" s="113" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="132">
-[...3 lines deleted...]
-      <c r="C132" s="62" t="s">
+    <row r="132" customHeight="1" spans="2:32">
+      <c r="B132" s="29">
+        <v>45960</v>
+      </c>
+      <c r="C132" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D132" s="67"/>
-[...33 lines deleted...]
-      <c r="C133" s="62" t="s">
+      <c r="D132" s="35"/>
+      <c r="E132" s="34"/>
+      <c r="F132" s="33"/>
+      <c r="G132" s="33"/>
+      <c r="H132" s="33"/>
+      <c r="I132" s="33"/>
+      <c r="J132" s="50"/>
+      <c r="K132" s="35"/>
+      <c r="L132" s="33"/>
+      <c r="M132" s="33"/>
+      <c r="N132" s="33"/>
+      <c r="O132" s="50"/>
+      <c r="P132" s="35"/>
+      <c r="Q132" s="34"/>
+      <c r="R132" s="35"/>
+      <c r="S132" s="33"/>
+      <c r="T132" s="33"/>
+      <c r="U132" s="33"/>
+      <c r="V132" s="50"/>
+      <c r="W132" s="35"/>
+      <c r="X132" s="33"/>
+      <c r="Y132" s="33"/>
+      <c r="Z132" s="33"/>
+      <c r="AA132" s="50"/>
+      <c r="AB132" s="35"/>
+      <c r="AC132" s="33"/>
+      <c r="AD132" s="33"/>
+      <c r="AE132" s="33"/>
+      <c r="AF132" s="50"/>
+    </row>
+    <row r="133" customHeight="1" spans="2:32">
+      <c r="B133" s="29">
+        <v>45961</v>
+      </c>
+      <c r="C133" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D133" s="67"/>
-[...2 lines deleted...]
-      <c r="G133" s="114" t="s">
+      <c r="D133" s="35"/>
+      <c r="E133" s="34"/>
+      <c r="F133" s="92"/>
+      <c r="G133" s="93" t="s">
         <v>88</v>
       </c>
-      <c r="H133" s="114" t="s">
+      <c r="H133" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="I133" s="114" t="s">
+      <c r="I133" s="93" t="s">
         <v>52</v>
       </c>
-      <c r="J133" s="115" t="s">
+      <c r="J133" s="98" t="s">
         <v>89</v>
       </c>
-      <c r="K133" s="67"/>
-[...17 lines deleted...]
-      <c r="AC133" s="110" t="s">
+      <c r="K133" s="35"/>
+      <c r="L133" s="33"/>
+      <c r="M133" s="33"/>
+      <c r="N133" s="33"/>
+      <c r="O133" s="50"/>
+      <c r="P133" s="35"/>
+      <c r="Q133" s="34"/>
+      <c r="R133" s="35"/>
+      <c r="S133" s="33"/>
+      <c r="T133" s="33"/>
+      <c r="U133" s="33"/>
+      <c r="V133" s="50"/>
+      <c r="W133" s="35"/>
+      <c r="X133" s="33"/>
+      <c r="Y133" s="33"/>
+      <c r="Z133" s="33"/>
+      <c r="AA133" s="50"/>
+      <c r="AB133" s="111"/>
+      <c r="AC133" s="112" t="s">
         <v>90</v>
       </c>
-      <c r="AD133" s="111"/>
-      <c r="AE133" s="110" t="s">
+      <c r="AD133" s="112"/>
+      <c r="AE133" s="112" t="s">
         <v>52</v>
       </c>
-      <c r="AF133" s="112" t="s">
+      <c r="AF133" s="113" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="134">
-[...3 lines deleted...]
-      <c r="C134" s="62" t="s">
+    <row r="134" customHeight="1" spans="2:32">
+      <c r="B134" s="29">
+        <v>45962</v>
+      </c>
+      <c r="C134" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D134" s="67"/>
-[...2 lines deleted...]
-      <c r="G134" s="114" t="s">
+      <c r="D134" s="35"/>
+      <c r="E134" s="34"/>
+      <c r="F134" s="92"/>
+      <c r="G134" s="93" t="s">
         <v>88</v>
       </c>
-      <c r="H134" s="114" t="s">
+      <c r="H134" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="I134" s="114" t="s">
+      <c r="I134" s="93" t="s">
         <v>52</v>
       </c>
-      <c r="J134" s="115" t="s">
+      <c r="J134" s="98" t="s">
         <v>89</v>
       </c>
-      <c r="K134" s="67"/>
-[...17 lines deleted...]
-      <c r="AC134" s="110" t="s">
+      <c r="K134" s="35"/>
+      <c r="L134" s="33"/>
+      <c r="M134" s="33"/>
+      <c r="N134" s="33"/>
+      <c r="O134" s="50"/>
+      <c r="P134" s="35"/>
+      <c r="Q134" s="34"/>
+      <c r="R134" s="35"/>
+      <c r="S134" s="33"/>
+      <c r="T134" s="33"/>
+      <c r="U134" s="33"/>
+      <c r="V134" s="50"/>
+      <c r="W134" s="35"/>
+      <c r="X134" s="33"/>
+      <c r="Y134" s="33"/>
+      <c r="Z134" s="33"/>
+      <c r="AA134" s="50"/>
+      <c r="AB134" s="111"/>
+      <c r="AC134" s="112" t="s">
         <v>90</v>
       </c>
-      <c r="AD134" s="111"/>
-      <c r="AE134" s="110" t="s">
+      <c r="AD134" s="112"/>
+      <c r="AE134" s="112" t="s">
         <v>52</v>
       </c>
-      <c r="AF134" s="112" t="s">
+      <c r="AF134" s="113" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="135">
-[...3 lines deleted...]
-      <c r="C135" s="62" t="s">
+    <row r="135" customHeight="1" spans="2:32">
+      <c r="B135" s="29">
+        <v>45963</v>
+      </c>
+      <c r="C135" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D135" s="67"/>
-[...2 lines deleted...]
-      <c r="G135" s="114" t="s">
+      <c r="D135" s="35"/>
+      <c r="E135" s="34"/>
+      <c r="F135" s="92"/>
+      <c r="G135" s="93" t="s">
         <v>88</v>
       </c>
-      <c r="H135" s="114" t="s">
+      <c r="H135" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="I135" s="114" t="s">
+      <c r="I135" s="93" t="s">
         <v>52</v>
       </c>
-      <c r="J135" s="115" t="s">
+      <c r="J135" s="98" t="s">
         <v>89</v>
       </c>
-      <c r="K135" s="67"/>
-[...17 lines deleted...]
-      <c r="AC135" s="110" t="s">
+      <c r="K135" s="35"/>
+      <c r="L135" s="33"/>
+      <c r="M135" s="33"/>
+      <c r="N135" s="33"/>
+      <c r="O135" s="50"/>
+      <c r="P135" s="35"/>
+      <c r="Q135" s="34"/>
+      <c r="R135" s="35"/>
+      <c r="S135" s="33"/>
+      <c r="T135" s="33"/>
+      <c r="U135" s="33"/>
+      <c r="V135" s="50"/>
+      <c r="W135" s="35"/>
+      <c r="X135" s="33"/>
+      <c r="Y135" s="33"/>
+      <c r="Z135" s="33"/>
+      <c r="AA135" s="50"/>
+      <c r="AB135" s="111"/>
+      <c r="AC135" s="112" t="s">
         <v>90</v>
       </c>
-      <c r="AD135" s="111"/>
-      <c r="AE135" s="110" t="s">
+      <c r="AD135" s="112"/>
+      <c r="AE135" s="112" t="s">
         <v>52</v>
       </c>
-      <c r="AF135" s="112" t="s">
+      <c r="AF135" s="113" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="136">
-      <c r="A136" s="60" t="s">
+    <row r="136" customHeight="1" spans="1:32">
+      <c r="A136" s="28" t="s">
         <v>91</v>
       </c>
-      <c r="B136" s="61">
-[...2 lines deleted...]
-      <c r="C136" s="62" t="s">
+      <c r="B136" s="29">
+        <v>45964</v>
+      </c>
+      <c r="C136" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D136" s="67"/>
-[...33 lines deleted...]
-      <c r="C137" s="62" t="s">
+      <c r="D136" s="35"/>
+      <c r="E136" s="34"/>
+      <c r="F136" s="33"/>
+      <c r="G136" s="33"/>
+      <c r="H136" s="33"/>
+      <c r="I136" s="33"/>
+      <c r="J136" s="50"/>
+      <c r="K136" s="35"/>
+      <c r="L136" s="33"/>
+      <c r="M136" s="33"/>
+      <c r="N136" s="33"/>
+      <c r="O136" s="50"/>
+      <c r="P136" s="35"/>
+      <c r="Q136" s="34"/>
+      <c r="R136" s="35"/>
+      <c r="S136" s="33"/>
+      <c r="T136" s="33"/>
+      <c r="U136" s="33"/>
+      <c r="V136" s="50"/>
+      <c r="W136" s="35"/>
+      <c r="X136" s="33"/>
+      <c r="Y136" s="33"/>
+      <c r="Z136" s="33"/>
+      <c r="AA136" s="50"/>
+      <c r="AB136" s="35"/>
+      <c r="AC136" s="33"/>
+      <c r="AD136" s="33"/>
+      <c r="AE136" s="33"/>
+      <c r="AF136" s="50"/>
+    </row>
+    <row r="137" customHeight="1" spans="2:32">
+      <c r="B137" s="29">
+        <v>45965</v>
+      </c>
+      <c r="C137" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D137" s="67"/>
-[...33 lines deleted...]
-      <c r="C138" s="62" t="s">
+      <c r="D137" s="35"/>
+      <c r="E137" s="34"/>
+      <c r="F137" s="33"/>
+      <c r="G137" s="33"/>
+      <c r="H137" s="33"/>
+      <c r="I137" s="33"/>
+      <c r="J137" s="50"/>
+      <c r="K137" s="35"/>
+      <c r="L137" s="33"/>
+      <c r="M137" s="99"/>
+      <c r="N137" s="33"/>
+      <c r="O137" s="50"/>
+      <c r="P137" s="35"/>
+      <c r="Q137" s="34"/>
+      <c r="R137" s="35"/>
+      <c r="S137" s="33"/>
+      <c r="T137" s="33"/>
+      <c r="U137" s="33"/>
+      <c r="V137" s="50"/>
+      <c r="W137" s="35"/>
+      <c r="X137" s="33"/>
+      <c r="Y137" s="33"/>
+      <c r="Z137" s="33"/>
+      <c r="AA137" s="50"/>
+      <c r="AB137" s="35"/>
+      <c r="AC137" s="33"/>
+      <c r="AD137" s="33"/>
+      <c r="AE137" s="33"/>
+      <c r="AF137" s="50"/>
+    </row>
+    <row r="138" customHeight="1" spans="2:32">
+      <c r="B138" s="29">
+        <v>45966</v>
+      </c>
+      <c r="C138" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D138" s="67"/>
-[...33 lines deleted...]
-      <c r="C139" s="62" t="s">
+      <c r="D138" s="35"/>
+      <c r="E138" s="34"/>
+      <c r="F138" s="33"/>
+      <c r="G138" s="33"/>
+      <c r="H138" s="33"/>
+      <c r="I138" s="33"/>
+      <c r="J138" s="50"/>
+      <c r="K138" s="35"/>
+      <c r="L138" s="33"/>
+      <c r="M138" s="99"/>
+      <c r="N138" s="33"/>
+      <c r="O138" s="50"/>
+      <c r="P138" s="35"/>
+      <c r="Q138" s="34"/>
+      <c r="R138" s="35"/>
+      <c r="S138" s="33"/>
+      <c r="T138" s="33"/>
+      <c r="U138" s="33"/>
+      <c r="V138" s="50"/>
+      <c r="W138" s="35"/>
+      <c r="X138" s="33"/>
+      <c r="Y138" s="33"/>
+      <c r="Z138" s="33"/>
+      <c r="AA138" s="50"/>
+      <c r="AB138" s="35"/>
+      <c r="AC138" s="33"/>
+      <c r="AD138" s="33"/>
+      <c r="AE138" s="33"/>
+      <c r="AF138" s="50"/>
+    </row>
+    <row r="139" customHeight="1" spans="2:32">
+      <c r="B139" s="29">
+        <v>45967</v>
+      </c>
+      <c r="C139" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D139" s="67"/>
-[...33 lines deleted...]
-      <c r="C140" s="62" t="s">
+      <c r="D139" s="35"/>
+      <c r="E139" s="34"/>
+      <c r="F139" s="33"/>
+      <c r="G139" s="33"/>
+      <c r="H139" s="33"/>
+      <c r="I139" s="33"/>
+      <c r="J139" s="50"/>
+      <c r="K139" s="35"/>
+      <c r="L139" s="33"/>
+      <c r="M139" s="33"/>
+      <c r="N139" s="33"/>
+      <c r="O139" s="50"/>
+      <c r="P139" s="35"/>
+      <c r="Q139" s="34"/>
+      <c r="R139" s="35"/>
+      <c r="S139" s="33"/>
+      <c r="T139" s="33"/>
+      <c r="U139" s="33"/>
+      <c r="V139" s="50"/>
+      <c r="W139" s="35"/>
+      <c r="X139" s="33"/>
+      <c r="Y139" s="33"/>
+      <c r="Z139" s="33"/>
+      <c r="AA139" s="50"/>
+      <c r="AB139" s="35"/>
+      <c r="AC139" s="33"/>
+      <c r="AD139" s="33"/>
+      <c r="AE139" s="33"/>
+      <c r="AF139" s="50"/>
+    </row>
+    <row r="140" customHeight="1" spans="2:32">
+      <c r="B140" s="29">
+        <v>45968</v>
+      </c>
+      <c r="C140" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D140" s="67"/>
-[...33 lines deleted...]
-      <c r="C141" s="62" t="s">
+      <c r="D140" s="35"/>
+      <c r="E140" s="34"/>
+      <c r="F140" s="70"/>
+      <c r="G140" s="71"/>
+      <c r="H140" s="71"/>
+      <c r="I140" s="71"/>
+      <c r="J140" s="76"/>
+      <c r="K140" s="35"/>
+      <c r="L140" s="33"/>
+      <c r="M140" s="33"/>
+      <c r="N140" s="33"/>
+      <c r="O140" s="50"/>
+      <c r="P140" s="35"/>
+      <c r="Q140" s="34"/>
+      <c r="R140" s="35"/>
+      <c r="S140" s="33"/>
+      <c r="T140" s="33"/>
+      <c r="U140" s="33"/>
+      <c r="V140" s="50"/>
+      <c r="W140" s="35"/>
+      <c r="X140" s="33"/>
+      <c r="Y140" s="33"/>
+      <c r="Z140" s="33"/>
+      <c r="AA140" s="50"/>
+      <c r="AB140" s="35"/>
+      <c r="AC140" s="33"/>
+      <c r="AD140" s="33"/>
+      <c r="AE140" s="33"/>
+      <c r="AF140" s="50"/>
+    </row>
+    <row r="141" customHeight="1" spans="2:32">
+      <c r="B141" s="29">
+        <v>45969</v>
+      </c>
+      <c r="C141" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D141" s="67"/>
-[...33 lines deleted...]
-      <c r="C142" s="62" t="s">
+      <c r="D141" s="35"/>
+      <c r="E141" s="34"/>
+      <c r="F141" s="70"/>
+      <c r="G141" s="71"/>
+      <c r="H141" s="71"/>
+      <c r="I141" s="71"/>
+      <c r="J141" s="76"/>
+      <c r="K141" s="35"/>
+      <c r="L141" s="33"/>
+      <c r="M141" s="33"/>
+      <c r="N141" s="33"/>
+      <c r="O141" s="50"/>
+      <c r="P141" s="35"/>
+      <c r="Q141" s="34"/>
+      <c r="R141" s="35"/>
+      <c r="S141" s="33"/>
+      <c r="T141" s="33"/>
+      <c r="U141" s="33"/>
+      <c r="V141" s="50"/>
+      <c r="W141" s="35"/>
+      <c r="X141" s="33"/>
+      <c r="Y141" s="33"/>
+      <c r="Z141" s="33"/>
+      <c r="AA141" s="50"/>
+      <c r="AB141" s="35"/>
+      <c r="AC141" s="33"/>
+      <c r="AD141" s="33"/>
+      <c r="AE141" s="33"/>
+      <c r="AF141" s="50"/>
+    </row>
+    <row r="142" customHeight="1" spans="2:32">
+      <c r="B142" s="29">
+        <v>45970</v>
+      </c>
+      <c r="C142" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D142" s="67"/>
-[...33 lines deleted...]
-      <c r="C143" s="62" t="s">
+      <c r="D142" s="35"/>
+      <c r="E142" s="34"/>
+      <c r="F142" s="70"/>
+      <c r="G142" s="71"/>
+      <c r="H142" s="71"/>
+      <c r="I142" s="71"/>
+      <c r="J142" s="76"/>
+      <c r="K142" s="35"/>
+      <c r="L142" s="33"/>
+      <c r="M142" s="33"/>
+      <c r="N142" s="33"/>
+      <c r="O142" s="50"/>
+      <c r="P142" s="35"/>
+      <c r="Q142" s="34"/>
+      <c r="R142" s="35"/>
+      <c r="S142" s="33"/>
+      <c r="T142" s="33"/>
+      <c r="U142" s="33"/>
+      <c r="V142" s="50"/>
+      <c r="W142" s="35"/>
+      <c r="X142" s="33"/>
+      <c r="Y142" s="33"/>
+      <c r="Z142" s="33"/>
+      <c r="AA142" s="50"/>
+      <c r="AB142" s="35"/>
+      <c r="AC142" s="33"/>
+      <c r="AD142" s="33"/>
+      <c r="AE142" s="33"/>
+      <c r="AF142" s="50"/>
+    </row>
+    <row r="143" customHeight="1" spans="2:32">
+      <c r="B143" s="29">
+        <v>45971</v>
+      </c>
+      <c r="C143" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D143" s="67"/>
-[...33 lines deleted...]
-      <c r="C144" s="62" t="s">
+      <c r="D143" s="35"/>
+      <c r="E143" s="34"/>
+      <c r="F143" s="33"/>
+      <c r="G143" s="33"/>
+      <c r="H143" s="33"/>
+      <c r="I143" s="33"/>
+      <c r="J143" s="50"/>
+      <c r="K143" s="35"/>
+      <c r="L143" s="33"/>
+      <c r="M143" s="33"/>
+      <c r="N143" s="33"/>
+      <c r="O143" s="50"/>
+      <c r="P143" s="35"/>
+      <c r="Q143" s="34"/>
+      <c r="R143" s="35"/>
+      <c r="S143" s="33"/>
+      <c r="T143" s="33"/>
+      <c r="U143" s="33"/>
+      <c r="V143" s="50"/>
+      <c r="W143" s="35"/>
+      <c r="X143" s="33"/>
+      <c r="Y143" s="33"/>
+      <c r="Z143" s="33"/>
+      <c r="AA143" s="50"/>
+      <c r="AB143" s="35"/>
+      <c r="AC143" s="33"/>
+      <c r="AD143" s="33"/>
+      <c r="AE143" s="33"/>
+      <c r="AF143" s="50"/>
+    </row>
+    <row r="144" customHeight="1" spans="2:32">
+      <c r="B144" s="29">
+        <v>45972</v>
+      </c>
+      <c r="C144" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D144" s="67"/>
-[...33 lines deleted...]
-      <c r="C145" s="62" t="s">
+      <c r="D144" s="35"/>
+      <c r="E144" s="34"/>
+      <c r="F144" s="33"/>
+      <c r="G144" s="33"/>
+      <c r="H144" s="33"/>
+      <c r="I144" s="33"/>
+      <c r="J144" s="50"/>
+      <c r="K144" s="35"/>
+      <c r="L144" s="33"/>
+      <c r="M144" s="99"/>
+      <c r="N144" s="33"/>
+      <c r="O144" s="50"/>
+      <c r="P144" s="35"/>
+      <c r="Q144" s="34"/>
+      <c r="R144" s="35"/>
+      <c r="S144" s="33"/>
+      <c r="T144" s="33"/>
+      <c r="U144" s="33"/>
+      <c r="V144" s="50"/>
+      <c r="W144" s="35"/>
+      <c r="X144" s="33"/>
+      <c r="Y144" s="33"/>
+      <c r="Z144" s="33"/>
+      <c r="AA144" s="50"/>
+      <c r="AB144" s="35"/>
+      <c r="AC144" s="33"/>
+      <c r="AD144" s="33"/>
+      <c r="AE144" s="33"/>
+      <c r="AF144" s="50"/>
+    </row>
+    <row r="145" customHeight="1" spans="2:32">
+      <c r="B145" s="29">
+        <v>45973</v>
+      </c>
+      <c r="C145" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D145" s="67"/>
-[...33 lines deleted...]
-      <c r="C146" s="62" t="s">
+      <c r="D145" s="35"/>
+      <c r="E145" s="34"/>
+      <c r="F145" s="33"/>
+      <c r="G145" s="33"/>
+      <c r="H145" s="33"/>
+      <c r="I145" s="33"/>
+      <c r="J145" s="50"/>
+      <c r="K145" s="35"/>
+      <c r="L145" s="33"/>
+      <c r="M145" s="99"/>
+      <c r="N145" s="33"/>
+      <c r="O145" s="50"/>
+      <c r="P145" s="35"/>
+      <c r="Q145" s="34"/>
+      <c r="R145" s="35"/>
+      <c r="S145" s="33"/>
+      <c r="T145" s="33"/>
+      <c r="U145" s="33"/>
+      <c r="V145" s="50"/>
+      <c r="W145" s="35"/>
+      <c r="X145" s="33"/>
+      <c r="Y145" s="33"/>
+      <c r="Z145" s="33"/>
+      <c r="AA145" s="50"/>
+      <c r="AB145" s="35"/>
+      <c r="AC145" s="33"/>
+      <c r="AD145" s="33"/>
+      <c r="AE145" s="33"/>
+      <c r="AF145" s="50"/>
+    </row>
+    <row r="146" customHeight="1" spans="2:32">
+      <c r="B146" s="29">
+        <v>45974</v>
+      </c>
+      <c r="C146" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D146" s="67"/>
-[...33 lines deleted...]
-      <c r="C147" s="62" t="s">
+      <c r="D146" s="35"/>
+      <c r="E146" s="34"/>
+      <c r="F146" s="33"/>
+      <c r="G146" s="33"/>
+      <c r="H146" s="33"/>
+      <c r="I146" s="33"/>
+      <c r="J146" s="50"/>
+      <c r="K146" s="35"/>
+      <c r="L146" s="33"/>
+      <c r="M146" s="33"/>
+      <c r="N146" s="33"/>
+      <c r="O146" s="50"/>
+      <c r="P146" s="35"/>
+      <c r="Q146" s="34"/>
+      <c r="R146" s="35"/>
+      <c r="S146" s="33"/>
+      <c r="T146" s="33"/>
+      <c r="U146" s="33"/>
+      <c r="V146" s="50"/>
+      <c r="W146" s="35"/>
+      <c r="X146" s="33"/>
+      <c r="Y146" s="33"/>
+      <c r="Z146" s="33"/>
+      <c r="AA146" s="50"/>
+      <c r="AB146" s="35"/>
+      <c r="AC146" s="33"/>
+      <c r="AD146" s="33"/>
+      <c r="AE146" s="33"/>
+      <c r="AF146" s="50"/>
+    </row>
+    <row r="147" customHeight="1" spans="2:32">
+      <c r="B147" s="29">
+        <v>45975</v>
+      </c>
+      <c r="C147" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D147" s="67"/>
-[...33 lines deleted...]
-      <c r="C148" s="62" t="s">
+      <c r="D147" s="35"/>
+      <c r="E147" s="34"/>
+      <c r="F147" s="33"/>
+      <c r="G147" s="33"/>
+      <c r="H147" s="33"/>
+      <c r="I147" s="33"/>
+      <c r="J147" s="50"/>
+      <c r="K147" s="35"/>
+      <c r="L147" s="33"/>
+      <c r="M147" s="33"/>
+      <c r="N147" s="33"/>
+      <c r="O147" s="50"/>
+      <c r="P147" s="35"/>
+      <c r="Q147" s="34"/>
+      <c r="R147" s="35"/>
+      <c r="S147" s="33"/>
+      <c r="T147" s="33"/>
+      <c r="U147" s="33"/>
+      <c r="V147" s="50"/>
+      <c r="W147" s="35"/>
+      <c r="X147" s="33"/>
+      <c r="Y147" s="33"/>
+      <c r="Z147" s="33"/>
+      <c r="AA147" s="50"/>
+      <c r="AB147" s="35"/>
+      <c r="AC147" s="33"/>
+      <c r="AD147" s="33"/>
+      <c r="AE147" s="33"/>
+      <c r="AF147" s="50"/>
+    </row>
+    <row r="148" customHeight="1" spans="2:32">
+      <c r="B148" s="29">
+        <v>45976</v>
+      </c>
+      <c r="C148" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D148" s="67"/>
-[...33 lines deleted...]
-      <c r="C149" s="62" t="s">
+      <c r="D148" s="35"/>
+      <c r="E148" s="34"/>
+      <c r="F148" s="33"/>
+      <c r="G148" s="33"/>
+      <c r="H148" s="33"/>
+      <c r="I148" s="33"/>
+      <c r="J148" s="50"/>
+      <c r="K148" s="35"/>
+      <c r="L148" s="33"/>
+      <c r="M148" s="33"/>
+      <c r="N148" s="33"/>
+      <c r="O148" s="50"/>
+      <c r="P148" s="35"/>
+      <c r="Q148" s="34"/>
+      <c r="R148" s="35"/>
+      <c r="S148" s="33"/>
+      <c r="T148" s="33"/>
+      <c r="U148" s="33"/>
+      <c r="V148" s="50"/>
+      <c r="W148" s="35"/>
+      <c r="X148" s="33"/>
+      <c r="Y148" s="33"/>
+      <c r="Z148" s="33"/>
+      <c r="AA148" s="50"/>
+      <c r="AB148" s="35"/>
+      <c r="AC148" s="33"/>
+      <c r="AD148" s="33"/>
+      <c r="AE148" s="33"/>
+      <c r="AF148" s="50"/>
+    </row>
+    <row r="149" customHeight="1" spans="2:32">
+      <c r="B149" s="29">
+        <v>45977</v>
+      </c>
+      <c r="C149" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D149" s="67"/>
-[...33 lines deleted...]
-      <c r="C150" s="62" t="s">
+      <c r="D149" s="35"/>
+      <c r="E149" s="34"/>
+      <c r="F149" s="33"/>
+      <c r="G149" s="33"/>
+      <c r="H149" s="33"/>
+      <c r="I149" s="33"/>
+      <c r="J149" s="50"/>
+      <c r="K149" s="35"/>
+      <c r="L149" s="33"/>
+      <c r="M149" s="33"/>
+      <c r="N149" s="33"/>
+      <c r="O149" s="50"/>
+      <c r="P149" s="35"/>
+      <c r="Q149" s="34"/>
+      <c r="R149" s="35"/>
+      <c r="S149" s="33"/>
+      <c r="T149" s="33"/>
+      <c r="U149" s="33"/>
+      <c r="V149" s="50"/>
+      <c r="W149" s="35"/>
+      <c r="X149" s="33"/>
+      <c r="Y149" s="33"/>
+      <c r="Z149" s="33"/>
+      <c r="AA149" s="50"/>
+      <c r="AB149" s="35"/>
+      <c r="AC149" s="33"/>
+      <c r="AD149" s="33"/>
+      <c r="AE149" s="33"/>
+      <c r="AF149" s="50"/>
+    </row>
+    <row r="150" customHeight="1" spans="2:32">
+      <c r="B150" s="29">
+        <v>45978</v>
+      </c>
+      <c r="C150" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D150" s="67"/>
-[...33 lines deleted...]
-      <c r="C151" s="62" t="s">
+      <c r="D150" s="35"/>
+      <c r="E150" s="34"/>
+      <c r="F150" s="33"/>
+      <c r="G150" s="33"/>
+      <c r="H150" s="33"/>
+      <c r="I150" s="33"/>
+      <c r="J150" s="50"/>
+      <c r="K150" s="35"/>
+      <c r="L150" s="33"/>
+      <c r="M150" s="33"/>
+      <c r="N150" s="33"/>
+      <c r="O150" s="50"/>
+      <c r="P150" s="35"/>
+      <c r="Q150" s="34"/>
+      <c r="R150" s="35"/>
+      <c r="S150" s="33"/>
+      <c r="T150" s="33"/>
+      <c r="U150" s="33"/>
+      <c r="V150" s="50"/>
+      <c r="W150" s="35"/>
+      <c r="X150" s="33"/>
+      <c r="Y150" s="33"/>
+      <c r="Z150" s="33"/>
+      <c r="AA150" s="50"/>
+      <c r="AB150" s="35"/>
+      <c r="AC150" s="33"/>
+      <c r="AD150" s="33"/>
+      <c r="AE150" s="33"/>
+      <c r="AF150" s="50"/>
+    </row>
+    <row r="151" customHeight="1" spans="2:32">
+      <c r="B151" s="29">
+        <v>45979</v>
+      </c>
+      <c r="C151" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D151" s="67"/>
-[...33 lines deleted...]
-      <c r="C152" s="62" t="s">
+      <c r="D151" s="35"/>
+      <c r="E151" s="34"/>
+      <c r="F151" s="33"/>
+      <c r="G151" s="33"/>
+      <c r="H151" s="33"/>
+      <c r="I151" s="33"/>
+      <c r="J151" s="50"/>
+      <c r="K151" s="35"/>
+      <c r="L151" s="33"/>
+      <c r="M151" s="33"/>
+      <c r="N151" s="33"/>
+      <c r="O151" s="50"/>
+      <c r="P151" s="35"/>
+      <c r="Q151" s="34"/>
+      <c r="R151" s="35"/>
+      <c r="S151" s="33"/>
+      <c r="T151" s="33"/>
+      <c r="U151" s="33"/>
+      <c r="V151" s="50"/>
+      <c r="W151" s="35"/>
+      <c r="X151" s="33"/>
+      <c r="Y151" s="33"/>
+      <c r="Z151" s="33"/>
+      <c r="AA151" s="50"/>
+      <c r="AB151" s="35"/>
+      <c r="AC151" s="33"/>
+      <c r="AD151" s="33"/>
+      <c r="AE151" s="33"/>
+      <c r="AF151" s="50"/>
+    </row>
+    <row r="152" customHeight="1" spans="2:32">
+      <c r="B152" s="29">
+        <v>45980</v>
+      </c>
+      <c r="C152" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D152" s="67"/>
-[...33 lines deleted...]
-      <c r="C153" s="62" t="s">
+      <c r="D152" s="35"/>
+      <c r="E152" s="34"/>
+      <c r="F152" s="33"/>
+      <c r="G152" s="33"/>
+      <c r="H152" s="33"/>
+      <c r="I152" s="33"/>
+      <c r="J152" s="50"/>
+      <c r="K152" s="35"/>
+      <c r="L152" s="33"/>
+      <c r="M152" s="33"/>
+      <c r="N152" s="33"/>
+      <c r="O152" s="50"/>
+      <c r="P152" s="35"/>
+      <c r="Q152" s="34"/>
+      <c r="R152" s="35"/>
+      <c r="S152" s="33"/>
+      <c r="T152" s="33"/>
+      <c r="U152" s="33"/>
+      <c r="V152" s="50"/>
+      <c r="W152" s="35"/>
+      <c r="X152" s="33"/>
+      <c r="Y152" s="33"/>
+      <c r="Z152" s="33"/>
+      <c r="AA152" s="50"/>
+      <c r="AB152" s="35"/>
+      <c r="AC152" s="33"/>
+      <c r="AD152" s="33"/>
+      <c r="AE152" s="33"/>
+      <c r="AF152" s="50"/>
+    </row>
+    <row r="153" customHeight="1" spans="2:32">
+      <c r="B153" s="29">
+        <v>45981</v>
+      </c>
+      <c r="C153" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D153" s="67"/>
-[...33 lines deleted...]
-      <c r="C154" s="62" t="s">
+      <c r="D153" s="35"/>
+      <c r="E153" s="34"/>
+      <c r="F153" s="33"/>
+      <c r="G153" s="33"/>
+      <c r="H153" s="33"/>
+      <c r="I153" s="33"/>
+      <c r="J153" s="50"/>
+      <c r="K153" s="35"/>
+      <c r="L153" s="33"/>
+      <c r="M153" s="33"/>
+      <c r="N153" s="33"/>
+      <c r="O153" s="50"/>
+      <c r="P153" s="35"/>
+      <c r="Q153" s="34"/>
+      <c r="R153" s="35"/>
+      <c r="S153" s="33"/>
+      <c r="T153" s="33"/>
+      <c r="U153" s="33"/>
+      <c r="V153" s="50"/>
+      <c r="W153" s="35"/>
+      <c r="X153" s="33"/>
+      <c r="Y153" s="33"/>
+      <c r="Z153" s="33"/>
+      <c r="AA153" s="50"/>
+      <c r="AB153" s="35"/>
+      <c r="AC153" s="33"/>
+      <c r="AD153" s="33"/>
+      <c r="AE153" s="33"/>
+      <c r="AF153" s="50"/>
+    </row>
+    <row r="154" customHeight="1" spans="2:32">
+      <c r="B154" s="29">
+        <v>45982</v>
+      </c>
+      <c r="C154" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D154" s="67"/>
-[...33 lines deleted...]
-      <c r="C155" s="62" t="s">
+      <c r="D154" s="35"/>
+      <c r="E154" s="34"/>
+      <c r="F154" s="33"/>
+      <c r="G154" s="33"/>
+      <c r="H154" s="33"/>
+      <c r="I154" s="33"/>
+      <c r="J154" s="50"/>
+      <c r="K154" s="35"/>
+      <c r="L154" s="33"/>
+      <c r="M154" s="33"/>
+      <c r="N154" s="33"/>
+      <c r="O154" s="50"/>
+      <c r="P154" s="35"/>
+      <c r="Q154" s="34"/>
+      <c r="R154" s="35"/>
+      <c r="S154" s="33"/>
+      <c r="T154" s="33"/>
+      <c r="U154" s="33"/>
+      <c r="V154" s="50"/>
+      <c r="W154" s="35"/>
+      <c r="X154" s="33"/>
+      <c r="Y154" s="33"/>
+      <c r="Z154" s="33"/>
+      <c r="AA154" s="50"/>
+      <c r="AB154" s="35"/>
+      <c r="AC154" s="33"/>
+      <c r="AD154" s="33"/>
+      <c r="AE154" s="33"/>
+      <c r="AF154" s="50"/>
+    </row>
+    <row r="155" customHeight="1" spans="2:32">
+      <c r="B155" s="29">
+        <v>45983</v>
+      </c>
+      <c r="C155" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D155" s="67"/>
-[...1 lines deleted...]
-      <c r="F155" s="117" t="s">
+      <c r="D155" s="35"/>
+      <c r="E155" s="34"/>
+      <c r="F155" s="94" t="s">
         <v>45</v>
       </c>
-      <c r="G155" s="118" t="s">
+      <c r="G155" s="95" t="s">
         <v>92</v>
       </c>
-      <c r="H155" s="119" t="s">
+      <c r="H155" s="95" t="s">
         <v>93</v>
       </c>
-      <c r="I155" s="119" t="s">
+      <c r="I155" s="95" t="s">
         <v>52</v>
       </c>
-      <c r="J155" s="120" t="s">
+      <c r="J155" s="100" t="s">
         <v>94</v>
       </c>
-      <c r="K155" s="67"/>
-[...26 lines deleted...]
-      <c r="C156" s="62" t="s">
+      <c r="K155" s="35"/>
+      <c r="L155" s="33"/>
+      <c r="M155" s="33"/>
+      <c r="N155" s="33"/>
+      <c r="O155" s="50"/>
+      <c r="P155" s="35"/>
+      <c r="Q155" s="34"/>
+      <c r="R155" s="35"/>
+      <c r="S155" s="33"/>
+      <c r="T155" s="33"/>
+      <c r="U155" s="33"/>
+      <c r="V155" s="50"/>
+      <c r="W155" s="35"/>
+      <c r="X155" s="33"/>
+      <c r="Y155" s="33"/>
+      <c r="Z155" s="33"/>
+      <c r="AA155" s="50"/>
+      <c r="AB155" s="35"/>
+      <c r="AC155" s="33"/>
+      <c r="AD155" s="33"/>
+      <c r="AE155" s="33"/>
+      <c r="AF155" s="50"/>
+    </row>
+    <row r="156" customHeight="1" spans="2:32">
+      <c r="B156" s="29">
+        <v>45984</v>
+      </c>
+      <c r="C156" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D156" s="67"/>
-[...33 lines deleted...]
-      <c r="C157" s="62" t="s">
+      <c r="D156" s="35"/>
+      <c r="E156" s="34"/>
+      <c r="F156" s="33"/>
+      <c r="G156" s="33"/>
+      <c r="H156" s="33"/>
+      <c r="I156" s="33"/>
+      <c r="J156" s="50"/>
+      <c r="K156" s="35"/>
+      <c r="L156" s="33"/>
+      <c r="M156" s="33"/>
+      <c r="N156" s="33"/>
+      <c r="O156" s="50"/>
+      <c r="P156" s="35"/>
+      <c r="Q156" s="34"/>
+      <c r="R156" s="35"/>
+      <c r="S156" s="33"/>
+      <c r="T156" s="33"/>
+      <c r="U156" s="33"/>
+      <c r="V156" s="50"/>
+      <c r="W156" s="35"/>
+      <c r="X156" s="33"/>
+      <c r="Y156" s="33"/>
+      <c r="Z156" s="33"/>
+      <c r="AA156" s="50"/>
+      <c r="AB156" s="35"/>
+      <c r="AC156" s="33"/>
+      <c r="AD156" s="33"/>
+      <c r="AE156" s="33"/>
+      <c r="AF156" s="50"/>
+    </row>
+    <row r="157" customHeight="1" spans="2:32">
+      <c r="B157" s="29">
+        <v>45985</v>
+      </c>
+      <c r="C157" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D157" s="67"/>
-[...33 lines deleted...]
-      <c r="C158" s="62" t="s">
+      <c r="D157" s="35"/>
+      <c r="E157" s="34"/>
+      <c r="F157" s="33"/>
+      <c r="G157" s="33"/>
+      <c r="H157" s="33"/>
+      <c r="I157" s="33"/>
+      <c r="J157" s="50"/>
+      <c r="K157" s="35"/>
+      <c r="L157" s="33"/>
+      <c r="M157" s="33"/>
+      <c r="N157" s="33"/>
+      <c r="O157" s="50"/>
+      <c r="P157" s="35"/>
+      <c r="Q157" s="34"/>
+      <c r="R157" s="35"/>
+      <c r="S157" s="33"/>
+      <c r="T157" s="33"/>
+      <c r="U157" s="33"/>
+      <c r="V157" s="50"/>
+      <c r="W157" s="35"/>
+      <c r="X157" s="33"/>
+      <c r="Y157" s="33"/>
+      <c r="Z157" s="33"/>
+      <c r="AA157" s="50"/>
+      <c r="AB157" s="35"/>
+      <c r="AC157" s="33"/>
+      <c r="AD157" s="33"/>
+      <c r="AE157" s="33"/>
+      <c r="AF157" s="50"/>
+    </row>
+    <row r="158" customHeight="1" spans="2:32">
+      <c r="B158" s="29">
+        <v>45986</v>
+      </c>
+      <c r="C158" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D158" s="67"/>
-[...31 lines deleted...]
-      <c r="C159" s="62" t="s">
+      <c r="D158" s="35"/>
+      <c r="E158" s="34"/>
+      <c r="F158" s="33"/>
+      <c r="G158" s="33"/>
+      <c r="H158" s="33"/>
+      <c r="I158" s="33"/>
+      <c r="J158" s="50"/>
+      <c r="K158" s="35"/>
+      <c r="L158" s="33"/>
+      <c r="M158" s="33"/>
+      <c r="N158" s="33"/>
+      <c r="O158" s="50"/>
+      <c r="P158" s="35"/>
+      <c r="Q158" s="34"/>
+      <c r="R158" s="35"/>
+      <c r="S158" s="33"/>
+      <c r="T158" s="33"/>
+      <c r="U158" s="33"/>
+      <c r="V158" s="50"/>
+      <c r="W158" s="35"/>
+      <c r="X158" s="33"/>
+      <c r="Y158" s="33"/>
+      <c r="Z158" s="33"/>
+      <c r="AA158" s="50"/>
+      <c r="AB158" s="35"/>
+      <c r="AC158" s="33"/>
+      <c r="AF158" s="110"/>
+    </row>
+    <row r="159" customHeight="1" spans="2:32">
+      <c r="B159" s="29">
+        <v>45987</v>
+      </c>
+      <c r="C159" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D159" s="67"/>
-[...33 lines deleted...]
-      <c r="C160" s="62" t="s">
+      <c r="D159" s="35"/>
+      <c r="E159" s="34"/>
+      <c r="F159" s="33"/>
+      <c r="G159" s="33"/>
+      <c r="H159" s="33"/>
+      <c r="I159" s="33"/>
+      <c r="J159" s="50"/>
+      <c r="K159" s="35"/>
+      <c r="L159" s="33"/>
+      <c r="M159" s="33"/>
+      <c r="N159" s="33"/>
+      <c r="O159" s="50"/>
+      <c r="P159" s="35"/>
+      <c r="Q159" s="34"/>
+      <c r="R159" s="35"/>
+      <c r="S159" s="33"/>
+      <c r="T159" s="33"/>
+      <c r="U159" s="33"/>
+      <c r="V159" s="50"/>
+      <c r="W159" s="35"/>
+      <c r="X159" s="33"/>
+      <c r="Y159" s="33"/>
+      <c r="Z159" s="33"/>
+      <c r="AA159" s="50"/>
+      <c r="AB159" s="35"/>
+      <c r="AC159" s="33"/>
+      <c r="AD159" s="33"/>
+      <c r="AE159" s="33"/>
+      <c r="AF159" s="50"/>
+    </row>
+    <row r="160" customHeight="1" spans="2:32">
+      <c r="B160" s="29">
+        <v>45988</v>
+      </c>
+      <c r="C160" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D160" s="67"/>
-[...1 lines deleted...]
-      <c r="F160" s="122" t="s">
+      <c r="D160" s="35"/>
+      <c r="E160" s="34"/>
+      <c r="F160" s="96" t="s">
         <v>34</v>
       </c>
-      <c r="G160" s="122" t="s">
+      <c r="G160" s="96" t="s">
         <v>95</v>
       </c>
-      <c r="H160" s="122" t="s">
+      <c r="H160" s="96" t="s">
         <v>93</v>
       </c>
-      <c r="I160" s="122" t="s">
+      <c r="I160" s="96" t="s">
         <v>52</v>
       </c>
-      <c r="J160" s="123" t="s">
+      <c r="J160" s="101" t="s">
         <v>96</v>
       </c>
-      <c r="K160" s="67"/>
-[...26 lines deleted...]
-      <c r="C161" s="62" t="s">
+      <c r="K160" s="35"/>
+      <c r="L160" s="33"/>
+      <c r="M160" s="33"/>
+      <c r="N160" s="33"/>
+      <c r="O160" s="50"/>
+      <c r="P160" s="35"/>
+      <c r="Q160" s="34"/>
+      <c r="R160" s="35"/>
+      <c r="S160" s="33"/>
+      <c r="T160" s="33"/>
+      <c r="U160" s="33"/>
+      <c r="V160" s="50"/>
+      <c r="W160" s="35"/>
+      <c r="X160" s="33"/>
+      <c r="Y160" s="33"/>
+      <c r="Z160" s="33"/>
+      <c r="AA160" s="50"/>
+      <c r="AB160" s="35"/>
+      <c r="AC160" s="33"/>
+      <c r="AD160" s="33"/>
+      <c r="AE160" s="33"/>
+      <c r="AF160" s="50"/>
+    </row>
+    <row r="161" customHeight="1" spans="2:32">
+      <c r="B161" s="29">
+        <v>45989</v>
+      </c>
+      <c r="C161" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D161" s="67"/>
-[...1 lines deleted...]
-      <c r="F161" s="122" t="s">
+      <c r="D161" s="35"/>
+      <c r="E161" s="34"/>
+      <c r="F161" s="96" t="s">
         <v>34</v>
       </c>
-      <c r="G161" s="122" t="s">
+      <c r="G161" s="96" t="s">
         <v>95</v>
       </c>
-      <c r="H161" s="122" t="s">
+      <c r="H161" s="96" t="s">
         <v>93</v>
       </c>
-      <c r="I161" s="122" t="s">
+      <c r="I161" s="96" t="s">
         <v>52</v>
       </c>
-      <c r="J161" s="123" t="s">
+      <c r="J161" s="101" t="s">
         <v>96</v>
       </c>
-      <c r="K161" s="67"/>
-[...26 lines deleted...]
-      <c r="C162" s="62" t="s">
+      <c r="K161" s="35"/>
+      <c r="L161" s="33"/>
+      <c r="M161" s="33"/>
+      <c r="N161" s="33"/>
+      <c r="O161" s="50"/>
+      <c r="P161" s="35"/>
+      <c r="Q161" s="34"/>
+      <c r="R161" s="35"/>
+      <c r="S161" s="33"/>
+      <c r="T161" s="33"/>
+      <c r="U161" s="33"/>
+      <c r="V161" s="50"/>
+      <c r="W161" s="35"/>
+      <c r="X161" s="33"/>
+      <c r="Y161" s="33"/>
+      <c r="Z161" s="33"/>
+      <c r="AA161" s="50"/>
+      <c r="AB161" s="35"/>
+      <c r="AC161" s="33"/>
+      <c r="AD161" s="33"/>
+      <c r="AE161" s="33"/>
+      <c r="AF161" s="50"/>
+    </row>
+    <row r="162" customHeight="1" spans="2:32">
+      <c r="B162" s="29">
+        <v>45990</v>
+      </c>
+      <c r="C162" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D162" s="67"/>
-[...1 lines deleted...]
-      <c r="F162" s="122" t="s">
+      <c r="D162" s="35"/>
+      <c r="E162" s="34"/>
+      <c r="F162" s="96" t="s">
         <v>34</v>
       </c>
-      <c r="G162" s="122" t="s">
+      <c r="G162" s="96" t="s">
         <v>95</v>
       </c>
-      <c r="H162" s="122" t="s">
+      <c r="H162" s="96" t="s">
         <v>93</v>
       </c>
-      <c r="I162" s="122" t="s">
+      <c r="I162" s="96" t="s">
         <v>52</v>
       </c>
-      <c r="J162" s="123" t="s">
+      <c r="J162" s="101" t="s">
         <v>96</v>
       </c>
-      <c r="K162" s="67"/>
-[...26 lines deleted...]
-      <c r="C163" s="62" t="s">
+      <c r="K162" s="35"/>
+      <c r="L162" s="33"/>
+      <c r="M162" s="33"/>
+      <c r="N162" s="33"/>
+      <c r="O162" s="50"/>
+      <c r="P162" s="35"/>
+      <c r="Q162" s="34"/>
+      <c r="R162" s="35"/>
+      <c r="S162" s="33"/>
+      <c r="T162" s="33"/>
+      <c r="U162" s="33"/>
+      <c r="V162" s="50"/>
+      <c r="W162" s="35"/>
+      <c r="X162" s="33"/>
+      <c r="Y162" s="33"/>
+      <c r="Z162" s="33"/>
+      <c r="AA162" s="50"/>
+      <c r="AB162" s="35"/>
+      <c r="AC162" s="33"/>
+      <c r="AD162" s="33"/>
+      <c r="AE162" s="33"/>
+      <c r="AF162" s="50"/>
+    </row>
+    <row r="163" customHeight="1" spans="2:32">
+      <c r="B163" s="29">
+        <v>45991</v>
+      </c>
+      <c r="C163" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D163" s="67"/>
-[...33 lines deleted...]
-      <c r="C164" s="62" t="s">
+      <c r="D163" s="35"/>
+      <c r="E163" s="34"/>
+      <c r="F163" s="33"/>
+      <c r="G163" s="33"/>
+      <c r="H163" s="33"/>
+      <c r="I163" s="33"/>
+      <c r="J163" s="50"/>
+      <c r="K163" s="35"/>
+      <c r="L163" s="33"/>
+      <c r="M163" s="33"/>
+      <c r="N163" s="33"/>
+      <c r="O163" s="50"/>
+      <c r="P163" s="35"/>
+      <c r="Q163" s="34"/>
+      <c r="R163" s="35"/>
+      <c r="S163" s="33"/>
+      <c r="T163" s="33"/>
+      <c r="U163" s="33"/>
+      <c r="V163" s="50"/>
+      <c r="W163" s="35"/>
+      <c r="X163" s="33"/>
+      <c r="Y163" s="33"/>
+      <c r="Z163" s="33"/>
+      <c r="AA163" s="50"/>
+      <c r="AB163" s="35"/>
+      <c r="AC163" s="33"/>
+      <c r="AD163" s="33"/>
+      <c r="AE163" s="33"/>
+      <c r="AF163" s="50"/>
+    </row>
+    <row r="164" customHeight="1" spans="2:32">
+      <c r="B164" s="29">
+        <v>45992</v>
+      </c>
+      <c r="C164" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D164" s="67"/>
-[...33 lines deleted...]
-      <c r="C165" s="62" t="s">
+      <c r="D164" s="35"/>
+      <c r="E164" s="34"/>
+      <c r="F164" s="33"/>
+      <c r="G164" s="33"/>
+      <c r="H164" s="33"/>
+      <c r="I164" s="33"/>
+      <c r="J164" s="50"/>
+      <c r="K164" s="35"/>
+      <c r="L164" s="33"/>
+      <c r="M164" s="33"/>
+      <c r="N164" s="33"/>
+      <c r="O164" s="50"/>
+      <c r="P164" s="35"/>
+      <c r="Q164" s="34"/>
+      <c r="R164" s="35"/>
+      <c r="S164" s="33"/>
+      <c r="T164" s="33"/>
+      <c r="U164" s="33"/>
+      <c r="V164" s="50"/>
+      <c r="W164" s="35"/>
+      <c r="X164" s="33"/>
+      <c r="Y164" s="33"/>
+      <c r="Z164" s="33"/>
+      <c r="AA164" s="50"/>
+      <c r="AB164" s="35"/>
+      <c r="AC164" s="33"/>
+      <c r="AD164" s="33"/>
+      <c r="AE164" s="33"/>
+      <c r="AF164" s="50"/>
+    </row>
+    <row r="165" customHeight="1" spans="2:32">
+      <c r="B165" s="29">
+        <v>45993</v>
+      </c>
+      <c r="C165" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D165" s="67"/>
-[...30 lines deleted...]
-      <c r="A166" s="124" t="s">
+      <c r="D165" s="35"/>
+      <c r="E165" s="34"/>
+      <c r="F165" s="33"/>
+      <c r="G165" s="33"/>
+      <c r="H165" s="33"/>
+      <c r="I165" s="33"/>
+      <c r="J165" s="50"/>
+      <c r="K165" s="35"/>
+      <c r="L165" s="33"/>
+      <c r="M165" s="33"/>
+      <c r="N165" s="33"/>
+      <c r="O165" s="50"/>
+      <c r="P165" s="35"/>
+      <c r="Q165" s="34"/>
+      <c r="R165" s="35"/>
+      <c r="S165" s="33"/>
+      <c r="T165" s="33"/>
+      <c r="U165" s="33"/>
+      <c r="V165" s="50"/>
+      <c r="W165" s="35"/>
+      <c r="X165" s="33"/>
+      <c r="Y165" s="33"/>
+      <c r="Z165" s="33"/>
+      <c r="AA165" s="50"/>
+      <c r="AB165" s="35"/>
+      <c r="AC165" s="33"/>
+      <c r="AD165" s="33"/>
+      <c r="AE165" s="33"/>
+      <c r="AF165" s="50"/>
+    </row>
+    <row r="166" customHeight="1" spans="1:32">
+      <c r="A166" s="97" t="s">
         <v>97</v>
       </c>
-      <c r="B166" s="61">
-[...2 lines deleted...]
-      <c r="C166" s="62" t="s">
+      <c r="B166" s="29">
+        <v>45994</v>
+      </c>
+      <c r="C166" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D166" s="67"/>
-[...33 lines deleted...]
-      <c r="C167" s="62" t="s">
+      <c r="D166" s="35"/>
+      <c r="E166" s="34"/>
+      <c r="F166" s="33"/>
+      <c r="G166" s="33"/>
+      <c r="H166" s="33"/>
+      <c r="I166" s="33"/>
+      <c r="J166" s="50"/>
+      <c r="K166" s="35"/>
+      <c r="L166" s="33"/>
+      <c r="M166" s="33"/>
+      <c r="N166" s="33"/>
+      <c r="O166" s="50"/>
+      <c r="P166" s="35"/>
+      <c r="Q166" s="34"/>
+      <c r="R166" s="35"/>
+      <c r="S166" s="33"/>
+      <c r="T166" s="33"/>
+      <c r="U166" s="33"/>
+      <c r="V166" s="50"/>
+      <c r="W166" s="35"/>
+      <c r="X166" s="33"/>
+      <c r="Y166" s="33"/>
+      <c r="Z166" s="33"/>
+      <c r="AA166" s="50"/>
+      <c r="AB166" s="102"/>
+      <c r="AC166" s="65"/>
+      <c r="AD166" s="65"/>
+      <c r="AE166" s="65"/>
+      <c r="AF166" s="103"/>
+    </row>
+    <row r="167" customHeight="1" spans="2:32">
+      <c r="B167" s="29">
+        <v>45995</v>
+      </c>
+      <c r="C167" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D167" s="67"/>
-[...32 lines deleted...]
-      <c r="C168" s="62" t="s">
+      <c r="D167" s="35"/>
+      <c r="E167" s="32"/>
+      <c r="F167" s="33"/>
+      <c r="G167" s="71"/>
+      <c r="H167" s="71"/>
+      <c r="I167" s="71"/>
+      <c r="J167" s="71"/>
+      <c r="K167" s="102"/>
+      <c r="M167" s="65"/>
+      <c r="N167" s="65"/>
+      <c r="O167" s="103"/>
+      <c r="P167" s="35"/>
+      <c r="Q167" s="32"/>
+      <c r="R167" s="102"/>
+      <c r="S167" s="65"/>
+      <c r="T167" s="65"/>
+      <c r="U167" s="65"/>
+      <c r="V167" s="103"/>
+      <c r="W167" s="102"/>
+      <c r="X167" s="65"/>
+      <c r="Y167" s="65"/>
+      <c r="Z167" s="65"/>
+      <c r="AA167" s="103"/>
+      <c r="AB167" s="102"/>
+      <c r="AC167" s="65"/>
+      <c r="AD167" s="65"/>
+      <c r="AE167" s="65"/>
+      <c r="AF167" s="103"/>
+    </row>
+    <row r="168" customHeight="1" spans="2:32">
+      <c r="B168" s="29">
+        <v>45996</v>
+      </c>
+      <c r="C168" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D168" s="67"/>
-[...13 lines deleted...]
-      <c r="S168" s="128" t="s">
+      <c r="D168" s="35"/>
+      <c r="E168" s="32"/>
+      <c r="F168" s="33"/>
+      <c r="G168" s="71"/>
+      <c r="H168" s="71"/>
+      <c r="I168" s="71"/>
+      <c r="J168" s="71"/>
+      <c r="K168" s="102"/>
+      <c r="M168" s="65"/>
+      <c r="N168" s="65"/>
+      <c r="O168" s="103"/>
+      <c r="P168" s="35"/>
+      <c r="Q168" s="32"/>
+      <c r="R168" s="104"/>
+      <c r="S168" s="105" t="s">
         <v>98</v>
       </c>
-      <c r="T168" s="128" t="s">
+      <c r="T168" s="105" t="s">
         <v>99</v>
       </c>
-      <c r="U168" s="128" t="s">
+      <c r="U168" s="105" t="s">
         <v>43</v>
       </c>
-      <c r="V168" s="129" t="s">
+      <c r="V168" s="106" t="s">
         <v>100</v>
       </c>
-      <c r="W168" s="125"/>
-[...14 lines deleted...]
-      <c r="C169" s="62" t="s">
+      <c r="W168" s="102"/>
+      <c r="X168" s="65"/>
+      <c r="Y168" s="65"/>
+      <c r="Z168" s="65"/>
+      <c r="AA168" s="103"/>
+      <c r="AB168" s="35"/>
+      <c r="AC168" s="33"/>
+      <c r="AD168" s="33"/>
+      <c r="AE168" s="33"/>
+      <c r="AF168" s="50"/>
+    </row>
+    <row r="169" customHeight="1" spans="2:32">
+      <c r="B169" s="29">
+        <v>45997</v>
+      </c>
+      <c r="C169" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D169" s="67"/>
-[...13 lines deleted...]
-      <c r="S169" s="128" t="s">
+      <c r="D169" s="35"/>
+      <c r="E169" s="32"/>
+      <c r="F169" s="33"/>
+      <c r="G169" s="71"/>
+      <c r="H169" s="71"/>
+      <c r="I169" s="71"/>
+      <c r="J169" s="71"/>
+      <c r="K169" s="35"/>
+      <c r="M169" s="33"/>
+      <c r="N169" s="33"/>
+      <c r="O169" s="50"/>
+      <c r="P169" s="35"/>
+      <c r="Q169" s="32"/>
+      <c r="R169" s="107"/>
+      <c r="S169" s="105" t="s">
         <v>98</v>
       </c>
-      <c r="T169" s="128" t="s">
+      <c r="T169" s="105" t="s">
         <v>99</v>
       </c>
-      <c r="U169" s="128" t="s">
+      <c r="U169" s="105" t="s">
         <v>43</v>
       </c>
-      <c r="V169" s="131" t="s">
+      <c r="V169" s="108" t="s">
         <v>100</v>
       </c>
-      <c r="W169" s="67"/>
-[...14 lines deleted...]
-      <c r="C170" s="62" t="s">
+      <c r="W169" s="35"/>
+      <c r="X169" s="33"/>
+      <c r="Y169" s="33"/>
+      <c r="Z169" s="33"/>
+      <c r="AA169" s="50"/>
+      <c r="AB169" s="35"/>
+      <c r="AC169" s="33"/>
+      <c r="AD169" s="33"/>
+      <c r="AE169" s="33"/>
+      <c r="AF169" s="50"/>
+    </row>
+    <row r="170" customHeight="1" spans="2:32">
+      <c r="B170" s="29">
+        <v>45998</v>
+      </c>
+      <c r="C170" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D170" s="67"/>
-[...33 lines deleted...]
-      <c r="C171" s="62" t="s">
+      <c r="D170" s="35"/>
+      <c r="E170" s="32"/>
+      <c r="F170" s="33"/>
+      <c r="G170" s="33"/>
+      <c r="H170" s="33"/>
+      <c r="I170" s="33"/>
+      <c r="J170" s="50"/>
+      <c r="K170" s="35"/>
+      <c r="L170" s="33"/>
+      <c r="M170" s="33"/>
+      <c r="N170" s="33"/>
+      <c r="O170" s="50"/>
+      <c r="P170" s="35"/>
+      <c r="Q170" s="32"/>
+      <c r="R170" s="35"/>
+      <c r="S170" s="33"/>
+      <c r="T170" s="33"/>
+      <c r="U170" s="33"/>
+      <c r="V170" s="50"/>
+      <c r="W170" s="35"/>
+      <c r="X170" s="33"/>
+      <c r="Y170" s="33"/>
+      <c r="Z170" s="33"/>
+      <c r="AA170" s="50"/>
+      <c r="AB170" s="35"/>
+      <c r="AC170" s="33"/>
+      <c r="AD170" s="33"/>
+      <c r="AE170" s="33"/>
+      <c r="AF170" s="50"/>
+    </row>
+    <row r="171" customHeight="1" spans="2:32">
+      <c r="B171" s="29">
+        <v>45999</v>
+      </c>
+      <c r="C171" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D171" s="67"/>
-[...33 lines deleted...]
-      <c r="C172" s="62" t="s">
+      <c r="D171" s="35"/>
+      <c r="E171" s="32"/>
+      <c r="F171" s="33"/>
+      <c r="G171" s="33"/>
+      <c r="H171" s="33"/>
+      <c r="I171" s="33"/>
+      <c r="J171" s="50"/>
+      <c r="K171" s="35"/>
+      <c r="L171" s="33"/>
+      <c r="M171" s="33"/>
+      <c r="N171" s="33"/>
+      <c r="O171" s="50"/>
+      <c r="P171" s="35"/>
+      <c r="Q171" s="32"/>
+      <c r="R171" s="109"/>
+      <c r="S171" s="71"/>
+      <c r="T171" s="71"/>
+      <c r="U171" s="71"/>
+      <c r="V171" s="76"/>
+      <c r="W171" s="37"/>
+      <c r="X171" s="37"/>
+      <c r="Y171" s="37"/>
+      <c r="Z171" s="37"/>
+      <c r="AA171" s="37"/>
+      <c r="AB171" s="35"/>
+      <c r="AC171" s="33"/>
+      <c r="AD171" s="33"/>
+      <c r="AE171" s="33"/>
+      <c r="AF171" s="50"/>
+    </row>
+    <row r="172" customHeight="1" spans="2:32">
+      <c r="B172" s="29">
+        <v>46000</v>
+      </c>
+      <c r="C172" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D172" s="67"/>
-[...33 lines deleted...]
-      <c r="C173" s="62" t="s">
+      <c r="D172" s="35"/>
+      <c r="E172" s="32"/>
+      <c r="F172" s="33"/>
+      <c r="G172" s="33"/>
+      <c r="H172" s="36"/>
+      <c r="I172" s="36"/>
+      <c r="J172" s="51"/>
+      <c r="K172" s="35"/>
+      <c r="L172" s="33"/>
+      <c r="M172" s="33"/>
+      <c r="N172" s="33"/>
+      <c r="O172" s="50"/>
+      <c r="P172" s="35"/>
+      <c r="Q172" s="32"/>
+      <c r="R172" s="109"/>
+      <c r="S172" s="71"/>
+      <c r="T172" s="71"/>
+      <c r="U172" s="71"/>
+      <c r="V172" s="76"/>
+      <c r="W172" s="37"/>
+      <c r="X172" s="37"/>
+      <c r="Y172" s="37"/>
+      <c r="Z172" s="37"/>
+      <c r="AA172" s="37"/>
+      <c r="AB172" s="35"/>
+      <c r="AC172" s="33"/>
+      <c r="AD172" s="33"/>
+      <c r="AE172" s="33"/>
+      <c r="AF172" s="50"/>
+    </row>
+    <row r="173" customHeight="1" spans="2:32">
+      <c r="B173" s="29">
+        <v>46001</v>
+      </c>
+      <c r="C173" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D173" s="67"/>
-[...33 lines deleted...]
-      <c r="C174" s="62" t="s">
+      <c r="D173" s="35"/>
+      <c r="E173" s="32"/>
+      <c r="F173" s="33"/>
+      <c r="G173" s="33"/>
+      <c r="H173" s="33"/>
+      <c r="I173" s="33"/>
+      <c r="J173" s="50"/>
+      <c r="K173" s="35"/>
+      <c r="L173" s="33"/>
+      <c r="M173" s="33"/>
+      <c r="N173" s="33"/>
+      <c r="O173" s="50"/>
+      <c r="P173" s="35"/>
+      <c r="Q173" s="32"/>
+      <c r="R173" s="35"/>
+      <c r="S173" s="33"/>
+      <c r="T173" s="33"/>
+      <c r="U173" s="33"/>
+      <c r="V173" s="50"/>
+      <c r="W173" s="35"/>
+      <c r="X173" s="33"/>
+      <c r="Y173" s="33"/>
+      <c r="Z173" s="33"/>
+      <c r="AA173" s="50"/>
+      <c r="AB173" s="35"/>
+      <c r="AC173" s="33"/>
+      <c r="AD173" s="33"/>
+      <c r="AE173" s="33"/>
+      <c r="AF173" s="50"/>
+    </row>
+    <row r="174" customHeight="1" spans="2:32">
+      <c r="B174" s="29">
+        <v>46002</v>
+      </c>
+      <c r="C174" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D174" s="67"/>
-[...33 lines deleted...]
-      <c r="C175" s="62" t="s">
+      <c r="D174" s="35"/>
+      <c r="E174" s="32"/>
+      <c r="F174" s="33"/>
+      <c r="G174" s="33"/>
+      <c r="H174" s="33"/>
+      <c r="I174" s="33"/>
+      <c r="J174" s="50"/>
+      <c r="K174" s="35"/>
+      <c r="L174" s="33"/>
+      <c r="M174" s="33"/>
+      <c r="N174" s="33"/>
+      <c r="O174" s="50"/>
+      <c r="P174" s="35"/>
+      <c r="Q174" s="32"/>
+      <c r="R174" s="35"/>
+      <c r="S174" s="33"/>
+      <c r="T174" s="33"/>
+      <c r="U174" s="33"/>
+      <c r="V174" s="50"/>
+      <c r="W174" s="35"/>
+      <c r="X174" s="33"/>
+      <c r="Y174" s="33"/>
+      <c r="Z174" s="33"/>
+      <c r="AA174" s="50"/>
+      <c r="AB174" s="35"/>
+      <c r="AC174" s="33"/>
+      <c r="AD174" s="33"/>
+      <c r="AE174" s="33"/>
+      <c r="AF174" s="50"/>
+    </row>
+    <row r="175" customHeight="1" spans="2:32">
+      <c r="B175" s="29">
+        <v>46003</v>
+      </c>
+      <c r="C175" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D175" s="67"/>
-[...33 lines deleted...]
-      <c r="C176" s="62" t="s">
+      <c r="D175" s="35"/>
+      <c r="E175" s="32"/>
+      <c r="F175" s="33"/>
+      <c r="G175" s="33"/>
+      <c r="H175" s="33"/>
+      <c r="I175" s="33"/>
+      <c r="J175" s="50"/>
+      <c r="K175" s="35"/>
+      <c r="L175" s="33"/>
+      <c r="M175" s="33"/>
+      <c r="N175" s="33"/>
+      <c r="O175" s="50"/>
+      <c r="P175" s="35"/>
+      <c r="Q175" s="32"/>
+      <c r="R175" s="35"/>
+      <c r="S175" s="33"/>
+      <c r="T175" s="33"/>
+      <c r="U175" s="33"/>
+      <c r="V175" s="50"/>
+      <c r="W175" s="35"/>
+      <c r="X175" s="33"/>
+      <c r="Y175" s="33"/>
+      <c r="Z175" s="33"/>
+      <c r="AA175" s="50"/>
+      <c r="AB175" s="35"/>
+      <c r="AC175" s="33"/>
+      <c r="AD175" s="33"/>
+      <c r="AE175" s="33"/>
+      <c r="AF175" s="50"/>
+    </row>
+    <row r="176" customHeight="1" spans="2:32">
+      <c r="B176" s="29">
+        <v>46004</v>
+      </c>
+      <c r="C176" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D176" s="63"/>
-[...33 lines deleted...]
-      <c r="C177" s="62" t="s">
+      <c r="D176" s="31"/>
+      <c r="E176" s="32"/>
+      <c r="F176" s="33"/>
+      <c r="G176" s="33"/>
+      <c r="H176" s="33"/>
+      <c r="I176" s="33"/>
+      <c r="J176" s="50"/>
+      <c r="K176" s="35"/>
+      <c r="L176" s="33"/>
+      <c r="M176" s="33"/>
+      <c r="N176" s="33"/>
+      <c r="O176" s="50"/>
+      <c r="P176" s="31"/>
+      <c r="Q176" s="32"/>
+      <c r="R176" s="35"/>
+      <c r="S176" s="33"/>
+      <c r="T176" s="33"/>
+      <c r="U176" s="33"/>
+      <c r="V176" s="50"/>
+      <c r="W176" s="35"/>
+      <c r="X176" s="33"/>
+      <c r="Y176" s="33"/>
+      <c r="Z176" s="33"/>
+      <c r="AA176" s="50"/>
+      <c r="AB176" s="35"/>
+      <c r="AC176" s="33"/>
+      <c r="AD176" s="33"/>
+      <c r="AE176" s="33"/>
+      <c r="AF176" s="50"/>
+    </row>
+    <row r="177" customHeight="1" spans="2:32">
+      <c r="B177" s="29">
+        <v>46005</v>
+      </c>
+      <c r="C177" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D177" s="63"/>
-[...33 lines deleted...]
-      <c r="C178" s="62" t="s">
+      <c r="D177" s="31"/>
+      <c r="E177" s="32"/>
+      <c r="F177" s="33"/>
+      <c r="G177" s="33"/>
+      <c r="H177" s="33"/>
+      <c r="I177" s="33"/>
+      <c r="J177" s="50"/>
+      <c r="K177" s="35"/>
+      <c r="L177" s="33"/>
+      <c r="M177" s="33"/>
+      <c r="N177" s="33"/>
+      <c r="O177" s="50"/>
+      <c r="P177" s="31"/>
+      <c r="Q177" s="32"/>
+      <c r="R177" s="35"/>
+      <c r="S177" s="33"/>
+      <c r="T177" s="33"/>
+      <c r="U177" s="33"/>
+      <c r="V177" s="50"/>
+      <c r="W177" s="35"/>
+      <c r="X177" s="33"/>
+      <c r="Y177" s="33"/>
+      <c r="Z177" s="33"/>
+      <c r="AA177" s="50"/>
+      <c r="AB177" s="35"/>
+      <c r="AC177" s="33"/>
+      <c r="AD177" s="33"/>
+      <c r="AE177" s="33"/>
+      <c r="AF177" s="50"/>
+    </row>
+    <row r="178" customHeight="1" spans="2:32">
+      <c r="B178" s="29">
+        <v>46006</v>
+      </c>
+      <c r="C178" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D178" s="63"/>
-[...33 lines deleted...]
-      <c r="C179" s="62" t="s">
+      <c r="D178" s="31"/>
+      <c r="E178" s="32"/>
+      <c r="F178" s="33"/>
+      <c r="G178" s="33"/>
+      <c r="H178" s="33"/>
+      <c r="I178" s="33"/>
+      <c r="J178" s="50"/>
+      <c r="K178" s="35"/>
+      <c r="L178" s="33"/>
+      <c r="M178" s="33"/>
+      <c r="N178" s="33"/>
+      <c r="O178" s="50"/>
+      <c r="P178" s="31"/>
+      <c r="Q178" s="32"/>
+      <c r="R178" s="35"/>
+      <c r="S178" s="33"/>
+      <c r="T178" s="33"/>
+      <c r="U178" s="33"/>
+      <c r="V178" s="50"/>
+      <c r="W178" s="35"/>
+      <c r="X178" s="33"/>
+      <c r="Y178" s="33"/>
+      <c r="Z178" s="33"/>
+      <c r="AA178" s="50"/>
+      <c r="AB178" s="35"/>
+      <c r="AC178" s="33"/>
+      <c r="AD178" s="33"/>
+      <c r="AE178" s="33"/>
+      <c r="AF178" s="50"/>
+    </row>
+    <row r="179" customHeight="1" spans="2:32">
+      <c r="B179" s="29">
+        <v>46007</v>
+      </c>
+      <c r="C179" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D179" s="63"/>
-[...33 lines deleted...]
-      <c r="C180" s="62" t="s">
+      <c r="D179" s="31"/>
+      <c r="E179" s="32"/>
+      <c r="F179" s="33"/>
+      <c r="G179" s="33"/>
+      <c r="H179" s="33"/>
+      <c r="I179" s="33"/>
+      <c r="J179" s="50"/>
+      <c r="K179" s="35"/>
+      <c r="L179" s="33"/>
+      <c r="M179" s="33"/>
+      <c r="N179" s="33"/>
+      <c r="O179" s="50"/>
+      <c r="P179" s="31"/>
+      <c r="Q179" s="32"/>
+      <c r="R179" s="35"/>
+      <c r="S179" s="33"/>
+      <c r="T179" s="33"/>
+      <c r="U179" s="33"/>
+      <c r="V179" s="50"/>
+      <c r="W179" s="35"/>
+      <c r="X179" s="33"/>
+      <c r="Y179" s="33"/>
+      <c r="Z179" s="33"/>
+      <c r="AA179" s="50"/>
+      <c r="AB179" s="35"/>
+      <c r="AC179" s="33"/>
+      <c r="AD179" s="33"/>
+      <c r="AE179" s="33"/>
+      <c r="AF179" s="50"/>
+    </row>
+    <row r="180" customHeight="1" spans="2:32">
+      <c r="B180" s="29">
+        <v>46008</v>
+      </c>
+      <c r="C180" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D180" s="63"/>
-[...33 lines deleted...]
-      <c r="C181" s="62" t="s">
+      <c r="D180" s="31"/>
+      <c r="E180" s="32"/>
+      <c r="F180" s="33"/>
+      <c r="G180" s="33"/>
+      <c r="H180" s="33"/>
+      <c r="I180" s="33"/>
+      <c r="J180" s="50"/>
+      <c r="K180" s="35"/>
+      <c r="L180" s="33"/>
+      <c r="M180" s="33"/>
+      <c r="N180" s="33"/>
+      <c r="O180" s="50"/>
+      <c r="P180" s="31"/>
+      <c r="Q180" s="32"/>
+      <c r="R180" s="35"/>
+      <c r="S180" s="33"/>
+      <c r="T180" s="33"/>
+      <c r="U180" s="33"/>
+      <c r="V180" s="50"/>
+      <c r="W180" s="35"/>
+      <c r="X180" s="33"/>
+      <c r="Y180" s="33"/>
+      <c r="Z180" s="33"/>
+      <c r="AA180" s="50"/>
+      <c r="AB180" s="35"/>
+      <c r="AC180" s="33"/>
+      <c r="AD180" s="33"/>
+      <c r="AE180" s="33"/>
+      <c r="AF180" s="50"/>
+    </row>
+    <row r="181" customHeight="1" spans="2:32">
+      <c r="B181" s="29">
+        <v>46009</v>
+      </c>
+      <c r="C181" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D181" s="63"/>
-[...33 lines deleted...]
-      <c r="C182" s="62" t="s">
+      <c r="D181" s="31"/>
+      <c r="E181" s="32"/>
+      <c r="F181" s="33"/>
+      <c r="G181" s="33"/>
+      <c r="H181" s="33"/>
+      <c r="I181" s="33"/>
+      <c r="J181" s="50"/>
+      <c r="K181" s="35"/>
+      <c r="L181" s="33"/>
+      <c r="M181" s="33"/>
+      <c r="N181" s="33"/>
+      <c r="O181" s="50"/>
+      <c r="P181" s="31"/>
+      <c r="Q181" s="32"/>
+      <c r="R181" s="35"/>
+      <c r="S181" s="33"/>
+      <c r="T181" s="33"/>
+      <c r="U181" s="33"/>
+      <c r="V181" s="50"/>
+      <c r="W181" s="35"/>
+      <c r="X181" s="33"/>
+      <c r="Y181" s="33"/>
+      <c r="Z181" s="33"/>
+      <c r="AA181" s="50"/>
+      <c r="AB181" s="35"/>
+      <c r="AC181" s="33"/>
+      <c r="AD181" s="33"/>
+      <c r="AE181" s="33"/>
+      <c r="AF181" s="50"/>
+    </row>
+    <row r="182" customHeight="1" spans="2:32">
+      <c r="B182" s="29">
+        <v>46010</v>
+      </c>
+      <c r="C182" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D182" s="63"/>
-[...33 lines deleted...]
-      <c r="C183" s="62" t="s">
+      <c r="D182" s="31"/>
+      <c r="E182" s="32"/>
+      <c r="F182" s="33"/>
+      <c r="G182" s="33"/>
+      <c r="H182" s="33"/>
+      <c r="I182" s="33"/>
+      <c r="J182" s="50"/>
+      <c r="K182" s="35"/>
+      <c r="L182" s="33"/>
+      <c r="M182" s="33"/>
+      <c r="N182" s="33"/>
+      <c r="O182" s="50"/>
+      <c r="P182" s="31"/>
+      <c r="Q182" s="32"/>
+      <c r="R182" s="35"/>
+      <c r="S182" s="33"/>
+      <c r="T182" s="33"/>
+      <c r="U182" s="33"/>
+      <c r="V182" s="50"/>
+      <c r="W182" s="35"/>
+      <c r="X182" s="33"/>
+      <c r="Y182" s="33"/>
+      <c r="Z182" s="33"/>
+      <c r="AA182" s="50"/>
+      <c r="AB182" s="35"/>
+      <c r="AC182" s="33"/>
+      <c r="AD182" s="33"/>
+      <c r="AE182" s="33"/>
+      <c r="AF182" s="50"/>
+    </row>
+    <row r="183" customHeight="1" spans="2:32">
+      <c r="B183" s="29">
+        <v>46011</v>
+      </c>
+      <c r="C183" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D183" s="63"/>
-[...33 lines deleted...]
-      <c r="C184" s="62" t="s">
+      <c r="D183" s="31"/>
+      <c r="E183" s="32"/>
+      <c r="F183" s="33"/>
+      <c r="G183" s="33"/>
+      <c r="H183" s="33"/>
+      <c r="I183" s="33"/>
+      <c r="J183" s="50"/>
+      <c r="K183" s="35"/>
+      <c r="L183" s="33"/>
+      <c r="M183" s="33"/>
+      <c r="N183" s="33"/>
+      <c r="O183" s="50"/>
+      <c r="P183" s="31"/>
+      <c r="Q183" s="32"/>
+      <c r="R183" s="35"/>
+      <c r="S183" s="33"/>
+      <c r="T183" s="33"/>
+      <c r="U183" s="33"/>
+      <c r="V183" s="50"/>
+      <c r="W183" s="35"/>
+      <c r="X183" s="33"/>
+      <c r="Y183" s="33"/>
+      <c r="Z183" s="33"/>
+      <c r="AA183" s="50"/>
+      <c r="AB183" s="35"/>
+      <c r="AC183" s="33"/>
+      <c r="AD183" s="33"/>
+      <c r="AE183" s="33"/>
+      <c r="AF183" s="50"/>
+    </row>
+    <row r="184" customHeight="1" spans="2:32">
+      <c r="B184" s="29">
+        <v>46012</v>
+      </c>
+      <c r="C184" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D184" s="63"/>
-[...33 lines deleted...]
-      <c r="C185" s="62" t="s">
+      <c r="D184" s="31"/>
+      <c r="E184" s="32"/>
+      <c r="F184" s="33"/>
+      <c r="G184" s="33"/>
+      <c r="H184" s="33"/>
+      <c r="I184" s="33"/>
+      <c r="J184" s="50"/>
+      <c r="K184" s="35"/>
+      <c r="L184" s="33"/>
+      <c r="M184" s="33"/>
+      <c r="N184" s="33"/>
+      <c r="O184" s="50"/>
+      <c r="P184" s="31"/>
+      <c r="Q184" s="32"/>
+      <c r="R184" s="35"/>
+      <c r="S184" s="33"/>
+      <c r="T184" s="33"/>
+      <c r="U184" s="33"/>
+      <c r="V184" s="50"/>
+      <c r="W184" s="35"/>
+      <c r="X184" s="33"/>
+      <c r="Y184" s="33"/>
+      <c r="Z184" s="33"/>
+      <c r="AA184" s="50"/>
+      <c r="AB184" s="35"/>
+      <c r="AC184" s="33"/>
+      <c r="AD184" s="33"/>
+      <c r="AE184" s="33"/>
+      <c r="AF184" s="50"/>
+    </row>
+    <row r="185" customHeight="1" spans="2:32">
+      <c r="B185" s="29">
+        <v>46013</v>
+      </c>
+      <c r="C185" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D185" s="63"/>
-[...33 lines deleted...]
-      <c r="C186" s="62" t="s">
+      <c r="D185" s="31"/>
+      <c r="E185" s="32"/>
+      <c r="F185" s="33"/>
+      <c r="G185" s="33"/>
+      <c r="H185" s="33"/>
+      <c r="I185" s="33"/>
+      <c r="J185" s="50"/>
+      <c r="K185" s="35"/>
+      <c r="L185" s="33"/>
+      <c r="M185" s="33"/>
+      <c r="N185" s="33"/>
+      <c r="O185" s="50"/>
+      <c r="P185" s="31"/>
+      <c r="Q185" s="32"/>
+      <c r="R185" s="35"/>
+      <c r="S185" s="33"/>
+      <c r="T185" s="33"/>
+      <c r="U185" s="33"/>
+      <c r="V185" s="50"/>
+      <c r="W185" s="35"/>
+      <c r="X185" s="33"/>
+      <c r="Y185" s="33"/>
+      <c r="Z185" s="33"/>
+      <c r="AA185" s="50"/>
+      <c r="AB185" s="35"/>
+      <c r="AC185" s="33"/>
+      <c r="AD185" s="33"/>
+      <c r="AE185" s="33"/>
+      <c r="AF185" s="50"/>
+    </row>
+    <row r="186" customHeight="1" spans="2:32">
+      <c r="B186" s="29">
+        <v>46014</v>
+      </c>
+      <c r="C186" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D186" s="63"/>
-[...33 lines deleted...]
-      <c r="C187" s="62" t="s">
+      <c r="D186" s="31"/>
+      <c r="E186" s="32"/>
+      <c r="F186" s="33"/>
+      <c r="G186" s="33"/>
+      <c r="H186" s="33"/>
+      <c r="I186" s="33"/>
+      <c r="J186" s="50"/>
+      <c r="K186" s="35"/>
+      <c r="L186" s="33"/>
+      <c r="M186" s="33"/>
+      <c r="N186" s="33"/>
+      <c r="O186" s="50"/>
+      <c r="P186" s="31"/>
+      <c r="Q186" s="32"/>
+      <c r="R186" s="35"/>
+      <c r="S186" s="33"/>
+      <c r="T186" s="33"/>
+      <c r="U186" s="33"/>
+      <c r="V186" s="50"/>
+      <c r="W186" s="35"/>
+      <c r="X186" s="33"/>
+      <c r="Y186" s="33"/>
+      <c r="Z186" s="33"/>
+      <c r="AA186" s="50"/>
+      <c r="AB186" s="35"/>
+      <c r="AC186" s="33"/>
+      <c r="AD186" s="33"/>
+      <c r="AE186" s="33"/>
+      <c r="AF186" s="50"/>
+    </row>
+    <row r="187" customHeight="1" spans="2:32">
+      <c r="B187" s="29">
+        <v>46015</v>
+      </c>
+      <c r="C187" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D187" s="63"/>
-[...33 lines deleted...]
-      <c r="C188" s="62" t="s">
+      <c r="D187" s="31"/>
+      <c r="E187" s="32"/>
+      <c r="F187" s="33"/>
+      <c r="G187" s="33"/>
+      <c r="H187" s="33"/>
+      <c r="I187" s="33"/>
+      <c r="J187" s="50"/>
+      <c r="K187" s="35"/>
+      <c r="L187" s="33"/>
+      <c r="M187" s="33"/>
+      <c r="N187" s="33"/>
+      <c r="O187" s="50"/>
+      <c r="P187" s="31"/>
+      <c r="Q187" s="32"/>
+      <c r="R187" s="35"/>
+      <c r="S187" s="33"/>
+      <c r="T187" s="33"/>
+      <c r="U187" s="33"/>
+      <c r="V187" s="50"/>
+      <c r="W187" s="35"/>
+      <c r="X187" s="33"/>
+      <c r="Y187" s="33"/>
+      <c r="Z187" s="33"/>
+      <c r="AA187" s="50"/>
+      <c r="AB187" s="35"/>
+      <c r="AC187" s="33"/>
+      <c r="AD187" s="33"/>
+      <c r="AE187" s="33"/>
+      <c r="AF187" s="50"/>
+    </row>
+    <row r="188" customHeight="1" spans="2:32">
+      <c r="B188" s="29">
+        <v>46016</v>
+      </c>
+      <c r="C188" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D188" s="63"/>
-[...33 lines deleted...]
-      <c r="C189" s="62" t="s">
+      <c r="D188" s="31"/>
+      <c r="E188" s="32"/>
+      <c r="F188" s="33"/>
+      <c r="G188" s="33"/>
+      <c r="H188" s="33"/>
+      <c r="I188" s="33"/>
+      <c r="J188" s="50"/>
+      <c r="K188" s="35"/>
+      <c r="L188" s="33"/>
+      <c r="M188" s="33"/>
+      <c r="N188" s="33"/>
+      <c r="O188" s="50"/>
+      <c r="P188" s="31"/>
+      <c r="Q188" s="32"/>
+      <c r="R188" s="35"/>
+      <c r="S188" s="33"/>
+      <c r="T188" s="33"/>
+      <c r="U188" s="33"/>
+      <c r="V188" s="50"/>
+      <c r="W188" s="35"/>
+      <c r="X188" s="33"/>
+      <c r="Y188" s="33"/>
+      <c r="Z188" s="33"/>
+      <c r="AA188" s="50"/>
+      <c r="AB188" s="35"/>
+      <c r="AC188" s="33"/>
+      <c r="AD188" s="33"/>
+      <c r="AE188" s="33"/>
+      <c r="AF188" s="50"/>
+    </row>
+    <row r="189" customHeight="1" spans="2:32">
+      <c r="B189" s="29">
+        <v>46017</v>
+      </c>
+      <c r="C189" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D189" s="63"/>
-[...31 lines deleted...]
-      <c r="C190" s="62" t="s">
+      <c r="D189" s="31"/>
+      <c r="E189" s="32"/>
+      <c r="F189" s="33"/>
+      <c r="G189" s="33"/>
+      <c r="H189" s="33"/>
+      <c r="I189" s="33"/>
+      <c r="J189" s="50"/>
+      <c r="K189" s="35"/>
+      <c r="L189" s="33"/>
+      <c r="M189" s="33"/>
+      <c r="N189" s="33"/>
+      <c r="O189" s="50"/>
+      <c r="P189" s="31"/>
+      <c r="Q189" s="32"/>
+      <c r="R189" s="35"/>
+      <c r="S189" s="33"/>
+      <c r="T189" s="33"/>
+      <c r="U189" s="33"/>
+      <c r="V189" s="50"/>
+      <c r="W189" s="35"/>
+      <c r="X189" s="33"/>
+      <c r="Y189" s="33"/>
+      <c r="Z189" s="33"/>
+      <c r="AA189" s="50"/>
+      <c r="AB189" s="35"/>
+      <c r="AC189" s="33"/>
+      <c r="AF189" s="110"/>
+    </row>
+    <row r="190" customHeight="1" spans="2:32">
+      <c r="B190" s="29">
+        <v>46018</v>
+      </c>
+      <c r="C190" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D190" s="63"/>
-[...29 lines deleted...]
-      <c r="C191" s="62" t="s">
+      <c r="D190" s="31"/>
+      <c r="E190" s="32"/>
+      <c r="F190" s="33"/>
+      <c r="G190" s="33"/>
+      <c r="H190" s="33"/>
+      <c r="I190" s="33"/>
+      <c r="J190" s="50"/>
+      <c r="K190" s="35"/>
+      <c r="L190" s="33"/>
+      <c r="M190" s="33"/>
+      <c r="N190" s="33"/>
+      <c r="O190" s="50"/>
+      <c r="P190" s="31"/>
+      <c r="Q190" s="32"/>
+      <c r="R190" s="35"/>
+      <c r="S190" s="33"/>
+      <c r="V190" s="110"/>
+      <c r="W190" s="35"/>
+      <c r="X190" s="33"/>
+      <c r="AA190" s="110"/>
+      <c r="AB190" s="35"/>
+      <c r="AC190" s="33"/>
+      <c r="AD190" s="33"/>
+      <c r="AE190" s="33"/>
+      <c r="AF190" s="50"/>
+    </row>
+    <row r="191" customHeight="1" spans="2:32">
+      <c r="B191" s="29">
+        <v>46019</v>
+      </c>
+      <c r="C191" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D191" s="63"/>
-[...33 lines deleted...]
-      <c r="C192" s="62" t="s">
+      <c r="D191" s="31"/>
+      <c r="E191" s="32"/>
+      <c r="F191" s="33"/>
+      <c r="G191" s="33"/>
+      <c r="H191" s="33"/>
+      <c r="I191" s="33"/>
+      <c r="J191" s="50"/>
+      <c r="K191" s="35"/>
+      <c r="L191" s="33"/>
+      <c r="M191" s="33"/>
+      <c r="N191" s="33"/>
+      <c r="O191" s="50"/>
+      <c r="P191" s="31"/>
+      <c r="Q191" s="32"/>
+      <c r="R191" s="35"/>
+      <c r="S191" s="33"/>
+      <c r="T191" s="33"/>
+      <c r="U191" s="33"/>
+      <c r="V191" s="50"/>
+      <c r="W191" s="35"/>
+      <c r="X191" s="33"/>
+      <c r="Y191" s="33"/>
+      <c r="Z191" s="33"/>
+      <c r="AA191" s="50"/>
+      <c r="AB191" s="35"/>
+      <c r="AC191" s="33"/>
+      <c r="AD191" s="33"/>
+      <c r="AE191" s="33"/>
+      <c r="AF191" s="50"/>
+    </row>
+    <row r="192" customHeight="1" spans="2:32">
+      <c r="B192" s="29">
+        <v>46020</v>
+      </c>
+      <c r="C192" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D192" s="63"/>
-[...33 lines deleted...]
-      <c r="C193" s="62" t="s">
+      <c r="D192" s="31"/>
+      <c r="E192" s="32"/>
+      <c r="F192" s="33"/>
+      <c r="G192" s="33"/>
+      <c r="H192" s="33"/>
+      <c r="I192" s="33"/>
+      <c r="J192" s="50"/>
+      <c r="K192" s="35"/>
+      <c r="L192" s="33"/>
+      <c r="M192" s="33"/>
+      <c r="N192" s="33"/>
+      <c r="O192" s="50"/>
+      <c r="P192" s="31"/>
+      <c r="Q192" s="32"/>
+      <c r="R192" s="35"/>
+      <c r="S192" s="33"/>
+      <c r="T192" s="33"/>
+      <c r="U192" s="33"/>
+      <c r="V192" s="50"/>
+      <c r="W192" s="35"/>
+      <c r="X192" s="33"/>
+      <c r="Y192" s="33"/>
+      <c r="Z192" s="33"/>
+      <c r="AA192" s="50"/>
+      <c r="AB192" s="35"/>
+      <c r="AC192" s="33"/>
+      <c r="AD192" s="33"/>
+      <c r="AE192" s="33"/>
+      <c r="AF192" s="50"/>
+    </row>
+    <row r="193" customHeight="1" spans="2:32">
+      <c r="B193" s="29">
+        <v>46021</v>
+      </c>
+      <c r="C193" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D193" s="63"/>
-[...33 lines deleted...]
-      <c r="C194" s="62" t="s">
+      <c r="D193" s="31"/>
+      <c r="E193" s="32"/>
+      <c r="F193" s="33"/>
+      <c r="G193" s="33"/>
+      <c r="H193" s="33"/>
+      <c r="I193" s="33"/>
+      <c r="J193" s="50"/>
+      <c r="K193" s="35"/>
+      <c r="L193" s="33"/>
+      <c r="M193" s="33"/>
+      <c r="N193" s="33"/>
+      <c r="O193" s="50"/>
+      <c r="P193" s="31"/>
+      <c r="Q193" s="32"/>
+      <c r="R193" s="35"/>
+      <c r="S193" s="33"/>
+      <c r="T193" s="33"/>
+      <c r="U193" s="33"/>
+      <c r="V193" s="50"/>
+      <c r="W193" s="35"/>
+      <c r="X193" s="33"/>
+      <c r="Y193" s="33"/>
+      <c r="Z193" s="33"/>
+      <c r="AA193" s="50"/>
+      <c r="AB193" s="35"/>
+      <c r="AC193" s="33"/>
+      <c r="AD193" s="33"/>
+      <c r="AE193" s="33"/>
+      <c r="AF193" s="50"/>
+    </row>
+    <row r="194" customHeight="1" spans="2:32">
+      <c r="B194" s="29">
+        <v>46022</v>
+      </c>
+      <c r="C194" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D194" s="63"/>
-[...33 lines deleted...]
-      <c r="C195" s="62" t="s">
+      <c r="D194" s="31"/>
+      <c r="E194" s="32"/>
+      <c r="F194" s="33"/>
+      <c r="G194" s="33"/>
+      <c r="H194" s="33"/>
+      <c r="I194" s="33"/>
+      <c r="J194" s="50"/>
+      <c r="K194" s="35"/>
+      <c r="L194" s="33"/>
+      <c r="M194" s="33"/>
+      <c r="N194" s="33"/>
+      <c r="O194" s="50"/>
+      <c r="P194" s="31"/>
+      <c r="Q194" s="32"/>
+      <c r="R194" s="35"/>
+      <c r="S194" s="33"/>
+      <c r="T194" s="33"/>
+      <c r="U194" s="33"/>
+      <c r="V194" s="50"/>
+      <c r="W194" s="35"/>
+      <c r="X194" s="33"/>
+      <c r="Y194" s="33"/>
+      <c r="Z194" s="33"/>
+      <c r="AA194" s="50"/>
+      <c r="AB194" s="35"/>
+      <c r="AC194" s="33"/>
+      <c r="AD194" s="33"/>
+      <c r="AE194" s="33"/>
+      <c r="AF194" s="50"/>
+    </row>
+    <row r="195" customHeight="1" spans="2:32">
+      <c r="B195" s="29">
+        <v>46023</v>
+      </c>
+      <c r="C195" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D195" s="63"/>
-[...33 lines deleted...]
-      <c r="C196" s="62" t="s">
+      <c r="D195" s="31"/>
+      <c r="E195" s="32"/>
+      <c r="F195" s="33"/>
+      <c r="G195" s="33"/>
+      <c r="H195" s="33"/>
+      <c r="I195" s="33"/>
+      <c r="J195" s="50"/>
+      <c r="K195" s="35"/>
+      <c r="L195" s="33"/>
+      <c r="M195" s="33"/>
+      <c r="N195" s="33"/>
+      <c r="O195" s="50"/>
+      <c r="P195" s="31"/>
+      <c r="Q195" s="32"/>
+      <c r="R195" s="35"/>
+      <c r="S195" s="33"/>
+      <c r="T195" s="33"/>
+      <c r="U195" s="33"/>
+      <c r="V195" s="50"/>
+      <c r="W195" s="35"/>
+      <c r="X195" s="33"/>
+      <c r="Y195" s="33"/>
+      <c r="Z195" s="33"/>
+      <c r="AA195" s="50"/>
+      <c r="AB195" s="35"/>
+      <c r="AC195" s="33"/>
+      <c r="AD195" s="33"/>
+      <c r="AE195" s="33"/>
+      <c r="AF195" s="50"/>
+    </row>
+    <row r="196" customHeight="1" spans="2:32">
+      <c r="B196" s="29">
+        <v>46024</v>
+      </c>
+      <c r="C196" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D196" s="63"/>
-[...30 lines deleted...]
-      <c r="A197" s="124" t="s">
+      <c r="D196" s="31"/>
+      <c r="E196" s="32"/>
+      <c r="F196" s="33"/>
+      <c r="G196" s="33"/>
+      <c r="H196" s="33"/>
+      <c r="I196" s="33"/>
+      <c r="J196" s="50"/>
+      <c r="K196" s="35"/>
+      <c r="L196" s="33"/>
+      <c r="M196" s="33"/>
+      <c r="N196" s="33"/>
+      <c r="O196" s="50"/>
+      <c r="P196" s="31"/>
+      <c r="Q196" s="32"/>
+      <c r="R196" s="35"/>
+      <c r="S196" s="33"/>
+      <c r="T196" s="33"/>
+      <c r="U196" s="33"/>
+      <c r="V196" s="50"/>
+      <c r="W196" s="35"/>
+      <c r="X196" s="33"/>
+      <c r="Y196" s="33"/>
+      <c r="Z196" s="33"/>
+      <c r="AA196" s="50"/>
+      <c r="AB196" s="35"/>
+      <c r="AC196" s="114"/>
+      <c r="AD196" s="33"/>
+      <c r="AE196" s="33"/>
+      <c r="AF196" s="50"/>
+    </row>
+    <row r="197" customHeight="1" spans="1:32">
+      <c r="A197" s="97" t="s">
         <v>101</v>
       </c>
-      <c r="B197" s="61">
-[...2 lines deleted...]
-      <c r="C197" s="62" t="s">
+      <c r="B197" s="29">
+        <v>46025</v>
+      </c>
+      <c r="C197" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D197" s="63"/>
-[...33 lines deleted...]
-      <c r="C198" s="62" t="s">
+      <c r="D197" s="31"/>
+      <c r="E197" s="32"/>
+      <c r="F197" s="33"/>
+      <c r="G197" s="33"/>
+      <c r="H197" s="33"/>
+      <c r="I197" s="33"/>
+      <c r="J197" s="50"/>
+      <c r="K197" s="35"/>
+      <c r="L197" s="114"/>
+      <c r="M197" s="33"/>
+      <c r="N197" s="33"/>
+      <c r="O197" s="50"/>
+      <c r="P197" s="31"/>
+      <c r="Q197" s="32"/>
+      <c r="R197" s="35"/>
+      <c r="S197" s="114"/>
+      <c r="T197" s="33"/>
+      <c r="U197" s="33"/>
+      <c r="V197" s="50"/>
+      <c r="W197" s="35"/>
+      <c r="X197" s="114"/>
+      <c r="Y197" s="33"/>
+      <c r="Z197" s="33"/>
+      <c r="AA197" s="50"/>
+      <c r="AB197" s="35"/>
+      <c r="AC197" s="33"/>
+      <c r="AD197" s="33"/>
+      <c r="AE197" s="33"/>
+      <c r="AF197" s="50"/>
+    </row>
+    <row r="198" customHeight="1" spans="2:32">
+      <c r="B198" s="29">
+        <v>46026</v>
+      </c>
+      <c r="C198" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D198" s="63"/>
-[...33 lines deleted...]
-      <c r="C199" s="62" t="s">
+      <c r="D198" s="31"/>
+      <c r="E198" s="32"/>
+      <c r="F198" s="33"/>
+      <c r="G198" s="33"/>
+      <c r="H198" s="33"/>
+      <c r="I198" s="33"/>
+      <c r="J198" s="50"/>
+      <c r="K198" s="35"/>
+      <c r="L198" s="33"/>
+      <c r="M198" s="33"/>
+      <c r="N198" s="33"/>
+      <c r="O198" s="50"/>
+      <c r="P198" s="31"/>
+      <c r="Q198" s="32"/>
+      <c r="R198" s="35"/>
+      <c r="S198" s="33"/>
+      <c r="T198" s="33"/>
+      <c r="U198" s="33"/>
+      <c r="V198" s="50"/>
+      <c r="W198" s="35"/>
+      <c r="X198" s="33"/>
+      <c r="Y198" s="33"/>
+      <c r="Z198" s="33"/>
+      <c r="AA198" s="50"/>
+      <c r="AB198" s="35"/>
+      <c r="AC198" s="33"/>
+      <c r="AD198" s="33"/>
+      <c r="AE198" s="33"/>
+      <c r="AF198" s="50"/>
+    </row>
+    <row r="199" customHeight="1" spans="2:32">
+      <c r="B199" s="29">
+        <v>46027</v>
+      </c>
+      <c r="C199" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D199" s="63"/>
-[...33 lines deleted...]
-      <c r="C200" s="62" t="s">
+      <c r="D199" s="31"/>
+      <c r="E199" s="32"/>
+      <c r="F199" s="33"/>
+      <c r="G199" s="33"/>
+      <c r="H199" s="33"/>
+      <c r="I199" s="33"/>
+      <c r="J199" s="50"/>
+      <c r="K199" s="35"/>
+      <c r="L199" s="33"/>
+      <c r="M199" s="33"/>
+      <c r="N199" s="33"/>
+      <c r="O199" s="50"/>
+      <c r="P199" s="31"/>
+      <c r="Q199" s="32"/>
+      <c r="R199" s="35"/>
+      <c r="S199" s="33"/>
+      <c r="T199" s="33"/>
+      <c r="U199" s="33"/>
+      <c r="V199" s="50"/>
+      <c r="W199" s="35"/>
+      <c r="X199" s="33"/>
+      <c r="Y199" s="33"/>
+      <c r="Z199" s="33"/>
+      <c r="AA199" s="50"/>
+      <c r="AB199" s="35"/>
+      <c r="AC199" s="33"/>
+      <c r="AD199" s="33"/>
+      <c r="AE199" s="33"/>
+      <c r="AF199" s="50"/>
+    </row>
+    <row r="200" customHeight="1" spans="2:32">
+      <c r="B200" s="29">
+        <v>46028</v>
+      </c>
+      <c r="C200" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D200" s="63"/>
-[...33 lines deleted...]
-      <c r="C201" s="62" t="s">
+      <c r="D200" s="31"/>
+      <c r="E200" s="32"/>
+      <c r="F200" s="33"/>
+      <c r="G200" s="33"/>
+      <c r="H200" s="33"/>
+      <c r="I200" s="33"/>
+      <c r="J200" s="50"/>
+      <c r="K200" s="35"/>
+      <c r="L200" s="33"/>
+      <c r="M200" s="33"/>
+      <c r="N200" s="33"/>
+      <c r="O200" s="50"/>
+      <c r="P200" s="31"/>
+      <c r="Q200" s="32"/>
+      <c r="R200" s="35"/>
+      <c r="S200" s="33"/>
+      <c r="T200" s="33"/>
+      <c r="U200" s="33"/>
+      <c r="V200" s="50"/>
+      <c r="W200" s="35"/>
+      <c r="X200" s="33"/>
+      <c r="Y200" s="33"/>
+      <c r="Z200" s="33"/>
+      <c r="AA200" s="50"/>
+      <c r="AB200" s="35"/>
+      <c r="AC200" s="33"/>
+      <c r="AD200" s="33"/>
+      <c r="AE200" s="33"/>
+      <c r="AF200" s="50"/>
+    </row>
+    <row r="201" customHeight="1" spans="2:32">
+      <c r="B201" s="29">
+        <v>46029</v>
+      </c>
+      <c r="C201" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D201" s="63"/>
-[...33 lines deleted...]
-      <c r="C202" s="62" t="s">
+      <c r="D201" s="31"/>
+      <c r="E201" s="32"/>
+      <c r="F201" s="33"/>
+      <c r="G201" s="33"/>
+      <c r="H201" s="33"/>
+      <c r="I201" s="33"/>
+      <c r="J201" s="50"/>
+      <c r="K201" s="35"/>
+      <c r="L201" s="33"/>
+      <c r="M201" s="33"/>
+      <c r="N201" s="33"/>
+      <c r="O201" s="50"/>
+      <c r="P201" s="31"/>
+      <c r="Q201" s="32"/>
+      <c r="R201" s="35"/>
+      <c r="S201" s="33"/>
+      <c r="T201" s="33"/>
+      <c r="U201" s="33"/>
+      <c r="V201" s="50"/>
+      <c r="W201" s="35"/>
+      <c r="X201" s="33"/>
+      <c r="Y201" s="33"/>
+      <c r="Z201" s="33"/>
+      <c r="AA201" s="50"/>
+      <c r="AB201" s="35"/>
+      <c r="AC201" s="33"/>
+      <c r="AD201" s="33"/>
+      <c r="AE201" s="33"/>
+      <c r="AF201" s="50"/>
+    </row>
+    <row r="202" customHeight="1" spans="2:32">
+      <c r="B202" s="29">
+        <v>46030</v>
+      </c>
+      <c r="C202" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D202" s="63"/>
-[...33 lines deleted...]
-      <c r="C203" s="62" t="s">
+      <c r="D202" s="31"/>
+      <c r="E202" s="32"/>
+      <c r="F202" s="33"/>
+      <c r="G202" s="33"/>
+      <c r="H202" s="33"/>
+      <c r="I202" s="33"/>
+      <c r="J202" s="50"/>
+      <c r="K202" s="35"/>
+      <c r="L202" s="33"/>
+      <c r="M202" s="33"/>
+      <c r="N202" s="33"/>
+      <c r="O202" s="50"/>
+      <c r="P202" s="31"/>
+      <c r="Q202" s="32"/>
+      <c r="R202" s="35"/>
+      <c r="S202" s="33"/>
+      <c r="T202" s="33"/>
+      <c r="U202" s="33"/>
+      <c r="V202" s="50"/>
+      <c r="W202" s="35"/>
+      <c r="X202" s="33"/>
+      <c r="Y202" s="33"/>
+      <c r="Z202" s="33"/>
+      <c r="AA202" s="50"/>
+      <c r="AB202" s="35"/>
+      <c r="AC202" s="33"/>
+      <c r="AD202" s="33"/>
+      <c r="AE202" s="33"/>
+      <c r="AF202" s="50"/>
+    </row>
+    <row r="203" customHeight="1" spans="2:32">
+      <c r="B203" s="29">
+        <v>46031</v>
+      </c>
+      <c r="C203" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D203" s="63"/>
-[...33 lines deleted...]
-      <c r="C204" s="62" t="s">
+      <c r="D203" s="31"/>
+      <c r="E203" s="32"/>
+      <c r="F203" s="33"/>
+      <c r="G203" s="33"/>
+      <c r="H203" s="33"/>
+      <c r="I203" s="33"/>
+      <c r="J203" s="50"/>
+      <c r="K203" s="35"/>
+      <c r="L203" s="33"/>
+      <c r="M203" s="33"/>
+      <c r="N203" s="33"/>
+      <c r="O203" s="50"/>
+      <c r="P203" s="31"/>
+      <c r="Q203" s="32"/>
+      <c r="R203" s="35"/>
+      <c r="S203" s="33"/>
+      <c r="T203" s="33"/>
+      <c r="U203" s="33"/>
+      <c r="V203" s="50"/>
+      <c r="W203" s="35"/>
+      <c r="X203" s="33"/>
+      <c r="Y203" s="33"/>
+      <c r="Z203" s="33"/>
+      <c r="AA203" s="50"/>
+      <c r="AB203" s="35"/>
+      <c r="AC203" s="33"/>
+      <c r="AD203" s="33"/>
+      <c r="AE203" s="33"/>
+      <c r="AF203" s="50"/>
+    </row>
+    <row r="204" customHeight="1" spans="2:32">
+      <c r="B204" s="29">
+        <v>46032</v>
+      </c>
+      <c r="C204" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D204" s="63"/>
-[...33 lines deleted...]
-      <c r="C205" s="62" t="s">
+      <c r="D204" s="31"/>
+      <c r="E204" s="32"/>
+      <c r="F204" s="33"/>
+      <c r="G204" s="114"/>
+      <c r="H204" s="33"/>
+      <c r="I204" s="114"/>
+      <c r="J204" s="50"/>
+      <c r="K204" s="35"/>
+      <c r="L204" s="33"/>
+      <c r="M204" s="33"/>
+      <c r="N204" s="33"/>
+      <c r="O204" s="50"/>
+      <c r="P204" s="31"/>
+      <c r="Q204" s="32"/>
+      <c r="R204" s="35"/>
+      <c r="S204" s="33"/>
+      <c r="T204" s="33"/>
+      <c r="U204" s="33"/>
+      <c r="V204" s="50"/>
+      <c r="W204" s="35"/>
+      <c r="X204" s="33"/>
+      <c r="Y204" s="33"/>
+      <c r="Z204" s="33"/>
+      <c r="AA204" s="50"/>
+      <c r="AB204" s="35"/>
+      <c r="AC204" s="33"/>
+      <c r="AD204" s="33"/>
+      <c r="AE204" s="33"/>
+      <c r="AF204" s="50"/>
+    </row>
+    <row r="205" customHeight="1" spans="2:32">
+      <c r="B205" s="29">
+        <v>46033</v>
+      </c>
+      <c r="C205" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D205" s="63"/>
-[...33 lines deleted...]
-      <c r="C206" s="62" t="s">
+      <c r="D205" s="31"/>
+      <c r="E205" s="32"/>
+      <c r="F205" s="33"/>
+      <c r="G205" s="114"/>
+      <c r="H205" s="33"/>
+      <c r="I205" s="114"/>
+      <c r="J205" s="50"/>
+      <c r="K205" s="35"/>
+      <c r="L205" s="33"/>
+      <c r="M205" s="33"/>
+      <c r="N205" s="33"/>
+      <c r="O205" s="50"/>
+      <c r="P205" s="31"/>
+      <c r="Q205" s="32"/>
+      <c r="R205" s="35"/>
+      <c r="S205" s="33"/>
+      <c r="T205" s="33"/>
+      <c r="U205" s="33"/>
+      <c r="V205" s="50"/>
+      <c r="W205" s="35"/>
+      <c r="X205" s="33"/>
+      <c r="Y205" s="33"/>
+      <c r="Z205" s="33"/>
+      <c r="AA205" s="50"/>
+      <c r="AB205" s="35"/>
+      <c r="AC205" s="33"/>
+      <c r="AD205" s="33"/>
+      <c r="AE205" s="33"/>
+      <c r="AF205" s="50"/>
+    </row>
+    <row r="206" customHeight="1" spans="2:32">
+      <c r="B206" s="29">
+        <v>46034</v>
+      </c>
+      <c r="C206" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D206" s="67"/>
-[...33 lines deleted...]
-      <c r="C207" s="62" t="s">
+      <c r="D206" s="35"/>
+      <c r="E206" s="32"/>
+      <c r="F206" s="33"/>
+      <c r="G206" s="33"/>
+      <c r="H206" s="33"/>
+      <c r="I206" s="33"/>
+      <c r="J206" s="50"/>
+      <c r="K206" s="35"/>
+      <c r="L206" s="33"/>
+      <c r="M206" s="33"/>
+      <c r="N206" s="33"/>
+      <c r="O206" s="50"/>
+      <c r="P206" s="35"/>
+      <c r="Q206" s="32"/>
+      <c r="R206" s="35"/>
+      <c r="S206" s="33"/>
+      <c r="T206" s="33"/>
+      <c r="U206" s="33"/>
+      <c r="V206" s="50"/>
+      <c r="W206" s="35"/>
+      <c r="X206" s="33"/>
+      <c r="Y206" s="33"/>
+      <c r="Z206" s="33"/>
+      <c r="AA206" s="50"/>
+      <c r="AB206" s="35"/>
+      <c r="AC206" s="33"/>
+      <c r="AD206" s="33"/>
+      <c r="AE206" s="33"/>
+      <c r="AF206" s="50"/>
+    </row>
+    <row r="207" customHeight="1" spans="2:32">
+      <c r="B207" s="29">
+        <v>46035</v>
+      </c>
+      <c r="C207" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D207" s="67"/>
-[...33 lines deleted...]
-      <c r="C208" s="62" t="s">
+      <c r="D207" s="35"/>
+      <c r="E207" s="32"/>
+      <c r="F207" s="33"/>
+      <c r="G207" s="33"/>
+      <c r="H207" s="33"/>
+      <c r="I207" s="33"/>
+      <c r="J207" s="50"/>
+      <c r="K207" s="35"/>
+      <c r="L207" s="33"/>
+      <c r="M207" s="33"/>
+      <c r="N207" s="33"/>
+      <c r="O207" s="50"/>
+      <c r="P207" s="35"/>
+      <c r="Q207" s="32"/>
+      <c r="R207" s="35"/>
+      <c r="S207" s="33"/>
+      <c r="T207" s="33"/>
+      <c r="U207" s="33"/>
+      <c r="V207" s="50"/>
+      <c r="W207" s="35"/>
+      <c r="X207" s="33"/>
+      <c r="Y207" s="33"/>
+      <c r="Z207" s="33"/>
+      <c r="AA207" s="50"/>
+      <c r="AB207" s="35"/>
+      <c r="AC207" s="33"/>
+      <c r="AD207" s="33"/>
+      <c r="AE207" s="33"/>
+      <c r="AF207" s="50"/>
+    </row>
+    <row r="208" customHeight="1" spans="2:32">
+      <c r="B208" s="29">
+        <v>46036</v>
+      </c>
+      <c r="C208" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D208" s="67"/>
-[...33 lines deleted...]
-      <c r="C209" s="62" t="s">
+      <c r="D208" s="35"/>
+      <c r="E208" s="34"/>
+      <c r="F208" s="33"/>
+      <c r="G208" s="33"/>
+      <c r="H208" s="33"/>
+      <c r="I208" s="33"/>
+      <c r="J208" s="50"/>
+      <c r="K208" s="35"/>
+      <c r="L208" s="33"/>
+      <c r="M208" s="33"/>
+      <c r="N208" s="33"/>
+      <c r="O208" s="50"/>
+      <c r="P208" s="35"/>
+      <c r="Q208" s="34"/>
+      <c r="R208" s="35"/>
+      <c r="S208" s="33"/>
+      <c r="T208" s="33"/>
+      <c r="U208" s="33"/>
+      <c r="V208" s="50"/>
+      <c r="W208" s="35"/>
+      <c r="X208" s="33"/>
+      <c r="Y208" s="33"/>
+      <c r="Z208" s="33"/>
+      <c r="AA208" s="50"/>
+      <c r="AB208" s="35"/>
+      <c r="AC208" s="33"/>
+      <c r="AD208" s="33"/>
+      <c r="AE208" s="33"/>
+      <c r="AF208" s="50"/>
+    </row>
+    <row r="209" customHeight="1" spans="2:32">
+      <c r="B209" s="29">
+        <v>46037</v>
+      </c>
+      <c r="C209" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D209" s="67"/>
-[...33 lines deleted...]
-      <c r="C210" s="62" t="s">
+      <c r="D209" s="35"/>
+      <c r="E209" s="34"/>
+      <c r="F209" s="33"/>
+      <c r="G209" s="33"/>
+      <c r="H209" s="33"/>
+      <c r="I209" s="33"/>
+      <c r="J209" s="50"/>
+      <c r="K209" s="35"/>
+      <c r="L209" s="33"/>
+      <c r="M209" s="33"/>
+      <c r="N209" s="33"/>
+      <c r="O209" s="50"/>
+      <c r="P209" s="35"/>
+      <c r="Q209" s="34"/>
+      <c r="R209" s="35"/>
+      <c r="S209" s="33"/>
+      <c r="T209" s="33"/>
+      <c r="U209" s="33"/>
+      <c r="V209" s="50"/>
+      <c r="W209" s="35"/>
+      <c r="X209" s="33"/>
+      <c r="Y209" s="33"/>
+      <c r="Z209" s="33"/>
+      <c r="AA209" s="50"/>
+      <c r="AB209" s="35"/>
+      <c r="AC209" s="33"/>
+      <c r="AD209" s="33"/>
+      <c r="AE209" s="33"/>
+      <c r="AF209" s="50"/>
+    </row>
+    <row r="210" customHeight="1" spans="2:32">
+      <c r="B210" s="29">
+        <v>46038</v>
+      </c>
+      <c r="C210" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D210" s="67"/>
-[...33 lines deleted...]
-      <c r="C211" s="62" t="s">
+      <c r="D210" s="35"/>
+      <c r="E210" s="34"/>
+      <c r="F210" s="33"/>
+      <c r="G210" s="33"/>
+      <c r="H210" s="33"/>
+      <c r="I210" s="33"/>
+      <c r="J210" s="50"/>
+      <c r="K210" s="35"/>
+      <c r="L210" s="33"/>
+      <c r="M210" s="33"/>
+      <c r="N210" s="33"/>
+      <c r="O210" s="50"/>
+      <c r="P210" s="35"/>
+      <c r="Q210" s="34"/>
+      <c r="R210" s="35"/>
+      <c r="S210" s="33"/>
+      <c r="T210" s="33"/>
+      <c r="U210" s="33"/>
+      <c r="V210" s="50"/>
+      <c r="W210" s="35"/>
+      <c r="X210" s="33"/>
+      <c r="Y210" s="33"/>
+      <c r="Z210" s="33"/>
+      <c r="AA210" s="50"/>
+      <c r="AB210" s="35"/>
+      <c r="AC210" s="33"/>
+      <c r="AD210" s="33"/>
+      <c r="AE210" s="33"/>
+      <c r="AF210" s="50"/>
+    </row>
+    <row r="211" customHeight="1" spans="2:32">
+      <c r="B211" s="29">
+        <v>46039</v>
+      </c>
+      <c r="C211" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D211" s="67"/>
-[...2 lines deleted...]
-      <c r="G211" s="92" t="s">
+      <c r="D211" s="35"/>
+      <c r="E211" s="34"/>
+      <c r="F211" s="74"/>
+      <c r="G211" s="75" t="s">
         <v>59</v>
       </c>
-      <c r="H211" s="92" t="s">
+      <c r="H211" s="75" t="s">
         <v>102</v>
       </c>
-      <c r="I211" s="102" t="s">
+      <c r="I211" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J211" s="93" t="s">
+      <c r="J211" s="80" t="s">
         <v>53</v>
       </c>
-      <c r="K211" s="94"/>
-      <c r="L211" s="72" t="s">
+      <c r="K211" s="61"/>
+      <c r="L211" s="62" t="s">
         <v>103</v>
       </c>
-      <c r="M211" s="134"/>
-      <c r="N211" s="72" t="s">
+      <c r="M211" s="62"/>
+      <c r="N211" s="62" t="s">
         <v>104</v>
       </c>
-      <c r="O211" s="95"/>
-[...22 lines deleted...]
-      <c r="C212" s="62" t="s">
+      <c r="O211" s="69"/>
+      <c r="P211" s="35"/>
+      <c r="Q211" s="34"/>
+      <c r="R211" s="35"/>
+      <c r="S211" s="33"/>
+      <c r="T211" s="33"/>
+      <c r="U211" s="33"/>
+      <c r="V211" s="50"/>
+      <c r="W211" s="35"/>
+      <c r="X211" s="33"/>
+      <c r="Y211" s="33"/>
+      <c r="Z211" s="33"/>
+      <c r="AA211" s="50"/>
+      <c r="AB211" s="35"/>
+      <c r="AC211" s="33"/>
+      <c r="AD211" s="33"/>
+      <c r="AE211" s="33"/>
+      <c r="AF211" s="50"/>
+    </row>
+    <row r="212" customHeight="1" spans="2:32">
+      <c r="B212" s="29">
+        <v>46040</v>
+      </c>
+      <c r="C212" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D212" s="67"/>
-[...7 lines deleted...]
-      <c r="L212" s="72" t="s">
+      <c r="D212" s="35"/>
+      <c r="E212" s="34"/>
+      <c r="F212" s="33"/>
+      <c r="G212" s="33"/>
+      <c r="H212" s="33"/>
+      <c r="I212" s="33"/>
+      <c r="J212" s="50"/>
+      <c r="K212" s="61"/>
+      <c r="L212" s="62" t="s">
         <v>103</v>
       </c>
-      <c r="M212" s="134"/>
-      <c r="N212" s="72" t="s">
+      <c r="M212" s="62"/>
+      <c r="N212" s="62" t="s">
         <v>104</v>
       </c>
-      <c r="O212" s="95"/>
-[...22 lines deleted...]
-      <c r="C213" s="62" t="s">
+      <c r="O212" s="69"/>
+      <c r="P212" s="35"/>
+      <c r="Q212" s="34"/>
+      <c r="R212" s="35"/>
+      <c r="S212" s="33"/>
+      <c r="T212" s="33"/>
+      <c r="U212" s="33"/>
+      <c r="V212" s="50"/>
+      <c r="W212" s="35"/>
+      <c r="X212" s="33"/>
+      <c r="Y212" s="33"/>
+      <c r="Z212" s="33"/>
+      <c r="AA212" s="50"/>
+      <c r="AB212" s="35"/>
+      <c r="AC212" s="33"/>
+      <c r="AD212" s="33"/>
+      <c r="AE212" s="33"/>
+      <c r="AF212" s="50"/>
+    </row>
+    <row r="213" customHeight="1" spans="2:32">
+      <c r="B213" s="29">
+        <v>46041</v>
+      </c>
+      <c r="C213" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D213" s="67"/>
-[...33 lines deleted...]
-      <c r="C214" s="62" t="s">
+      <c r="D213" s="35"/>
+      <c r="E213" s="34"/>
+      <c r="F213" s="33"/>
+      <c r="G213" s="33"/>
+      <c r="H213" s="33"/>
+      <c r="I213" s="33"/>
+      <c r="J213" s="50"/>
+      <c r="K213" s="35"/>
+      <c r="L213" s="33"/>
+      <c r="M213" s="33"/>
+      <c r="N213" s="33"/>
+      <c r="O213" s="50"/>
+      <c r="P213" s="35"/>
+      <c r="Q213" s="34"/>
+      <c r="R213" s="35"/>
+      <c r="S213" s="33"/>
+      <c r="T213" s="33"/>
+      <c r="U213" s="33"/>
+      <c r="V213" s="50"/>
+      <c r="W213" s="35"/>
+      <c r="X213" s="33"/>
+      <c r="Y213" s="33"/>
+      <c r="Z213" s="33"/>
+      <c r="AA213" s="50"/>
+      <c r="AB213" s="35"/>
+      <c r="AC213" s="33"/>
+      <c r="AD213" s="33"/>
+      <c r="AE213" s="33"/>
+      <c r="AF213" s="50"/>
+    </row>
+    <row r="214" customHeight="1" spans="2:32">
+      <c r="B214" s="29">
+        <v>46042</v>
+      </c>
+      <c r="C214" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D214" s="67"/>
-[...33 lines deleted...]
-      <c r="C215" s="62" t="s">
+      <c r="D214" s="35"/>
+      <c r="E214" s="34"/>
+      <c r="F214" s="33"/>
+      <c r="G214" s="33"/>
+      <c r="H214" s="33"/>
+      <c r="I214" s="33"/>
+      <c r="J214" s="50"/>
+      <c r="K214" s="35"/>
+      <c r="L214" s="33"/>
+      <c r="M214" s="33"/>
+      <c r="N214" s="33"/>
+      <c r="O214" s="50"/>
+      <c r="P214" s="35"/>
+      <c r="Q214" s="34"/>
+      <c r="R214" s="35"/>
+      <c r="S214" s="33"/>
+      <c r="T214" s="33"/>
+      <c r="U214" s="33"/>
+      <c r="V214" s="50"/>
+      <c r="W214" s="35"/>
+      <c r="X214" s="33"/>
+      <c r="Y214" s="33"/>
+      <c r="Z214" s="33"/>
+      <c r="AA214" s="50"/>
+      <c r="AB214" s="35"/>
+      <c r="AC214" s="33"/>
+      <c r="AD214" s="33"/>
+      <c r="AE214" s="33"/>
+      <c r="AF214" s="50"/>
+    </row>
+    <row r="215" customHeight="1" spans="2:32">
+      <c r="B215" s="29">
+        <v>46043</v>
+      </c>
+      <c r="C215" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D215" s="67"/>
-[...33 lines deleted...]
-      <c r="C216" s="62" t="s">
+      <c r="D215" s="35"/>
+      <c r="E215" s="34"/>
+      <c r="F215" s="33"/>
+      <c r="G215" s="33"/>
+      <c r="H215" s="33"/>
+      <c r="I215" s="33"/>
+      <c r="J215" s="50"/>
+      <c r="K215" s="35"/>
+      <c r="L215" s="33"/>
+      <c r="M215" s="33"/>
+      <c r="N215" s="33"/>
+      <c r="O215" s="50"/>
+      <c r="P215" s="35"/>
+      <c r="Q215" s="34"/>
+      <c r="R215" s="35"/>
+      <c r="S215" s="33"/>
+      <c r="T215" s="33"/>
+      <c r="U215" s="33"/>
+      <c r="V215" s="50"/>
+      <c r="W215" s="35"/>
+      <c r="X215" s="33"/>
+      <c r="Y215" s="33"/>
+      <c r="Z215" s="33"/>
+      <c r="AA215" s="50"/>
+      <c r="AB215" s="35"/>
+      <c r="AC215" s="33"/>
+      <c r="AD215" s="33"/>
+      <c r="AE215" s="33"/>
+      <c r="AF215" s="50"/>
+    </row>
+    <row r="216" customHeight="1" spans="2:32">
+      <c r="B216" s="29">
+        <v>46044</v>
+      </c>
+      <c r="C216" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D216" s="67"/>
-[...33 lines deleted...]
-      <c r="C217" s="62" t="s">
+      <c r="D216" s="35"/>
+      <c r="E216" s="34"/>
+      <c r="F216" s="33"/>
+      <c r="G216" s="33"/>
+      <c r="H216" s="33"/>
+      <c r="I216" s="33"/>
+      <c r="J216" s="50"/>
+      <c r="K216" s="35"/>
+      <c r="L216" s="33"/>
+      <c r="M216" s="33"/>
+      <c r="N216" s="33"/>
+      <c r="O216" s="50"/>
+      <c r="P216" s="35"/>
+      <c r="Q216" s="34"/>
+      <c r="R216" s="35"/>
+      <c r="S216" s="33"/>
+      <c r="T216" s="33"/>
+      <c r="U216" s="33"/>
+      <c r="V216" s="50"/>
+      <c r="W216" s="35"/>
+      <c r="X216" s="33"/>
+      <c r="Y216" s="33"/>
+      <c r="Z216" s="33"/>
+      <c r="AA216" s="50"/>
+      <c r="AB216" s="35"/>
+      <c r="AC216" s="33"/>
+      <c r="AD216" s="33"/>
+      <c r="AE216" s="33"/>
+      <c r="AF216" s="50"/>
+    </row>
+    <row r="217" customHeight="1" spans="2:32">
+      <c r="B217" s="29">
+        <v>46045</v>
+      </c>
+      <c r="C217" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D217" s="67"/>
-[...33 lines deleted...]
-      <c r="C218" s="62" t="s">
+      <c r="D217" s="35"/>
+      <c r="E217" s="34"/>
+      <c r="F217" s="33"/>
+      <c r="G217" s="33"/>
+      <c r="H217" s="33"/>
+      <c r="I217" s="33"/>
+      <c r="J217" s="50"/>
+      <c r="K217" s="35"/>
+      <c r="L217" s="33"/>
+      <c r="M217" s="33"/>
+      <c r="N217" s="33"/>
+      <c r="O217" s="50"/>
+      <c r="P217" s="35"/>
+      <c r="Q217" s="34"/>
+      <c r="R217" s="35"/>
+      <c r="S217" s="33"/>
+      <c r="T217" s="33"/>
+      <c r="U217" s="33"/>
+      <c r="V217" s="50"/>
+      <c r="W217" s="35"/>
+      <c r="X217" s="33"/>
+      <c r="Y217" s="33"/>
+      <c r="Z217" s="33"/>
+      <c r="AA217" s="50"/>
+      <c r="AB217" s="35"/>
+      <c r="AC217" s="33"/>
+      <c r="AD217" s="33"/>
+      <c r="AE217" s="33"/>
+      <c r="AF217" s="50"/>
+    </row>
+    <row r="218" customHeight="1" spans="2:32">
+      <c r="B218" s="29">
+        <v>46046</v>
+      </c>
+      <c r="C218" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D218" s="67"/>
-[...2 lines deleted...]
-      <c r="G218" s="136" t="s">
+      <c r="D218" s="35"/>
+      <c r="E218" s="34"/>
+      <c r="F218" s="115"/>
+      <c r="G218" s="116" t="s">
         <v>105</v>
       </c>
-      <c r="H218" s="136" t="s">
+      <c r="H218" s="116" t="s">
         <v>36</v>
       </c>
-      <c r="I218" s="136" t="s">
+      <c r="I218" s="116" t="s">
         <v>106</v>
       </c>
-      <c r="J218" s="137" t="s">
+      <c r="J218" s="117" t="s">
         <v>107</v>
       </c>
-      <c r="K218" s="94"/>
-      <c r="L218" s="72" t="s">
+      <c r="K218" s="61"/>
+      <c r="L218" s="62" t="s">
         <v>108</v>
       </c>
-      <c r="M218" s="134"/>
-      <c r="N218" s="72" t="s">
+      <c r="M218" s="62"/>
+      <c r="N218" s="62" t="s">
         <v>76</v>
       </c>
-      <c r="O218" s="73" t="s">
+      <c r="O218" s="69" t="s">
         <v>109</v>
       </c>
-      <c r="P218" s="67"/>
-[...2 lines deleted...]
-      <c r="S218" s="72" t="s">
+      <c r="P218" s="35"/>
+      <c r="Q218" s="34"/>
+      <c r="R218" s="61"/>
+      <c r="S218" s="62" t="s">
         <v>110</v>
       </c>
-      <c r="T218" s="72" t="s">
+      <c r="T218" s="62" t="s">
         <v>111</v>
       </c>
-      <c r="U218" s="72" t="s">
+      <c r="U218" s="62" t="s">
         <v>64</v>
       </c>
-      <c r="V218" s="73" t="s">
+      <c r="V218" s="69" t="s">
         <v>65</v>
       </c>
-      <c r="W218" s="67"/>
-[...14 lines deleted...]
-      <c r="C219" s="62" t="s">
+      <c r="W218" s="35"/>
+      <c r="X218" s="33"/>
+      <c r="Y218" s="33"/>
+      <c r="Z218" s="33"/>
+      <c r="AA218" s="50"/>
+      <c r="AB218" s="35"/>
+      <c r="AC218" s="33"/>
+      <c r="AD218" s="33"/>
+      <c r="AE218" s="33"/>
+      <c r="AF218" s="50"/>
+    </row>
+    <row r="219" customHeight="1" spans="2:32">
+      <c r="B219" s="29">
+        <v>46047</v>
+      </c>
+      <c r="C219" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D219" s="67"/>
-[...2 lines deleted...]
-      <c r="G219" s="136" t="s">
+      <c r="D219" s="35"/>
+      <c r="E219" s="34"/>
+      <c r="F219" s="115"/>
+      <c r="G219" s="116" t="s">
         <v>105</v>
       </c>
-      <c r="H219" s="136" t="s">
+      <c r="H219" s="116" t="s">
         <v>36</v>
       </c>
-      <c r="I219" s="136" t="s">
+      <c r="I219" s="116" t="s">
         <v>106</v>
       </c>
-      <c r="J219" s="137" t="s">
+      <c r="J219" s="117" t="s">
         <v>107</v>
       </c>
-      <c r="K219" s="94"/>
-      <c r="L219" s="72" t="s">
+      <c r="K219" s="61"/>
+      <c r="L219" s="62" t="s">
         <v>108</v>
       </c>
-      <c r="M219" s="134"/>
-      <c r="N219" s="72" t="s">
+      <c r="M219" s="62"/>
+      <c r="N219" s="62" t="s">
         <v>76</v>
       </c>
-      <c r="O219" s="73" t="s">
+      <c r="O219" s="69" t="s">
         <v>109</v>
       </c>
-      <c r="P219" s="67"/>
-[...21 lines deleted...]
-      <c r="C220" s="62" t="s">
+      <c r="P219" s="35"/>
+      <c r="Q219" s="34"/>
+      <c r="R219" s="35"/>
+      <c r="S219" s="33"/>
+      <c r="T219" s="33"/>
+      <c r="U219" s="33"/>
+      <c r="V219" s="50"/>
+      <c r="W219" s="35"/>
+      <c r="X219" s="33"/>
+      <c r="Y219" s="33"/>
+      <c r="Z219" s="33"/>
+      <c r="AA219" s="50"/>
+      <c r="AB219" s="35"/>
+      <c r="AC219" s="33"/>
+      <c r="AD219" s="33"/>
+      <c r="AE219" s="33"/>
+      <c r="AF219" s="50"/>
+    </row>
+    <row r="220" customHeight="1" spans="2:32">
+      <c r="B220" s="29">
+        <v>46048</v>
+      </c>
+      <c r="C220" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D220" s="67"/>
-[...33 lines deleted...]
-      <c r="C221" s="62" t="s">
+      <c r="D220" s="35"/>
+      <c r="E220" s="34"/>
+      <c r="F220" s="33"/>
+      <c r="G220" s="33"/>
+      <c r="H220" s="33"/>
+      <c r="I220" s="33"/>
+      <c r="J220" s="50"/>
+      <c r="K220" s="35"/>
+      <c r="L220" s="33"/>
+      <c r="M220" s="33"/>
+      <c r="N220" s="33"/>
+      <c r="O220" s="50"/>
+      <c r="P220" s="35"/>
+      <c r="Q220" s="34"/>
+      <c r="R220" s="35"/>
+      <c r="S220" s="33"/>
+      <c r="T220" s="33"/>
+      <c r="U220" s="33"/>
+      <c r="V220" s="50"/>
+      <c r="W220" s="35"/>
+      <c r="X220" s="33"/>
+      <c r="Y220" s="33"/>
+      <c r="Z220" s="33"/>
+      <c r="AA220" s="50"/>
+      <c r="AB220" s="35"/>
+      <c r="AC220" s="33"/>
+      <c r="AD220" s="33"/>
+      <c r="AE220" s="33"/>
+      <c r="AF220" s="50"/>
+    </row>
+    <row r="221" customHeight="1" spans="2:32">
+      <c r="B221" s="29">
+        <v>46049</v>
+      </c>
+      <c r="C221" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D221" s="67"/>
-[...33 lines deleted...]
-      <c r="C222" s="62" t="s">
+      <c r="D221" s="35"/>
+      <c r="E221" s="34"/>
+      <c r="F221" s="33"/>
+      <c r="G221" s="33"/>
+      <c r="H221" s="33"/>
+      <c r="I221" s="33"/>
+      <c r="J221" s="50"/>
+      <c r="K221" s="35"/>
+      <c r="L221" s="33"/>
+      <c r="M221" s="33"/>
+      <c r="N221" s="33"/>
+      <c r="O221" s="50"/>
+      <c r="P221" s="35"/>
+      <c r="Q221" s="34"/>
+      <c r="R221" s="35"/>
+      <c r="S221" s="33"/>
+      <c r="T221" s="33"/>
+      <c r="U221" s="33"/>
+      <c r="V221" s="50"/>
+      <c r="W221" s="35"/>
+      <c r="X221" s="33"/>
+      <c r="Y221" s="33"/>
+      <c r="Z221" s="33"/>
+      <c r="AA221" s="50"/>
+      <c r="AB221" s="35"/>
+      <c r="AC221" s="33"/>
+      <c r="AD221" s="33"/>
+      <c r="AE221" s="33"/>
+      <c r="AF221" s="50"/>
+    </row>
+    <row r="222" customHeight="1" spans="2:32">
+      <c r="B222" s="29">
+        <v>46050</v>
+      </c>
+      <c r="C222" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D222" s="67"/>
-[...33 lines deleted...]
-      <c r="C223" s="62" t="s">
+      <c r="D222" s="35"/>
+      <c r="E222" s="34"/>
+      <c r="F222" s="33"/>
+      <c r="G222" s="33"/>
+      <c r="H222" s="33"/>
+      <c r="I222" s="33"/>
+      <c r="J222" s="50"/>
+      <c r="K222" s="35"/>
+      <c r="L222" s="33"/>
+      <c r="M222" s="33"/>
+      <c r="N222" s="33"/>
+      <c r="O222" s="50"/>
+      <c r="P222" s="35"/>
+      <c r="Q222" s="34"/>
+      <c r="R222" s="35"/>
+      <c r="S222" s="33"/>
+      <c r="T222" s="33"/>
+      <c r="U222" s="33"/>
+      <c r="V222" s="50"/>
+      <c r="W222" s="35"/>
+      <c r="X222" s="33"/>
+      <c r="Y222" s="33"/>
+      <c r="Z222" s="33"/>
+      <c r="AA222" s="50"/>
+      <c r="AB222" s="35"/>
+      <c r="AC222" s="33"/>
+      <c r="AD222" s="33"/>
+      <c r="AE222" s="33"/>
+      <c r="AF222" s="50"/>
+    </row>
+    <row r="223" customHeight="1" spans="2:32">
+      <c r="B223" s="29">
+        <v>46051</v>
+      </c>
+      <c r="C223" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D223" s="67"/>
-[...33 lines deleted...]
-      <c r="C224" s="62" t="s">
+      <c r="D223" s="35"/>
+      <c r="E223" s="34"/>
+      <c r="F223" s="33"/>
+      <c r="G223" s="33"/>
+      <c r="H223" s="33"/>
+      <c r="I223" s="33"/>
+      <c r="J223" s="50"/>
+      <c r="K223" s="35"/>
+      <c r="L223" s="33"/>
+      <c r="M223" s="33"/>
+      <c r="N223" s="33"/>
+      <c r="O223" s="50"/>
+      <c r="P223" s="35"/>
+      <c r="Q223" s="34"/>
+      <c r="R223" s="35"/>
+      <c r="S223" s="33"/>
+      <c r="T223" s="33"/>
+      <c r="U223" s="33"/>
+      <c r="V223" s="50"/>
+      <c r="W223" s="35"/>
+      <c r="X223" s="33"/>
+      <c r="Y223" s="33"/>
+      <c r="Z223" s="33"/>
+      <c r="AA223" s="50"/>
+      <c r="AB223" s="35"/>
+      <c r="AC223" s="33"/>
+      <c r="AD223" s="33"/>
+      <c r="AE223" s="33"/>
+      <c r="AF223" s="50"/>
+    </row>
+    <row r="224" customHeight="1" spans="2:32">
+      <c r="B224" s="29">
+        <v>46052</v>
+      </c>
+      <c r="C224" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D224" s="67"/>
-[...33 lines deleted...]
-      <c r="C225" s="62" t="s">
+      <c r="D224" s="35"/>
+      <c r="E224" s="34"/>
+      <c r="F224" s="33"/>
+      <c r="G224" s="33"/>
+      <c r="H224" s="33"/>
+      <c r="I224" s="33"/>
+      <c r="J224" s="50"/>
+      <c r="K224" s="35"/>
+      <c r="L224" s="33"/>
+      <c r="M224" s="33"/>
+      <c r="N224" s="33"/>
+      <c r="O224" s="50"/>
+      <c r="P224" s="35"/>
+      <c r="Q224" s="34"/>
+      <c r="R224" s="35"/>
+      <c r="S224" s="33"/>
+      <c r="T224" s="33"/>
+      <c r="U224" s="33"/>
+      <c r="V224" s="50"/>
+      <c r="W224" s="35"/>
+      <c r="X224" s="33"/>
+      <c r="Y224" s="33"/>
+      <c r="Z224" s="33"/>
+      <c r="AA224" s="50"/>
+      <c r="AB224" s="35"/>
+      <c r="AC224" s="33"/>
+      <c r="AD224" s="33"/>
+      <c r="AE224" s="33"/>
+      <c r="AF224" s="50"/>
+    </row>
+    <row r="225" customHeight="1" spans="2:32">
+      <c r="B225" s="29">
+        <v>46053</v>
+      </c>
+      <c r="C225" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D225" s="67"/>
-[...2 lines deleted...]
-      <c r="G225" s="92" t="s">
+      <c r="D225" s="35"/>
+      <c r="E225" s="34"/>
+      <c r="F225" s="74"/>
+      <c r="G225" s="75" t="s">
         <v>50</v>
       </c>
-      <c r="H225" s="92" t="s">
+      <c r="H225" s="75" t="s">
         <v>112</v>
       </c>
-      <c r="I225" s="102" t="s">
+      <c r="I225" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J225" s="93" t="s">
+      <c r="J225" s="80" t="s">
         <v>113</v>
       </c>
-      <c r="K225" s="94"/>
-      <c r="L225" s="72" t="s">
+      <c r="K225" s="61"/>
+      <c r="L225" s="62" t="s">
         <v>114</v>
       </c>
-      <c r="M225" s="134"/>
-      <c r="N225" s="72" t="s">
+      <c r="M225" s="62"/>
+      <c r="N225" s="62" t="s">
         <v>104</v>
       </c>
-      <c r="O225" s="95"/>
-[...3 lines deleted...]
-      <c r="S225" s="107" t="s">
+      <c r="O225" s="69"/>
+      <c r="P225" s="35"/>
+      <c r="Q225" s="34"/>
+      <c r="R225" s="81"/>
+      <c r="S225" s="82" t="s">
         <v>115</v>
       </c>
-      <c r="T225" s="107" t="s">
+      <c r="T225" s="82" t="s">
         <v>36</v>
       </c>
-      <c r="U225" s="107" t="s">
+      <c r="U225" s="82" t="s">
         <v>116</v>
       </c>
-      <c r="V225" s="108" t="s">
+      <c r="V225" s="83" t="s">
         <v>117</v>
       </c>
-      <c r="W225" s="67"/>
-[...14 lines deleted...]
-      <c r="C226" s="62" t="s">
+      <c r="W225" s="35"/>
+      <c r="X225" s="33"/>
+      <c r="Y225" s="33"/>
+      <c r="Z225" s="33"/>
+      <c r="AA225" s="50"/>
+      <c r="AB225" s="35"/>
+      <c r="AC225" s="33"/>
+      <c r="AD225" s="33"/>
+      <c r="AE225" s="33"/>
+      <c r="AF225" s="50"/>
+    </row>
+    <row r="226" customHeight="1" spans="2:32">
+      <c r="B226" s="29">
+        <v>46054</v>
+      </c>
+      <c r="C226" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D226" s="67"/>
-[...7 lines deleted...]
-      <c r="L226" s="72" t="s">
+      <c r="D226" s="35"/>
+      <c r="E226" s="34"/>
+      <c r="F226" s="70"/>
+      <c r="G226" s="71"/>
+      <c r="H226" s="71"/>
+      <c r="I226" s="71"/>
+      <c r="J226" s="76"/>
+      <c r="K226" s="61"/>
+      <c r="L226" s="62" t="s">
         <v>114</v>
       </c>
-      <c r="M226" s="134"/>
-      <c r="N226" s="72" t="s">
+      <c r="M226" s="62"/>
+      <c r="N226" s="62" t="s">
         <v>104</v>
       </c>
-      <c r="O226" s="95"/>
-[...22 lines deleted...]
-      <c r="C227" s="62" t="s">
+      <c r="O226" s="69"/>
+      <c r="P226" s="35"/>
+      <c r="Q226" s="34"/>
+      <c r="R226" s="35"/>
+      <c r="S226" s="33"/>
+      <c r="T226" s="33"/>
+      <c r="U226" s="33"/>
+      <c r="V226" s="50"/>
+      <c r="W226" s="35"/>
+      <c r="X226" s="33"/>
+      <c r="Y226" s="33"/>
+      <c r="Z226" s="33"/>
+      <c r="AA226" s="50"/>
+      <c r="AB226" s="35"/>
+      <c r="AC226" s="33"/>
+      <c r="AD226" s="33"/>
+      <c r="AE226" s="33"/>
+      <c r="AF226" s="50"/>
+    </row>
+    <row r="227" customHeight="1" spans="2:32">
+      <c r="B227" s="29">
+        <v>46055</v>
+      </c>
+      <c r="C227" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D227" s="67"/>
-[...30 lines deleted...]
-      <c r="A228" s="124" t="s">
+      <c r="D227" s="35"/>
+      <c r="E227" s="34"/>
+      <c r="F227" s="33"/>
+      <c r="G227" s="33"/>
+      <c r="H227" s="33"/>
+      <c r="I227" s="33"/>
+      <c r="J227" s="50"/>
+      <c r="K227" s="35"/>
+      <c r="L227" s="33"/>
+      <c r="M227" s="33"/>
+      <c r="N227" s="33"/>
+      <c r="O227" s="50"/>
+      <c r="P227" s="35"/>
+      <c r="Q227" s="34"/>
+      <c r="R227" s="35"/>
+      <c r="S227" s="33"/>
+      <c r="T227" s="33"/>
+      <c r="U227" s="33"/>
+      <c r="V227" s="50"/>
+      <c r="W227" s="35"/>
+      <c r="X227" s="33"/>
+      <c r="Y227" s="33"/>
+      <c r="Z227" s="33"/>
+      <c r="AA227" s="50"/>
+      <c r="AB227" s="35"/>
+      <c r="AC227" s="33"/>
+      <c r="AD227" s="33"/>
+      <c r="AE227" s="33"/>
+      <c r="AF227" s="50"/>
+    </row>
+    <row r="228" customHeight="1" spans="1:32">
+      <c r="A228" s="97" t="s">
         <v>118</v>
       </c>
-      <c r="B228" s="61">
-[...2 lines deleted...]
-      <c r="C228" s="62" t="s">
+      <c r="B228" s="29">
+        <v>46056</v>
+      </c>
+      <c r="C228" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D228" s="67"/>
-[...33 lines deleted...]
-      <c r="C229" s="62" t="s">
+      <c r="D228" s="35"/>
+      <c r="E228" s="34"/>
+      <c r="F228" s="33"/>
+      <c r="G228" s="33"/>
+      <c r="H228" s="33"/>
+      <c r="I228" s="33"/>
+      <c r="J228" s="50"/>
+      <c r="K228" s="35"/>
+      <c r="L228" s="33"/>
+      <c r="M228" s="33"/>
+      <c r="N228" s="33"/>
+      <c r="O228" s="50"/>
+      <c r="P228" s="35"/>
+      <c r="Q228" s="34"/>
+      <c r="R228" s="35"/>
+      <c r="S228" s="33"/>
+      <c r="T228" s="33"/>
+      <c r="U228" s="33"/>
+      <c r="V228" s="50"/>
+      <c r="W228" s="35"/>
+      <c r="X228" s="33"/>
+      <c r="Y228" s="33"/>
+      <c r="Z228" s="33"/>
+      <c r="AA228" s="50"/>
+      <c r="AB228" s="35"/>
+      <c r="AC228" s="33"/>
+      <c r="AD228" s="33"/>
+      <c r="AE228" s="33"/>
+      <c r="AF228" s="50"/>
+    </row>
+    <row r="229" customHeight="1" spans="2:32">
+      <c r="B229" s="29">
+        <v>46057</v>
+      </c>
+      <c r="C229" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D229" s="67"/>
-[...33 lines deleted...]
-      <c r="C230" s="62" t="s">
+      <c r="D229" s="35"/>
+      <c r="E229" s="34"/>
+      <c r="F229" s="33"/>
+      <c r="G229" s="33"/>
+      <c r="H229" s="33"/>
+      <c r="I229" s="33"/>
+      <c r="J229" s="50"/>
+      <c r="K229" s="35"/>
+      <c r="L229" s="33"/>
+      <c r="M229" s="33"/>
+      <c r="N229" s="33"/>
+      <c r="O229" s="50"/>
+      <c r="P229" s="35"/>
+      <c r="Q229" s="34"/>
+      <c r="R229" s="35"/>
+      <c r="S229" s="33"/>
+      <c r="T229" s="33"/>
+      <c r="U229" s="33"/>
+      <c r="V229" s="50"/>
+      <c r="W229" s="35"/>
+      <c r="X229" s="33"/>
+      <c r="Y229" s="33"/>
+      <c r="Z229" s="33"/>
+      <c r="AA229" s="50"/>
+      <c r="AB229" s="35"/>
+      <c r="AC229" s="33"/>
+      <c r="AD229" s="33"/>
+      <c r="AE229" s="33"/>
+      <c r="AF229" s="50"/>
+    </row>
+    <row r="230" customHeight="1" spans="2:32">
+      <c r="B230" s="29">
+        <v>46058</v>
+      </c>
+      <c r="C230" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D230" s="67"/>
-[...14 lines deleted...]
-      <c r="S230" s="138" t="s">
+      <c r="D230" s="35"/>
+      <c r="E230" s="34"/>
+      <c r="F230" s="33"/>
+      <c r="G230" s="33"/>
+      <c r="H230" s="33"/>
+      <c r="I230" s="33"/>
+      <c r="J230" s="50"/>
+      <c r="K230" s="35"/>
+      <c r="L230" s="33"/>
+      <c r="M230" s="33"/>
+      <c r="N230" s="33"/>
+      <c r="O230" s="50"/>
+      <c r="P230" s="35"/>
+      <c r="Q230" s="34"/>
+      <c r="R230" s="107"/>
+      <c r="S230" s="118" t="s">
         <v>119</v>
       </c>
-      <c r="T230" s="138" t="s">
+      <c r="T230" s="118" t="s">
         <v>120</v>
       </c>
-      <c r="U230" s="138" t="s">
+      <c r="U230" s="118" t="s">
         <v>116</v>
       </c>
-      <c r="V230" s="139" t="s">
+      <c r="V230" s="119" t="s">
         <v>121</v>
       </c>
-      <c r="W230" s="67"/>
-[...14 lines deleted...]
-      <c r="C231" s="62" t="s">
+      <c r="W230" s="35"/>
+      <c r="X230" s="33"/>
+      <c r="Y230" s="33"/>
+      <c r="Z230" s="33"/>
+      <c r="AA230" s="50"/>
+      <c r="AB230" s="35"/>
+      <c r="AC230" s="33"/>
+      <c r="AD230" s="33"/>
+      <c r="AE230" s="33"/>
+      <c r="AF230" s="50"/>
+    </row>
+    <row r="231" customHeight="1" spans="2:32">
+      <c r="B231" s="29">
+        <v>46059</v>
+      </c>
+      <c r="C231" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D231" s="67"/>
-[...14 lines deleted...]
-      <c r="S231" s="138" t="s">
+      <c r="D231" s="35"/>
+      <c r="E231" s="34"/>
+      <c r="F231" s="33"/>
+      <c r="G231" s="33"/>
+      <c r="H231" s="33"/>
+      <c r="I231" s="33"/>
+      <c r="J231" s="50"/>
+      <c r="K231" s="35"/>
+      <c r="L231" s="33"/>
+      <c r="M231" s="33"/>
+      <c r="N231" s="33"/>
+      <c r="O231" s="50"/>
+      <c r="P231" s="35"/>
+      <c r="Q231" s="34"/>
+      <c r="R231" s="107"/>
+      <c r="S231" s="118" t="s">
         <v>122</v>
       </c>
-      <c r="T231" s="138" t="s">
+      <c r="T231" s="118" t="s">
         <v>123</v>
       </c>
-      <c r="U231" s="138" t="s">
+      <c r="U231" s="118" t="s">
         <v>116</v>
       </c>
-      <c r="V231" s="139" t="s">
+      <c r="V231" s="119" t="s">
         <v>121</v>
       </c>
-      <c r="W231" s="67"/>
-[...14 lines deleted...]
-      <c r="C232" s="62" t="s">
+      <c r="W231" s="35"/>
+      <c r="X231" s="33"/>
+      <c r="Y231" s="33"/>
+      <c r="Z231" s="33"/>
+      <c r="AA231" s="50"/>
+      <c r="AB231" s="35"/>
+      <c r="AC231" s="33"/>
+      <c r="AD231" s="33"/>
+      <c r="AE231" s="33"/>
+      <c r="AF231" s="50"/>
+    </row>
+    <row r="232" customHeight="1" spans="2:32">
+      <c r="B232" s="29">
+        <v>46060</v>
+      </c>
+      <c r="C232" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D232" s="67"/>
-[...14 lines deleted...]
-      <c r="S232" s="138" t="s">
+      <c r="D232" s="35"/>
+      <c r="E232" s="34"/>
+      <c r="F232" s="70"/>
+      <c r="G232" s="71"/>
+      <c r="H232" s="71"/>
+      <c r="I232" s="71"/>
+      <c r="J232" s="76"/>
+      <c r="K232" s="35"/>
+      <c r="L232" s="33"/>
+      <c r="M232" s="33"/>
+      <c r="N232" s="33"/>
+      <c r="O232" s="50"/>
+      <c r="P232" s="35"/>
+      <c r="Q232" s="34"/>
+      <c r="R232" s="107"/>
+      <c r="S232" s="118" t="s">
         <v>119</v>
       </c>
-      <c r="T232" s="138" t="s">
+      <c r="T232" s="118" t="s">
         <v>124</v>
       </c>
-      <c r="U232" s="138" t="s">
+      <c r="U232" s="118" t="s">
         <v>116</v>
       </c>
-      <c r="V232" s="139" t="s">
+      <c r="V232" s="119" t="s">
         <v>121</v>
       </c>
-      <c r="W232" s="67"/>
-[...14 lines deleted...]
-      <c r="C233" s="62" t="s">
+      <c r="W232" s="35"/>
+      <c r="X232" s="33"/>
+      <c r="Y232" s="33"/>
+      <c r="Z232" s="33"/>
+      <c r="AA232" s="50"/>
+      <c r="AB232" s="35"/>
+      <c r="AC232" s="33"/>
+      <c r="AD232" s="33"/>
+      <c r="AE232" s="33"/>
+      <c r="AF232" s="50"/>
+    </row>
+    <row r="233" customHeight="1" spans="2:32">
+      <c r="B233" s="29">
+        <v>46061</v>
+      </c>
+      <c r="C233" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D233" s="67"/>
-[...33 lines deleted...]
-      <c r="C234" s="62" t="s">
+      <c r="D233" s="35"/>
+      <c r="E233" s="34"/>
+      <c r="F233" s="33"/>
+      <c r="G233" s="33"/>
+      <c r="H233" s="33"/>
+      <c r="I233" s="33"/>
+      <c r="J233" s="50"/>
+      <c r="K233" s="35"/>
+      <c r="L233" s="33"/>
+      <c r="M233" s="33"/>
+      <c r="N233" s="33"/>
+      <c r="O233" s="50"/>
+      <c r="P233" s="35"/>
+      <c r="Q233" s="34"/>
+      <c r="R233" s="35"/>
+      <c r="S233" s="33"/>
+      <c r="T233" s="33"/>
+      <c r="U233" s="33"/>
+      <c r="V233" s="50"/>
+      <c r="W233" s="35"/>
+      <c r="X233" s="33"/>
+      <c r="Y233" s="33"/>
+      <c r="Z233" s="33"/>
+      <c r="AA233" s="50"/>
+      <c r="AB233" s="35"/>
+      <c r="AC233" s="33"/>
+      <c r="AD233" s="33"/>
+      <c r="AE233" s="33"/>
+      <c r="AF233" s="50"/>
+    </row>
+    <row r="234" customHeight="1" spans="2:32">
+      <c r="B234" s="29">
+        <v>46062</v>
+      </c>
+      <c r="C234" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D234" s="67"/>
-[...33 lines deleted...]
-      <c r="C235" s="62" t="s">
+      <c r="D234" s="35"/>
+      <c r="E234" s="34"/>
+      <c r="F234" s="33"/>
+      <c r="G234" s="33"/>
+      <c r="H234" s="33"/>
+      <c r="I234" s="33"/>
+      <c r="J234" s="50"/>
+      <c r="K234" s="35"/>
+      <c r="L234" s="33"/>
+      <c r="M234" s="33"/>
+      <c r="N234" s="33"/>
+      <c r="O234" s="50"/>
+      <c r="P234" s="35"/>
+      <c r="Q234" s="34"/>
+      <c r="R234" s="35"/>
+      <c r="S234" s="33"/>
+      <c r="T234" s="33"/>
+      <c r="U234" s="33"/>
+      <c r="V234" s="50"/>
+      <c r="W234" s="35"/>
+      <c r="X234" s="33"/>
+      <c r="Y234" s="33"/>
+      <c r="Z234" s="33"/>
+      <c r="AA234" s="50"/>
+      <c r="AB234" s="35"/>
+      <c r="AC234" s="33"/>
+      <c r="AD234" s="33"/>
+      <c r="AE234" s="33"/>
+      <c r="AF234" s="50"/>
+    </row>
+    <row r="235" customHeight="1" spans="2:32">
+      <c r="B235" s="29">
+        <v>46063</v>
+      </c>
+      <c r="C235" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D235" s="67"/>
-[...33 lines deleted...]
-      <c r="C236" s="62" t="s">
+      <c r="D235" s="35"/>
+      <c r="E235" s="34"/>
+      <c r="F235" s="33"/>
+      <c r="G235" s="33"/>
+      <c r="H235" s="33"/>
+      <c r="I235" s="33"/>
+      <c r="J235" s="50"/>
+      <c r="K235" s="35"/>
+      <c r="L235" s="33"/>
+      <c r="M235" s="33"/>
+      <c r="N235" s="33"/>
+      <c r="O235" s="50"/>
+      <c r="P235" s="35"/>
+      <c r="Q235" s="34"/>
+      <c r="R235" s="35"/>
+      <c r="S235" s="33"/>
+      <c r="T235" s="33"/>
+      <c r="U235" s="33"/>
+      <c r="V235" s="50"/>
+      <c r="W235" s="35"/>
+      <c r="X235" s="33"/>
+      <c r="Y235" s="33"/>
+      <c r="Z235" s="33"/>
+      <c r="AA235" s="50"/>
+      <c r="AB235" s="35"/>
+      <c r="AC235" s="33"/>
+      <c r="AD235" s="33"/>
+      <c r="AE235" s="33"/>
+      <c r="AF235" s="50"/>
+    </row>
+    <row r="236" customHeight="1" spans="2:32">
+      <c r="B236" s="29">
+        <v>46064</v>
+      </c>
+      <c r="C236" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D236" s="67"/>
-[...33 lines deleted...]
-      <c r="C237" s="62" t="s">
+      <c r="D236" s="35"/>
+      <c r="E236" s="34"/>
+      <c r="F236" s="33"/>
+      <c r="G236" s="33"/>
+      <c r="H236" s="33"/>
+      <c r="I236" s="33"/>
+      <c r="J236" s="50"/>
+      <c r="K236" s="35"/>
+      <c r="L236" s="33"/>
+      <c r="M236" s="33"/>
+      <c r="N236" s="33"/>
+      <c r="O236" s="50"/>
+      <c r="P236" s="35"/>
+      <c r="Q236" s="34"/>
+      <c r="R236" s="35"/>
+      <c r="S236" s="33"/>
+      <c r="T236" s="33"/>
+      <c r="U236" s="33"/>
+      <c r="V236" s="50"/>
+      <c r="W236" s="35"/>
+      <c r="X236" s="33"/>
+      <c r="Y236" s="33"/>
+      <c r="Z236" s="33"/>
+      <c r="AA236" s="50"/>
+      <c r="AB236" s="35"/>
+      <c r="AC236" s="33"/>
+      <c r="AD236" s="33"/>
+      <c r="AE236" s="33"/>
+      <c r="AF236" s="50"/>
+    </row>
+    <row r="237" customHeight="1" spans="2:32">
+      <c r="B237" s="29">
+        <v>46065</v>
+      </c>
+      <c r="C237" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D237" s="67"/>
-[...33 lines deleted...]
-      <c r="C238" s="62" t="s">
+      <c r="D237" s="35"/>
+      <c r="E237" s="34"/>
+      <c r="F237" s="33"/>
+      <c r="G237" s="33"/>
+      <c r="H237" s="33"/>
+      <c r="I237" s="33"/>
+      <c r="J237" s="50"/>
+      <c r="K237" s="35"/>
+      <c r="L237" s="33"/>
+      <c r="M237" s="33"/>
+      <c r="N237" s="33"/>
+      <c r="O237" s="50"/>
+      <c r="P237" s="35"/>
+      <c r="Q237" s="34"/>
+      <c r="R237" s="35"/>
+      <c r="S237" s="33"/>
+      <c r="T237" s="33"/>
+      <c r="U237" s="33"/>
+      <c r="V237" s="50"/>
+      <c r="W237" s="35"/>
+      <c r="X237" s="33"/>
+      <c r="Y237" s="33"/>
+      <c r="Z237" s="33"/>
+      <c r="AA237" s="50"/>
+      <c r="AB237" s="35"/>
+      <c r="AC237" s="33"/>
+      <c r="AD237" s="33"/>
+      <c r="AE237" s="33"/>
+      <c r="AF237" s="50"/>
+    </row>
+    <row r="238" customHeight="1" spans="2:32">
+      <c r="B238" s="29">
+        <v>46066</v>
+      </c>
+      <c r="C238" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D238" s="67"/>
-[...33 lines deleted...]
-      <c r="C239" s="62" t="s">
+      <c r="D238" s="35"/>
+      <c r="E238" s="34"/>
+      <c r="F238" s="33"/>
+      <c r="G238" s="33"/>
+      <c r="H238" s="33"/>
+      <c r="I238" s="33"/>
+      <c r="J238" s="50"/>
+      <c r="K238" s="35"/>
+      <c r="L238" s="33"/>
+      <c r="M238" s="33"/>
+      <c r="N238" s="33"/>
+      <c r="O238" s="50"/>
+      <c r="P238" s="35"/>
+      <c r="Q238" s="34"/>
+      <c r="R238" s="35"/>
+      <c r="S238" s="33"/>
+      <c r="T238" s="33"/>
+      <c r="U238" s="33"/>
+      <c r="V238" s="50"/>
+      <c r="W238" s="35"/>
+      <c r="X238" s="33"/>
+      <c r="Y238" s="33"/>
+      <c r="Z238" s="33"/>
+      <c r="AA238" s="50"/>
+      <c r="AB238" s="35"/>
+      <c r="AC238" s="33"/>
+      <c r="AD238" s="33"/>
+      <c r="AE238" s="33"/>
+      <c r="AF238" s="50"/>
+    </row>
+    <row r="239" customHeight="1" spans="2:32">
+      <c r="B239" s="29">
+        <v>46067</v>
+      </c>
+      <c r="C239" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D239" s="67"/>
-[...2 lines deleted...]
-      <c r="G239" s="92" t="s">
+      <c r="D239" s="35"/>
+      <c r="E239" s="34"/>
+      <c r="F239" s="74"/>
+      <c r="G239" s="75" t="s">
         <v>50</v>
       </c>
-      <c r="H239" s="92" t="s">
+      <c r="H239" s="75" t="s">
         <v>112</v>
       </c>
-      <c r="I239" s="102" t="s">
+      <c r="I239" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J239" s="93" t="s">
+      <c r="J239" s="80" t="s">
         <v>125</v>
       </c>
-      <c r="K239" s="94"/>
-      <c r="L239" s="72" t="s">
+      <c r="K239" s="61"/>
+      <c r="L239" s="62" t="s">
         <v>114</v>
       </c>
-      <c r="M239" s="134"/>
-      <c r="N239" s="72" t="s">
+      <c r="M239" s="62"/>
+      <c r="N239" s="62" t="s">
         <v>104</v>
       </c>
-      <c r="O239" s="95"/>
-[...22 lines deleted...]
-      <c r="C240" s="62" t="s">
+      <c r="O239" s="69"/>
+      <c r="P239" s="35"/>
+      <c r="Q239" s="34"/>
+      <c r="R239" s="35"/>
+      <c r="S239" s="33"/>
+      <c r="T239" s="33"/>
+      <c r="U239" s="33"/>
+      <c r="V239" s="50"/>
+      <c r="W239" s="35"/>
+      <c r="X239" s="33"/>
+      <c r="Y239" s="33"/>
+      <c r="Z239" s="33"/>
+      <c r="AA239" s="50"/>
+      <c r="AB239" s="35"/>
+      <c r="AC239" s="33"/>
+      <c r="AD239" s="33"/>
+      <c r="AE239" s="33"/>
+      <c r="AF239" s="50"/>
+    </row>
+    <row r="240" customHeight="1" spans="2:32">
+      <c r="B240" s="29">
+        <v>46068</v>
+      </c>
+      <c r="C240" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D240" s="67"/>
-[...7 lines deleted...]
-      <c r="L240" s="72" t="s">
+      <c r="D240" s="35"/>
+      <c r="E240" s="34"/>
+      <c r="F240" s="33"/>
+      <c r="G240" s="33"/>
+      <c r="H240" s="33"/>
+      <c r="I240" s="33"/>
+      <c r="J240" s="50"/>
+      <c r="K240" s="61"/>
+      <c r="L240" s="62" t="s">
         <v>114</v>
       </c>
-      <c r="M240" s="134"/>
-      <c r="N240" s="72" t="s">
+      <c r="M240" s="62"/>
+      <c r="N240" s="62" t="s">
         <v>104</v>
       </c>
-      <c r="O240" s="95"/>
-[...22 lines deleted...]
-      <c r="C241" s="62" t="s">
+      <c r="O240" s="69"/>
+      <c r="P240" s="35"/>
+      <c r="Q240" s="34"/>
+      <c r="R240" s="35"/>
+      <c r="S240" s="33"/>
+      <c r="T240" s="33"/>
+      <c r="U240" s="33"/>
+      <c r="V240" s="50"/>
+      <c r="W240" s="35"/>
+      <c r="X240" s="33"/>
+      <c r="Y240" s="33"/>
+      <c r="Z240" s="33"/>
+      <c r="AA240" s="50"/>
+      <c r="AB240" s="35"/>
+      <c r="AC240" s="33"/>
+      <c r="AD240" s="33"/>
+      <c r="AE240" s="33"/>
+      <c r="AF240" s="50"/>
+    </row>
+    <row r="241" customHeight="1" spans="2:32">
+      <c r="B241" s="29">
+        <v>46069</v>
+      </c>
+      <c r="C241" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D241" s="67"/>
-[...33 lines deleted...]
-      <c r="C242" s="62" t="s">
+      <c r="D241" s="35"/>
+      <c r="E241" s="34"/>
+      <c r="F241" s="33"/>
+      <c r="G241" s="33"/>
+      <c r="H241" s="33"/>
+      <c r="I241" s="33"/>
+      <c r="J241" s="50"/>
+      <c r="K241" s="35"/>
+      <c r="L241" s="33"/>
+      <c r="M241" s="33"/>
+      <c r="N241" s="33"/>
+      <c r="O241" s="50"/>
+      <c r="P241" s="35"/>
+      <c r="Q241" s="34"/>
+      <c r="R241" s="35"/>
+      <c r="S241" s="33"/>
+      <c r="T241" s="33"/>
+      <c r="U241" s="33"/>
+      <c r="V241" s="50"/>
+      <c r="W241" s="35"/>
+      <c r="X241" s="33"/>
+      <c r="Y241" s="33"/>
+      <c r="Z241" s="33"/>
+      <c r="AA241" s="50"/>
+      <c r="AB241" s="35"/>
+      <c r="AC241" s="33"/>
+      <c r="AD241" s="33"/>
+      <c r="AE241" s="33"/>
+      <c r="AF241" s="50"/>
+    </row>
+    <row r="242" customHeight="1" spans="2:32">
+      <c r="B242" s="29">
+        <v>46070</v>
+      </c>
+      <c r="C242" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D242" s="67"/>
-[...33 lines deleted...]
-      <c r="C243" s="62" t="s">
+      <c r="D242" s="35"/>
+      <c r="E242" s="34"/>
+      <c r="F242" s="33"/>
+      <c r="G242" s="33"/>
+      <c r="H242" s="33"/>
+      <c r="I242" s="33"/>
+      <c r="J242" s="50"/>
+      <c r="K242" s="35"/>
+      <c r="L242" s="33"/>
+      <c r="M242" s="33"/>
+      <c r="N242" s="33"/>
+      <c r="O242" s="50"/>
+      <c r="P242" s="35"/>
+      <c r="Q242" s="34"/>
+      <c r="R242" s="35"/>
+      <c r="S242" s="33"/>
+      <c r="T242" s="33"/>
+      <c r="U242" s="33"/>
+      <c r="V242" s="50"/>
+      <c r="W242" s="35"/>
+      <c r="X242" s="33"/>
+      <c r="Y242" s="33"/>
+      <c r="Z242" s="33"/>
+      <c r="AA242" s="50"/>
+      <c r="AB242" s="35"/>
+      <c r="AC242" s="33"/>
+      <c r="AD242" s="33"/>
+      <c r="AE242" s="33"/>
+      <c r="AF242" s="50"/>
+    </row>
+    <row r="243" customHeight="1" spans="2:32">
+      <c r="B243" s="29">
+        <v>46071</v>
+      </c>
+      <c r="C243" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D243" s="67"/>
-[...33 lines deleted...]
-      <c r="C244" s="62" t="s">
+      <c r="D243" s="35"/>
+      <c r="E243" s="34"/>
+      <c r="F243" s="33"/>
+      <c r="G243" s="33"/>
+      <c r="H243" s="33"/>
+      <c r="I243" s="33"/>
+      <c r="J243" s="50"/>
+      <c r="K243" s="35"/>
+      <c r="L243" s="33"/>
+      <c r="M243" s="33"/>
+      <c r="N243" s="33"/>
+      <c r="O243" s="50"/>
+      <c r="P243" s="35"/>
+      <c r="Q243" s="34"/>
+      <c r="R243" s="35"/>
+      <c r="S243" s="33"/>
+      <c r="T243" s="33"/>
+      <c r="U243" s="33"/>
+      <c r="V243" s="50"/>
+      <c r="W243" s="35"/>
+      <c r="X243" s="33"/>
+      <c r="Y243" s="33"/>
+      <c r="Z243" s="33"/>
+      <c r="AA243" s="50"/>
+      <c r="AB243" s="35"/>
+      <c r="AC243" s="33"/>
+      <c r="AD243" s="33"/>
+      <c r="AE243" s="33"/>
+      <c r="AF243" s="50"/>
+    </row>
+    <row r="244" customHeight="1" spans="2:32">
+      <c r="B244" s="29">
+        <v>46072</v>
+      </c>
+      <c r="C244" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D244" s="67"/>
-[...33 lines deleted...]
-      <c r="C245" s="62" t="s">
+      <c r="D244" s="35"/>
+      <c r="E244" s="32"/>
+      <c r="F244" s="33"/>
+      <c r="G244" s="33"/>
+      <c r="H244" s="33"/>
+      <c r="I244" s="33"/>
+      <c r="J244" s="50"/>
+      <c r="K244" s="35"/>
+      <c r="L244" s="33"/>
+      <c r="M244" s="33"/>
+      <c r="N244" s="33"/>
+      <c r="O244" s="50"/>
+      <c r="P244" s="35"/>
+      <c r="Q244" s="32"/>
+      <c r="R244" s="35"/>
+      <c r="S244" s="33"/>
+      <c r="T244" s="33"/>
+      <c r="U244" s="33"/>
+      <c r="V244" s="50"/>
+      <c r="W244" s="35"/>
+      <c r="X244" s="33"/>
+      <c r="Y244" s="33"/>
+      <c r="Z244" s="33"/>
+      <c r="AA244" s="50"/>
+      <c r="AB244" s="35"/>
+      <c r="AC244" s="33"/>
+      <c r="AD244" s="33"/>
+      <c r="AE244" s="33"/>
+      <c r="AF244" s="50"/>
+    </row>
+    <row r="245" customHeight="1" spans="2:32">
+      <c r="B245" s="29">
+        <v>46073</v>
+      </c>
+      <c r="C245" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D245" s="67"/>
-[...33 lines deleted...]
-      <c r="C246" s="62" t="s">
+      <c r="D245" s="35"/>
+      <c r="E245" s="32"/>
+      <c r="F245" s="33"/>
+      <c r="G245" s="33"/>
+      <c r="H245" s="33"/>
+      <c r="I245" s="33"/>
+      <c r="J245" s="50"/>
+      <c r="K245" s="35"/>
+      <c r="L245" s="33"/>
+      <c r="M245" s="33"/>
+      <c r="N245" s="33"/>
+      <c r="O245" s="50"/>
+      <c r="P245" s="35"/>
+      <c r="Q245" s="32"/>
+      <c r="R245" s="35"/>
+      <c r="S245" s="33"/>
+      <c r="T245" s="33"/>
+      <c r="U245" s="33"/>
+      <c r="V245" s="50"/>
+      <c r="W245" s="35"/>
+      <c r="X245" s="33"/>
+      <c r="Y245" s="33"/>
+      <c r="Z245" s="33"/>
+      <c r="AA245" s="50"/>
+      <c r="AB245" s="35"/>
+      <c r="AC245" s="33"/>
+      <c r="AD245" s="33"/>
+      <c r="AE245" s="33"/>
+      <c r="AF245" s="50"/>
+    </row>
+    <row r="246" customHeight="1" spans="2:32">
+      <c r="B246" s="29">
+        <v>46074</v>
+      </c>
+      <c r="C246" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D246" s="67"/>
-[...2 lines deleted...]
-      <c r="G246" s="92" t="s">
+      <c r="D246" s="35"/>
+      <c r="E246" s="32"/>
+      <c r="F246" s="74"/>
+      <c r="G246" s="75" t="s">
         <v>59</v>
       </c>
-      <c r="H246" s="92" t="s">
+      <c r="H246" s="75" t="s">
         <v>102</v>
       </c>
-      <c r="I246" s="102" t="s">
+      <c r="I246" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J246" s="93" t="s">
+      <c r="J246" s="80" t="s">
         <v>126</v>
       </c>
-      <c r="K246" s="94"/>
-      <c r="L246" s="72" t="s">
+      <c r="K246" s="61"/>
+      <c r="L246" s="62" t="s">
         <v>127</v>
       </c>
-      <c r="M246" s="134"/>
-      <c r="N246" s="72" t="s">
+      <c r="M246" s="62"/>
+      <c r="N246" s="62" t="s">
         <v>55</v>
       </c>
-      <c r="O246" s="95"/>
-[...22 lines deleted...]
-      <c r="C247" s="62" t="s">
+      <c r="O246" s="69"/>
+      <c r="P246" s="35"/>
+      <c r="Q246" s="32"/>
+      <c r="R246" s="35"/>
+      <c r="S246" s="33"/>
+      <c r="T246" s="33"/>
+      <c r="U246" s="33"/>
+      <c r="V246" s="50"/>
+      <c r="W246" s="35"/>
+      <c r="X246" s="33"/>
+      <c r="Y246" s="33"/>
+      <c r="Z246" s="33"/>
+      <c r="AA246" s="50"/>
+      <c r="AB246" s="35"/>
+      <c r="AC246" s="33"/>
+      <c r="AD246" s="33"/>
+      <c r="AE246" s="33"/>
+      <c r="AF246" s="50"/>
+    </row>
+    <row r="247" customHeight="1" spans="2:32">
+      <c r="B247" s="29">
+        <v>46075</v>
+      </c>
+      <c r="C247" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D247" s="67"/>
-[...7 lines deleted...]
-      <c r="L247" s="72" t="s">
+      <c r="D247" s="35"/>
+      <c r="E247" s="32"/>
+      <c r="F247" s="33"/>
+      <c r="G247" s="33"/>
+      <c r="H247" s="33"/>
+      <c r="I247" s="33"/>
+      <c r="J247" s="50"/>
+      <c r="K247" s="61"/>
+      <c r="L247" s="62" t="s">
         <v>127</v>
       </c>
-      <c r="M247" s="134"/>
-      <c r="N247" s="72" t="s">
+      <c r="M247" s="62"/>
+      <c r="N247" s="62" t="s">
         <v>55</v>
       </c>
-      <c r="O247" s="95"/>
-[...22 lines deleted...]
-      <c r="C248" s="62" t="s">
+      <c r="O247" s="69"/>
+      <c r="P247" s="35"/>
+      <c r="Q247" s="32"/>
+      <c r="R247" s="35"/>
+      <c r="S247" s="33"/>
+      <c r="T247" s="33"/>
+      <c r="U247" s="33"/>
+      <c r="V247" s="50"/>
+      <c r="W247" s="35"/>
+      <c r="X247" s="33"/>
+      <c r="Y247" s="33"/>
+      <c r="Z247" s="33"/>
+      <c r="AA247" s="50"/>
+      <c r="AB247" s="35"/>
+      <c r="AC247" s="33"/>
+      <c r="AD247" s="33"/>
+      <c r="AE247" s="33"/>
+      <c r="AF247" s="50"/>
+    </row>
+    <row r="248" customHeight="1" spans="2:32">
+      <c r="B248" s="29">
+        <v>46076</v>
+      </c>
+      <c r="C248" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D248" s="67"/>
-[...33 lines deleted...]
-      <c r="C249" s="62" t="s">
+      <c r="D248" s="35"/>
+      <c r="E248" s="32"/>
+      <c r="F248" s="33"/>
+      <c r="G248" s="33"/>
+      <c r="H248" s="33"/>
+      <c r="I248" s="33"/>
+      <c r="J248" s="50"/>
+      <c r="K248" s="35"/>
+      <c r="L248" s="33"/>
+      <c r="M248" s="33"/>
+      <c r="N248" s="33"/>
+      <c r="O248" s="50"/>
+      <c r="P248" s="35"/>
+      <c r="Q248" s="32"/>
+      <c r="R248" s="35"/>
+      <c r="S248" s="33"/>
+      <c r="T248" s="33"/>
+      <c r="U248" s="33"/>
+      <c r="V248" s="50"/>
+      <c r="W248" s="35"/>
+      <c r="X248" s="33"/>
+      <c r="Y248" s="33"/>
+      <c r="Z248" s="33"/>
+      <c r="AA248" s="50"/>
+      <c r="AB248" s="35"/>
+      <c r="AC248" s="33"/>
+      <c r="AD248" s="33"/>
+      <c r="AE248" s="33"/>
+      <c r="AF248" s="50"/>
+    </row>
+    <row r="249" customHeight="1" spans="2:32">
+      <c r="B249" s="29">
+        <v>46077</v>
+      </c>
+      <c r="C249" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D249" s="67"/>
-[...33 lines deleted...]
-      <c r="C250" s="62" t="s">
+      <c r="D249" s="35"/>
+      <c r="E249" s="34"/>
+      <c r="F249" s="33"/>
+      <c r="G249" s="33"/>
+      <c r="H249" s="33"/>
+      <c r="I249" s="33"/>
+      <c r="J249" s="50"/>
+      <c r="K249" s="35"/>
+      <c r="L249" s="33"/>
+      <c r="M249" s="33"/>
+      <c r="N249" s="33"/>
+      <c r="O249" s="50"/>
+      <c r="P249" s="35"/>
+      <c r="Q249" s="34"/>
+      <c r="R249" s="35"/>
+      <c r="S249" s="33"/>
+      <c r="T249" s="33"/>
+      <c r="U249" s="33"/>
+      <c r="V249" s="50"/>
+      <c r="W249" s="35"/>
+      <c r="X249" s="33"/>
+      <c r="Y249" s="33"/>
+      <c r="Z249" s="33"/>
+      <c r="AA249" s="50"/>
+      <c r="AB249" s="35"/>
+      <c r="AC249" s="33"/>
+      <c r="AD249" s="33"/>
+      <c r="AE249" s="33"/>
+      <c r="AF249" s="50"/>
+    </row>
+    <row r="250" customHeight="1" spans="2:32">
+      <c r="B250" s="29">
+        <v>46078</v>
+      </c>
+      <c r="C250" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D250" s="67"/>
-[...33 lines deleted...]
-      <c r="C251" s="62" t="s">
+      <c r="D250" s="35"/>
+      <c r="E250" s="34"/>
+      <c r="F250" s="33"/>
+      <c r="G250" s="33"/>
+      <c r="H250" s="33"/>
+      <c r="I250" s="33"/>
+      <c r="J250" s="50"/>
+      <c r="K250" s="35"/>
+      <c r="L250" s="33"/>
+      <c r="M250" s="33"/>
+      <c r="N250" s="33"/>
+      <c r="O250" s="50"/>
+      <c r="P250" s="35"/>
+      <c r="Q250" s="34"/>
+      <c r="R250" s="35"/>
+      <c r="S250" s="33"/>
+      <c r="T250" s="33"/>
+      <c r="U250" s="33"/>
+      <c r="V250" s="50"/>
+      <c r="W250" s="35"/>
+      <c r="X250" s="33"/>
+      <c r="Y250" s="33"/>
+      <c r="Z250" s="33"/>
+      <c r="AA250" s="50"/>
+      <c r="AB250" s="35"/>
+      <c r="AC250" s="33"/>
+      <c r="AD250" s="33"/>
+      <c r="AE250" s="33"/>
+      <c r="AF250" s="50"/>
+    </row>
+    <row r="251" customHeight="1" spans="2:32">
+      <c r="B251" s="29">
+        <v>46079</v>
+      </c>
+      <c r="C251" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D251" s="67"/>
-[...33 lines deleted...]
-      <c r="C252" s="62" t="s">
+      <c r="D251" s="35"/>
+      <c r="E251" s="34"/>
+      <c r="F251" s="33"/>
+      <c r="G251" s="33"/>
+      <c r="H251" s="33"/>
+      <c r="I251" s="33"/>
+      <c r="J251" s="50"/>
+      <c r="K251" s="35"/>
+      <c r="L251" s="33"/>
+      <c r="M251" s="33"/>
+      <c r="N251" s="33"/>
+      <c r="O251" s="50"/>
+      <c r="P251" s="35"/>
+      <c r="Q251" s="34"/>
+      <c r="R251" s="35"/>
+      <c r="S251" s="33"/>
+      <c r="T251" s="33"/>
+      <c r="U251" s="33"/>
+      <c r="V251" s="50"/>
+      <c r="W251" s="35"/>
+      <c r="X251" s="33"/>
+      <c r="Y251" s="33"/>
+      <c r="Z251" s="33"/>
+      <c r="AA251" s="50"/>
+      <c r="AB251" s="35"/>
+      <c r="AC251" s="33"/>
+      <c r="AD251" s="33"/>
+      <c r="AE251" s="33"/>
+      <c r="AF251" s="50"/>
+    </row>
+    <row r="252" customHeight="1" spans="2:32">
+      <c r="B252" s="29">
+        <v>46080</v>
+      </c>
+      <c r="C252" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D252" s="67"/>
-[...33 lines deleted...]
-      <c r="C253" s="62" t="s">
+      <c r="D252" s="35"/>
+      <c r="E252" s="34"/>
+      <c r="F252" s="70"/>
+      <c r="G252" s="71"/>
+      <c r="H252" s="71"/>
+      <c r="I252" s="71"/>
+      <c r="J252" s="76"/>
+      <c r="K252" s="35"/>
+      <c r="L252" s="33"/>
+      <c r="M252" s="33"/>
+      <c r="N252" s="33"/>
+      <c r="O252" s="50"/>
+      <c r="P252" s="35"/>
+      <c r="Q252" s="34"/>
+      <c r="R252" s="35"/>
+      <c r="S252" s="33"/>
+      <c r="T252" s="33"/>
+      <c r="U252" s="33"/>
+      <c r="V252" s="50"/>
+      <c r="W252" s="35"/>
+      <c r="X252" s="33"/>
+      <c r="Y252" s="33"/>
+      <c r="Z252" s="33"/>
+      <c r="AA252" s="50"/>
+      <c r="AB252" s="35"/>
+      <c r="AC252" s="33"/>
+      <c r="AD252" s="33"/>
+      <c r="AE252" s="33"/>
+      <c r="AF252" s="50"/>
+    </row>
+    <row r="253" customHeight="1" spans="2:32">
+      <c r="B253" s="29">
+        <v>46081</v>
+      </c>
+      <c r="C253" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D253" s="67"/>
-[...2 lines deleted...]
-      <c r="G253" s="92" t="s">
+      <c r="D253" s="35"/>
+      <c r="E253" s="34"/>
+      <c r="F253" s="74"/>
+      <c r="G253" s="75" t="s">
         <v>50</v>
       </c>
-      <c r="H253" s="92" t="s">
+      <c r="H253" s="75" t="s">
         <v>112</v>
       </c>
-      <c r="I253" s="102" t="s">
+      <c r="I253" s="75" t="s">
         <v>52</v>
       </c>
-      <c r="J253" s="93" t="s">
+      <c r="J253" s="80" t="s">
         <v>128</v>
       </c>
-      <c r="K253" s="67"/>
-[...26 lines deleted...]
-      <c r="C254" s="62" t="s">
+      <c r="K253" s="35"/>
+      <c r="L253" s="33"/>
+      <c r="M253" s="33"/>
+      <c r="N253" s="33"/>
+      <c r="O253" s="50"/>
+      <c r="P253" s="35"/>
+      <c r="Q253" s="34"/>
+      <c r="R253" s="35"/>
+      <c r="S253" s="33"/>
+      <c r="T253" s="33"/>
+      <c r="U253" s="33"/>
+      <c r="V253" s="50"/>
+      <c r="W253" s="35"/>
+      <c r="X253" s="33"/>
+      <c r="Y253" s="33"/>
+      <c r="Z253" s="33"/>
+      <c r="AA253" s="50"/>
+      <c r="AB253" s="35"/>
+      <c r="AC253" s="33"/>
+      <c r="AD253" s="33"/>
+      <c r="AE253" s="33"/>
+      <c r="AF253" s="50"/>
+    </row>
+    <row r="254" customHeight="1" spans="2:32">
+      <c r="B254" s="29">
+        <v>46082</v>
+      </c>
+      <c r="C254" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D254" s="67"/>
-[...33 lines deleted...]
-      <c r="C255" s="62" t="s">
+      <c r="D254" s="35"/>
+      <c r="E254" s="34"/>
+      <c r="F254" s="70"/>
+      <c r="G254" s="71"/>
+      <c r="H254" s="71"/>
+      <c r="I254" s="71"/>
+      <c r="J254" s="76"/>
+      <c r="K254" s="35"/>
+      <c r="L254" s="33"/>
+      <c r="M254" s="33"/>
+      <c r="N254" s="33"/>
+      <c r="O254" s="50"/>
+      <c r="P254" s="35"/>
+      <c r="Q254" s="34"/>
+      <c r="R254" s="35"/>
+      <c r="S254" s="33"/>
+      <c r="T254" s="33"/>
+      <c r="U254" s="33"/>
+      <c r="V254" s="50"/>
+      <c r="W254" s="35"/>
+      <c r="X254" s="33"/>
+      <c r="Y254" s="33"/>
+      <c r="Z254" s="33"/>
+      <c r="AA254" s="50"/>
+      <c r="AB254" s="35"/>
+      <c r="AC254" s="33"/>
+      <c r="AD254" s="33"/>
+      <c r="AE254" s="33"/>
+      <c r="AF254" s="50"/>
+    </row>
+    <row r="255" customHeight="1" spans="2:32">
+      <c r="B255" s="29">
+        <v>46083</v>
+      </c>
+      <c r="C255" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D255" s="67"/>
-[...30 lines deleted...]
-      <c r="A256" s="124" t="s">
+      <c r="D255" s="35"/>
+      <c r="E255" s="34"/>
+      <c r="F255" s="33"/>
+      <c r="G255" s="33"/>
+      <c r="H255" s="33"/>
+      <c r="I255" s="33"/>
+      <c r="J255" s="50"/>
+      <c r="K255" s="35"/>
+      <c r="L255" s="33"/>
+      <c r="M255" s="33"/>
+      <c r="N255" s="33"/>
+      <c r="O255" s="50"/>
+      <c r="P255" s="35"/>
+      <c r="Q255" s="34"/>
+      <c r="R255" s="35"/>
+      <c r="S255" s="33"/>
+      <c r="T255" s="33"/>
+      <c r="U255" s="33"/>
+      <c r="V255" s="50"/>
+      <c r="W255" s="35"/>
+      <c r="X255" s="33"/>
+      <c r="Y255" s="33"/>
+      <c r="Z255" s="33"/>
+      <c r="AA255" s="50"/>
+      <c r="AB255" s="35"/>
+      <c r="AC255" s="33"/>
+      <c r="AD255" s="33"/>
+      <c r="AE255" s="33"/>
+      <c r="AF255" s="50"/>
+    </row>
+    <row r="256" customHeight="1" spans="1:32">
+      <c r="A256" s="97" t="s">
         <v>129</v>
       </c>
-      <c r="B256" s="61">
-[...2 lines deleted...]
-      <c r="C256" s="62" t="s">
+      <c r="B256" s="29">
+        <v>46084</v>
+      </c>
+      <c r="C256" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D256" s="67"/>
-[...33 lines deleted...]
-      <c r="C257" s="62" t="s">
+      <c r="D256" s="35"/>
+      <c r="E256" s="34"/>
+      <c r="F256" s="33"/>
+      <c r="G256" s="33"/>
+      <c r="H256" s="33"/>
+      <c r="I256" s="33"/>
+      <c r="J256" s="50"/>
+      <c r="K256" s="35"/>
+      <c r="L256" s="33"/>
+      <c r="M256" s="33"/>
+      <c r="N256" s="33"/>
+      <c r="O256" s="50"/>
+      <c r="P256" s="35"/>
+      <c r="Q256" s="34"/>
+      <c r="R256" s="35"/>
+      <c r="S256" s="33"/>
+      <c r="T256" s="33"/>
+      <c r="U256" s="33"/>
+      <c r="V256" s="50"/>
+      <c r="W256" s="35"/>
+      <c r="X256" s="33"/>
+      <c r="Y256" s="33"/>
+      <c r="Z256" s="33"/>
+      <c r="AA256" s="50"/>
+      <c r="AB256" s="35"/>
+      <c r="AC256" s="33"/>
+      <c r="AD256" s="33"/>
+      <c r="AE256" s="33"/>
+      <c r="AF256" s="50"/>
+    </row>
+    <row r="257" customHeight="1" spans="2:32">
+      <c r="B257" s="29">
+        <v>46085</v>
+      </c>
+      <c r="C257" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D257" s="67"/>
-[...31 lines deleted...]
-      <c r="C258" s="62" t="s">
+      <c r="D257" s="35"/>
+      <c r="E257" s="34"/>
+      <c r="F257" s="33"/>
+      <c r="G257" s="33"/>
+      <c r="H257" s="33"/>
+      <c r="I257" s="33"/>
+      <c r="J257" s="50"/>
+      <c r="K257" s="35"/>
+      <c r="L257" s="33"/>
+      <c r="M257" s="33"/>
+      <c r="N257" s="33"/>
+      <c r="O257" s="50"/>
+      <c r="P257" s="35"/>
+      <c r="Q257" s="34"/>
+      <c r="R257" s="35"/>
+      <c r="S257" s="33"/>
+      <c r="T257" s="33"/>
+      <c r="U257" s="33"/>
+      <c r="V257" s="50"/>
+      <c r="W257" s="35"/>
+      <c r="X257" s="33"/>
+      <c r="Y257" s="33"/>
+      <c r="Z257" s="33"/>
+      <c r="AA257" s="50"/>
+      <c r="AB257" s="35"/>
+      <c r="AC257" s="120"/>
+      <c r="AF257" s="110"/>
+    </row>
+    <row r="258" customHeight="1" spans="2:32">
+      <c r="B258" s="29">
+        <v>46086</v>
+      </c>
+      <c r="C258" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D258" s="67"/>
-[...27 lines deleted...]
-      <c r="C259" s="62" t="s">
+      <c r="D258" s="35"/>
+      <c r="E258" s="34"/>
+      <c r="F258" s="33"/>
+      <c r="G258" s="120"/>
+      <c r="H258" s="120"/>
+      <c r="I258" s="120"/>
+      <c r="J258" s="124"/>
+      <c r="K258" s="35"/>
+      <c r="L258" s="120"/>
+      <c r="O258" s="110"/>
+      <c r="P258" s="35"/>
+      <c r="Q258" s="34"/>
+      <c r="R258" s="35"/>
+      <c r="S258" s="120"/>
+      <c r="V258" s="110"/>
+      <c r="W258" s="35"/>
+      <c r="X258" s="120"/>
+      <c r="AA258" s="110"/>
+      <c r="AB258" s="35"/>
+      <c r="AC258" s="33"/>
+      <c r="AD258" s="33"/>
+      <c r="AE258" s="33"/>
+      <c r="AF258" s="50"/>
+    </row>
+    <row r="259" customHeight="1" spans="2:32">
+      <c r="B259" s="29">
+        <v>46087</v>
+      </c>
+      <c r="C259" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D259" s="67"/>
-[...2 lines deleted...]
-      <c r="G259" s="145" t="s">
+      <c r="D259" s="35"/>
+      <c r="E259" s="34"/>
+      <c r="F259" s="121"/>
+      <c r="G259" s="122" t="s">
         <v>130</v>
       </c>
-      <c r="H259" s="145" t="s">
+      <c r="H259" s="122" t="s">
         <v>131</v>
       </c>
-      <c r="I259" s="145" t="s">
+      <c r="I259" s="122" t="s">
         <v>132</v>
       </c>
-      <c r="J259" s="146" t="s">
+      <c r="J259" s="125" t="s">
         <v>133</v>
       </c>
-      <c r="K259" s="67"/>
-[...26 lines deleted...]
-      <c r="C260" s="62" t="s">
+      <c r="K259" s="35"/>
+      <c r="L259" s="33"/>
+      <c r="M259" s="33"/>
+      <c r="N259" s="33"/>
+      <c r="O259" s="50"/>
+      <c r="P259" s="35"/>
+      <c r="Q259" s="34"/>
+      <c r="R259" s="35"/>
+      <c r="S259" s="33"/>
+      <c r="T259" s="33"/>
+      <c r="U259" s="33"/>
+      <c r="V259" s="50"/>
+      <c r="W259" s="35"/>
+      <c r="X259" s="33"/>
+      <c r="Y259" s="33"/>
+      <c r="Z259" s="33"/>
+      <c r="AA259" s="50"/>
+      <c r="AB259" s="35"/>
+      <c r="AC259" s="33"/>
+      <c r="AD259" s="33"/>
+      <c r="AE259" s="33"/>
+      <c r="AF259" s="50"/>
+    </row>
+    <row r="260" customHeight="1" spans="2:32">
+      <c r="B260" s="29">
+        <v>46088</v>
+      </c>
+      <c r="C260" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D260" s="67"/>
-[...2 lines deleted...]
-      <c r="G260" s="145" t="s">
+      <c r="D260" s="35"/>
+      <c r="E260" s="34"/>
+      <c r="F260" s="121"/>
+      <c r="G260" s="122" t="s">
         <v>130</v>
       </c>
-      <c r="H260" s="145" t="s">
+      <c r="H260" s="122" t="s">
         <v>131</v>
       </c>
-      <c r="I260" s="145" t="s">
+      <c r="I260" s="122" t="s">
         <v>132</v>
       </c>
-      <c r="J260" s="146" t="s">
+      <c r="J260" s="125" t="s">
         <v>133</v>
       </c>
-      <c r="K260" s="67"/>
-[...26 lines deleted...]
-      <c r="C261" s="62" t="s">
+      <c r="K260" s="35"/>
+      <c r="L260" s="33"/>
+      <c r="M260" s="33"/>
+      <c r="N260" s="33"/>
+      <c r="O260" s="50"/>
+      <c r="P260" s="35"/>
+      <c r="Q260" s="34"/>
+      <c r="R260" s="35"/>
+      <c r="S260" s="33"/>
+      <c r="T260" s="33"/>
+      <c r="U260" s="33"/>
+      <c r="V260" s="50"/>
+      <c r="W260" s="35"/>
+      <c r="X260" s="33"/>
+      <c r="Y260" s="33"/>
+      <c r="Z260" s="33"/>
+      <c r="AA260" s="50"/>
+      <c r="AB260" s="35"/>
+      <c r="AC260" s="33"/>
+      <c r="AD260" s="33"/>
+      <c r="AE260" s="33"/>
+      <c r="AF260" s="50"/>
+    </row>
+    <row r="261" customHeight="1" spans="2:32">
+      <c r="B261" s="29">
+        <v>46089</v>
+      </c>
+      <c r="C261" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D261" s="67"/>
-[...2 lines deleted...]
-      <c r="G261" s="147" t="s">
+      <c r="D261" s="35"/>
+      <c r="E261" s="34"/>
+      <c r="F261" s="121"/>
+      <c r="G261" s="122" t="s">
         <v>130</v>
       </c>
-      <c r="H261" s="147" t="s">
+      <c r="H261" s="122" t="s">
         <v>131</v>
       </c>
-      <c r="I261" s="147" t="s">
+      <c r="I261" s="122" t="s">
         <v>132</v>
       </c>
-      <c r="J261" s="148" t="s">
+      <c r="J261" s="125" t="s">
         <v>133</v>
       </c>
-      <c r="K261" s="67"/>
-[...26 lines deleted...]
-      <c r="C262" s="62" t="s">
+      <c r="K261" s="35"/>
+      <c r="L261" s="33"/>
+      <c r="M261" s="33"/>
+      <c r="N261" s="33"/>
+      <c r="O261" s="50"/>
+      <c r="P261" s="35"/>
+      <c r="Q261" s="34"/>
+      <c r="R261" s="35"/>
+      <c r="S261" s="33"/>
+      <c r="T261" s="33"/>
+      <c r="U261" s="33"/>
+      <c r="V261" s="50"/>
+      <c r="W261" s="35"/>
+      <c r="X261" s="33"/>
+      <c r="Y261" s="33"/>
+      <c r="Z261" s="33"/>
+      <c r="AA261" s="50"/>
+      <c r="AB261" s="35"/>
+      <c r="AC261" s="33"/>
+      <c r="AD261" s="33"/>
+      <c r="AE261" s="33"/>
+      <c r="AF261" s="50"/>
+    </row>
+    <row r="262" customHeight="1" spans="2:32">
+      <c r="B262" s="29">
+        <v>46090</v>
+      </c>
+      <c r="C262" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D262" s="67"/>
-[...33 lines deleted...]
-      <c r="C263" s="62" t="s">
+      <c r="D262" s="35"/>
+      <c r="E262" s="34"/>
+      <c r="F262" s="33"/>
+      <c r="G262" s="33"/>
+      <c r="H262" s="33"/>
+      <c r="I262" s="33"/>
+      <c r="J262" s="50"/>
+      <c r="K262" s="35"/>
+      <c r="L262" s="33"/>
+      <c r="M262" s="33"/>
+      <c r="N262" s="33"/>
+      <c r="O262" s="50"/>
+      <c r="P262" s="35"/>
+      <c r="Q262" s="34"/>
+      <c r="R262" s="35"/>
+      <c r="S262" s="33"/>
+      <c r="T262" s="33"/>
+      <c r="U262" s="33"/>
+      <c r="V262" s="50"/>
+      <c r="W262" s="35"/>
+      <c r="X262" s="33"/>
+      <c r="Y262" s="33"/>
+      <c r="Z262" s="33"/>
+      <c r="AA262" s="50"/>
+      <c r="AB262" s="35"/>
+      <c r="AC262" s="33"/>
+      <c r="AD262" s="33"/>
+      <c r="AE262" s="33"/>
+      <c r="AF262" s="50"/>
+    </row>
+    <row r="263" customHeight="1" spans="2:32">
+      <c r="B263" s="29">
+        <v>46091</v>
+      </c>
+      <c r="C263" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D263" s="67"/>
-[...33 lines deleted...]
-      <c r="C264" s="62" t="s">
+      <c r="D263" s="35"/>
+      <c r="E263" s="34"/>
+      <c r="F263" s="33"/>
+      <c r="G263" s="33"/>
+      <c r="H263" s="33"/>
+      <c r="I263" s="33"/>
+      <c r="J263" s="50"/>
+      <c r="K263" s="35"/>
+      <c r="L263" s="33"/>
+      <c r="M263" s="33"/>
+      <c r="N263" s="33"/>
+      <c r="O263" s="50"/>
+      <c r="P263" s="35"/>
+      <c r="Q263" s="34"/>
+      <c r="R263" s="35"/>
+      <c r="S263" s="33"/>
+      <c r="T263" s="33"/>
+      <c r="U263" s="33"/>
+      <c r="V263" s="50"/>
+      <c r="W263" s="35"/>
+      <c r="X263" s="33"/>
+      <c r="Y263" s="33"/>
+      <c r="Z263" s="33"/>
+      <c r="AA263" s="50"/>
+      <c r="AB263" s="35"/>
+      <c r="AC263" s="33"/>
+      <c r="AD263" s="33"/>
+      <c r="AE263" s="33"/>
+      <c r="AF263" s="50"/>
+    </row>
+    <row r="264" customHeight="1" spans="2:32">
+      <c r="B264" s="29">
+        <v>46092</v>
+      </c>
+      <c r="C264" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D264" s="67"/>
-[...7 lines deleted...]
-      <c r="L264" s="88" t="s">
+      <c r="D264" s="35"/>
+      <c r="E264" s="34"/>
+      <c r="F264" s="33"/>
+      <c r="G264" s="33"/>
+      <c r="H264" s="33"/>
+      <c r="I264" s="33"/>
+      <c r="J264" s="50"/>
+      <c r="K264" s="78"/>
+      <c r="L264" s="78" t="s">
         <v>134</v>
       </c>
-      <c r="M264" s="88"/>
-      <c r="N264" s="88" t="s">
+      <c r="M264" s="78"/>
+      <c r="N264" s="78" t="s">
         <v>49</v>
       </c>
-      <c r="O264" s="89"/>
-[...22 lines deleted...]
-      <c r="C265" s="62" t="s">
+      <c r="O264" s="79"/>
+      <c r="P264" s="35"/>
+      <c r="Q264" s="34"/>
+      <c r="R264" s="35"/>
+      <c r="S264" s="33"/>
+      <c r="T264" s="33"/>
+      <c r="U264" s="33"/>
+      <c r="V264" s="50"/>
+      <c r="W264" s="35"/>
+      <c r="X264" s="33"/>
+      <c r="Y264" s="33"/>
+      <c r="Z264" s="33"/>
+      <c r="AA264" s="50"/>
+      <c r="AB264" s="35"/>
+      <c r="AC264" s="33"/>
+      <c r="AD264" s="33"/>
+      <c r="AE264" s="33"/>
+      <c r="AF264" s="50"/>
+    </row>
+    <row r="265" customHeight="1" spans="2:32">
+      <c r="B265" s="29">
+        <v>46093</v>
+      </c>
+      <c r="C265" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D265" s="67"/>
-[...33 lines deleted...]
-      <c r="C266" s="62" t="s">
+      <c r="D265" s="35"/>
+      <c r="E265" s="34"/>
+      <c r="F265" s="33"/>
+      <c r="G265" s="33"/>
+      <c r="H265" s="33"/>
+      <c r="I265" s="33"/>
+      <c r="J265" s="50"/>
+      <c r="K265" s="35"/>
+      <c r="L265" s="33"/>
+      <c r="M265" s="33"/>
+      <c r="N265" s="33"/>
+      <c r="O265" s="50"/>
+      <c r="P265" s="35"/>
+      <c r="Q265" s="34"/>
+      <c r="R265" s="35"/>
+      <c r="S265" s="33"/>
+      <c r="T265" s="33"/>
+      <c r="U265" s="33"/>
+      <c r="V265" s="50"/>
+      <c r="W265" s="35"/>
+      <c r="X265" s="33"/>
+      <c r="Y265" s="33"/>
+      <c r="Z265" s="33"/>
+      <c r="AA265" s="50"/>
+      <c r="AB265" s="35"/>
+      <c r="AC265" s="33"/>
+      <c r="AD265" s="33"/>
+      <c r="AE265" s="33"/>
+      <c r="AF265" s="50"/>
+    </row>
+    <row r="266" customHeight="1" spans="2:32">
+      <c r="B266" s="29">
+        <v>46094</v>
+      </c>
+      <c r="C266" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D266" s="67"/>
-[...33 lines deleted...]
-      <c r="C267" s="62" t="s">
+      <c r="D266" s="35"/>
+      <c r="E266" s="34"/>
+      <c r="F266" s="33"/>
+      <c r="G266" s="33"/>
+      <c r="H266" s="33"/>
+      <c r="I266" s="33"/>
+      <c r="J266" s="50"/>
+      <c r="K266" s="35"/>
+      <c r="L266" s="33"/>
+      <c r="M266" s="33"/>
+      <c r="N266" s="33"/>
+      <c r="O266" s="50"/>
+      <c r="P266" s="35"/>
+      <c r="Q266" s="34"/>
+      <c r="R266" s="35"/>
+      <c r="S266" s="33"/>
+      <c r="T266" s="33"/>
+      <c r="U266" s="33"/>
+      <c r="V266" s="50"/>
+      <c r="W266" s="35"/>
+      <c r="X266" s="33"/>
+      <c r="Y266" s="33"/>
+      <c r="Z266" s="33"/>
+      <c r="AA266" s="50"/>
+      <c r="AB266" s="35"/>
+      <c r="AC266" s="33"/>
+      <c r="AD266" s="33"/>
+      <c r="AE266" s="33"/>
+      <c r="AF266" s="50"/>
+    </row>
+    <row r="267" customHeight="1" spans="2:32">
+      <c r="B267" s="29">
+        <v>46095</v>
+      </c>
+      <c r="C267" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D267" s="67"/>
-[...7 lines deleted...]
-      <c r="L267" s="72" t="s">
+      <c r="D267" s="35"/>
+      <c r="E267" s="34"/>
+      <c r="F267" s="88" t="s">
+        <v>34</v>
+      </c>
+      <c r="G267" s="88" t="s">
         <v>135</v>
       </c>
-      <c r="M267" s="134"/>
-      <c r="N267" s="72" t="s">
+      <c r="H267" s="88" t="s">
+        <v>93</v>
+      </c>
+      <c r="I267" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="J267" s="89" t="s">
+        <v>136</v>
+      </c>
+      <c r="K267" s="61"/>
+      <c r="L267" s="62" t="s">
+        <v>137</v>
+      </c>
+      <c r="M267" s="62"/>
+      <c r="N267" s="62" t="s">
         <v>55</v>
       </c>
-      <c r="O267" s="95"/>
-[...22 lines deleted...]
-      <c r="C268" s="62" t="s">
+      <c r="O267" s="69"/>
+      <c r="P267" s="35"/>
+      <c r="Q267" s="34"/>
+      <c r="R267" s="35"/>
+      <c r="S267" s="33"/>
+      <c r="T267" s="33"/>
+      <c r="U267" s="33"/>
+      <c r="V267" s="50"/>
+      <c r="W267" s="35"/>
+      <c r="X267" s="33"/>
+      <c r="Y267" s="33"/>
+      <c r="Z267" s="33"/>
+      <c r="AA267" s="50"/>
+      <c r="AB267" s="35"/>
+      <c r="AC267" s="33"/>
+      <c r="AD267" s="33"/>
+      <c r="AE267" s="33"/>
+      <c r="AF267" s="50"/>
+    </row>
+    <row r="268" customHeight="1" spans="2:32">
+      <c r="B268" s="29">
+        <v>46096</v>
+      </c>
+      <c r="C268" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D268" s="67"/>
-[...11 lines deleted...]
-      <c r="N268" s="72" t="s">
+      <c r="D268" s="35"/>
+      <c r="E268" s="34"/>
+      <c r="F268" s="33"/>
+      <c r="G268" s="33"/>
+      <c r="H268" s="33"/>
+      <c r="I268" s="33"/>
+      <c r="J268" s="50"/>
+      <c r="K268" s="61"/>
+      <c r="L268" s="62" t="s">
+        <v>137</v>
+      </c>
+      <c r="M268" s="62"/>
+      <c r="N268" s="62" t="s">
         <v>55</v>
       </c>
-      <c r="O268" s="95"/>
-[...22 lines deleted...]
-      <c r="C269" s="62" t="s">
+      <c r="O268" s="69"/>
+      <c r="P268" s="35"/>
+      <c r="Q268" s="34"/>
+      <c r="R268" s="35"/>
+      <c r="S268" s="33"/>
+      <c r="T268" s="33"/>
+      <c r="U268" s="33"/>
+      <c r="V268" s="50"/>
+      <c r="W268" s="35"/>
+      <c r="X268" s="33"/>
+      <c r="Y268" s="33"/>
+      <c r="Z268" s="33"/>
+      <c r="AA268" s="50"/>
+      <c r="AB268" s="35"/>
+      <c r="AC268" s="33"/>
+      <c r="AD268" s="33"/>
+      <c r="AE268" s="33"/>
+      <c r="AF268" s="50"/>
+    </row>
+    <row r="269" customHeight="1" spans="2:32">
+      <c r="B269" s="29">
+        <v>46097</v>
+      </c>
+      <c r="C269" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D269" s="67"/>
-[...2 lines deleted...]
-      <c r="G269" s="88" t="s">
+      <c r="D269" s="35"/>
+      <c r="E269" s="34"/>
+      <c r="F269" s="78"/>
+      <c r="G269" s="78" t="s">
+        <v>138</v>
+      </c>
+      <c r="H269" s="78" t="s">
+        <v>139</v>
+      </c>
+      <c r="I269" s="78" t="s">
+        <v>45</v>
+      </c>
+      <c r="J269" s="79" t="s">
+        <v>89</v>
+      </c>
+      <c r="K269" s="35"/>
+      <c r="L269" s="33"/>
+      <c r="M269" s="33"/>
+      <c r="N269" s="33"/>
+      <c r="O269" s="50"/>
+      <c r="P269" s="35"/>
+      <c r="Q269" s="34"/>
+      <c r="R269" s="35"/>
+      <c r="S269" s="33"/>
+      <c r="T269" s="33"/>
+      <c r="U269" s="33"/>
+      <c r="V269" s="50"/>
+      <c r="W269" s="35"/>
+      <c r="X269" s="33"/>
+      <c r="Y269" s="33"/>
+      <c r="Z269" s="33"/>
+      <c r="AA269" s="50"/>
+      <c r="AB269" s="35"/>
+      <c r="AC269" s="33"/>
+      <c r="AD269" s="33"/>
+      <c r="AE269" s="33"/>
+      <c r="AF269" s="50"/>
+    </row>
+    <row r="270" customHeight="1" spans="2:32">
+      <c r="B270" s="29">
+        <v>46098</v>
+      </c>
+      <c r="C270" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D270" s="35"/>
+      <c r="E270" s="34"/>
+      <c r="F270" s="33"/>
+      <c r="G270" s="33"/>
+      <c r="H270" s="33"/>
+      <c r="I270" s="33"/>
+      <c r="J270" s="50"/>
+      <c r="K270" s="35"/>
+      <c r="L270" s="33"/>
+      <c r="M270" s="33"/>
+      <c r="N270" s="33"/>
+      <c r="O270" s="50"/>
+      <c r="P270" s="35"/>
+      <c r="Q270" s="34"/>
+      <c r="R270" s="35"/>
+      <c r="S270" s="33"/>
+      <c r="T270" s="33"/>
+      <c r="U270" s="33"/>
+      <c r="V270" s="50"/>
+      <c r="W270" s="35"/>
+      <c r="X270" s="33"/>
+      <c r="Y270" s="33"/>
+      <c r="Z270" s="33"/>
+      <c r="AA270" s="50"/>
+      <c r="AB270" s="35"/>
+      <c r="AC270" s="33"/>
+      <c r="AD270" s="33"/>
+      <c r="AE270" s="33"/>
+      <c r="AF270" s="50"/>
+    </row>
+    <row r="271" customHeight="1" spans="2:32">
+      <c r="B271" s="29">
+        <v>46099</v>
+      </c>
+      <c r="C271" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D271" s="35"/>
+      <c r="E271" s="34"/>
+      <c r="F271" s="33"/>
+      <c r="G271" s="33"/>
+      <c r="H271" s="33"/>
+      <c r="I271" s="33"/>
+      <c r="J271" s="50"/>
+      <c r="K271" s="35"/>
+      <c r="L271" s="33"/>
+      <c r="M271" s="33"/>
+      <c r="N271" s="33"/>
+      <c r="O271" s="50"/>
+      <c r="P271" s="35"/>
+      <c r="Q271" s="34"/>
+      <c r="R271" s="35"/>
+      <c r="S271" s="33"/>
+      <c r="T271" s="33"/>
+      <c r="U271" s="33"/>
+      <c r="V271" s="50"/>
+      <c r="W271" s="35"/>
+      <c r="X271" s="33"/>
+      <c r="Y271" s="33"/>
+      <c r="Z271" s="33"/>
+      <c r="AA271" s="50"/>
+      <c r="AB271" s="35"/>
+      <c r="AC271" s="33"/>
+      <c r="AD271" s="33"/>
+      <c r="AE271" s="33"/>
+      <c r="AF271" s="50"/>
+    </row>
+    <row r="272" customHeight="1" spans="2:32">
+      <c r="B272" s="29">
+        <v>46100</v>
+      </c>
+      <c r="C272" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D272" s="35"/>
+      <c r="E272" s="34"/>
+      <c r="F272" s="33"/>
+      <c r="G272" s="33"/>
+      <c r="H272" s="33"/>
+      <c r="I272" s="33"/>
+      <c r="J272" s="50"/>
+      <c r="K272" s="35"/>
+      <c r="L272" s="33"/>
+      <c r="M272" s="33"/>
+      <c r="N272" s="33"/>
+      <c r="O272" s="50"/>
+      <c r="P272" s="35"/>
+      <c r="Q272" s="34"/>
+      <c r="R272" s="35"/>
+      <c r="S272" s="33"/>
+      <c r="T272" s="33"/>
+      <c r="U272" s="33"/>
+      <c r="V272" s="50"/>
+      <c r="W272" s="35"/>
+      <c r="X272" s="33"/>
+      <c r="Y272" s="33"/>
+      <c r="Z272" s="33"/>
+      <c r="AA272" s="50"/>
+      <c r="AB272" s="35"/>
+      <c r="AC272" s="33"/>
+      <c r="AD272" s="33"/>
+      <c r="AE272" s="33"/>
+      <c r="AF272" s="50"/>
+    </row>
+    <row r="273" customHeight="1" spans="2:32">
+      <c r="B273" s="29">
+        <v>46101</v>
+      </c>
+      <c r="C273" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D273" s="35"/>
+      <c r="E273" s="34"/>
+      <c r="F273" s="33"/>
+      <c r="G273" s="33"/>
+      <c r="H273" s="33"/>
+      <c r="I273" s="33"/>
+      <c r="J273" s="50"/>
+      <c r="K273" s="35"/>
+      <c r="L273" s="33"/>
+      <c r="M273" s="33"/>
+      <c r="N273" s="33"/>
+      <c r="O273" s="50"/>
+      <c r="P273" s="35"/>
+      <c r="Q273" s="34"/>
+      <c r="R273" s="35"/>
+      <c r="S273" s="33"/>
+      <c r="T273" s="33"/>
+      <c r="U273" s="33"/>
+      <c r="V273" s="50"/>
+      <c r="W273" s="87"/>
+      <c r="X273" s="88" t="s">
+        <v>140</v>
+      </c>
+      <c r="Y273" s="88"/>
+      <c r="Z273" s="88" t="s">
+        <v>141</v>
+      </c>
+      <c r="AA273" s="89" t="s">
+        <v>142</v>
+      </c>
+      <c r="AB273" s="35"/>
+      <c r="AC273" s="33"/>
+      <c r="AD273" s="33"/>
+      <c r="AE273" s="33"/>
+      <c r="AF273" s="50"/>
+    </row>
+    <row r="274" customHeight="1" spans="2:32">
+      <c r="B274" s="29">
+        <v>46102</v>
+      </c>
+      <c r="C274" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D274" s="35"/>
+      <c r="E274" s="34"/>
+      <c r="F274" s="33"/>
+      <c r="G274" s="33"/>
+      <c r="H274" s="33"/>
+      <c r="I274" s="33"/>
+      <c r="J274" s="50"/>
+      <c r="K274" s="35"/>
+      <c r="L274" s="33"/>
+      <c r="M274" s="33"/>
+      <c r="N274" s="33"/>
+      <c r="O274" s="50"/>
+      <c r="P274" s="35"/>
+      <c r="Q274" s="34"/>
+      <c r="R274" s="35"/>
+      <c r="S274" s="33"/>
+      <c r="T274" s="33"/>
+      <c r="U274" s="33"/>
+      <c r="V274" s="50"/>
+      <c r="W274" s="87"/>
+      <c r="X274" s="88" t="s">
+        <v>140</v>
+      </c>
+      <c r="Y274" s="88"/>
+      <c r="Z274" s="88" t="s">
+        <v>141</v>
+      </c>
+      <c r="AA274" s="89" t="s">
+        <v>142</v>
+      </c>
+      <c r="AB274" s="35"/>
+      <c r="AC274" s="33"/>
+      <c r="AD274" s="33"/>
+      <c r="AE274" s="33"/>
+      <c r="AF274" s="50"/>
+    </row>
+    <row r="275" customHeight="1" spans="2:32">
+      <c r="B275" s="29">
+        <v>46103</v>
+      </c>
+      <c r="C275" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D275" s="35"/>
+      <c r="E275" s="34"/>
+      <c r="F275" s="33"/>
+      <c r="G275" s="33"/>
+      <c r="H275" s="33"/>
+      <c r="I275" s="33"/>
+      <c r="J275" s="50"/>
+      <c r="K275" s="35"/>
+      <c r="L275" s="33"/>
+      <c r="M275" s="33"/>
+      <c r="N275" s="33"/>
+      <c r="O275" s="50"/>
+      <c r="P275" s="35"/>
+      <c r="Q275" s="34"/>
+      <c r="R275" s="35"/>
+      <c r="S275" s="33"/>
+      <c r="T275" s="33"/>
+      <c r="U275" s="33"/>
+      <c r="V275" s="50"/>
+      <c r="W275" s="35"/>
+      <c r="X275" s="33"/>
+      <c r="Y275" s="33"/>
+      <c r="Z275" s="33"/>
+      <c r="AA275" s="50"/>
+      <c r="AB275" s="35"/>
+      <c r="AC275" s="33"/>
+      <c r="AD275" s="33"/>
+      <c r="AE275" s="33"/>
+      <c r="AF275" s="50"/>
+    </row>
+    <row r="276" customHeight="1" spans="2:32">
+      <c r="B276" s="29">
+        <v>46104</v>
+      </c>
+      <c r="C276" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D276" s="35"/>
+      <c r="E276" s="34"/>
+      <c r="F276" s="33"/>
+      <c r="G276" s="33"/>
+      <c r="H276" s="33"/>
+      <c r="I276" s="33"/>
+      <c r="J276" s="50"/>
+      <c r="K276" s="35"/>
+      <c r="L276" s="33"/>
+      <c r="M276" s="33"/>
+      <c r="N276" s="33"/>
+      <c r="O276" s="50"/>
+      <c r="P276" s="35"/>
+      <c r="Q276" s="34"/>
+      <c r="R276" s="35"/>
+      <c r="S276" s="33"/>
+      <c r="T276" s="33"/>
+      <c r="U276" s="33"/>
+      <c r="V276" s="50"/>
+      <c r="W276" s="35"/>
+      <c r="X276" s="33"/>
+      <c r="Y276" s="33"/>
+      <c r="Z276" s="33"/>
+      <c r="AA276" s="50"/>
+      <c r="AB276" s="35"/>
+      <c r="AC276" s="33"/>
+      <c r="AD276" s="33"/>
+      <c r="AE276" s="33"/>
+      <c r="AF276" s="50"/>
+    </row>
+    <row r="277" customHeight="1" spans="2:32">
+      <c r="B277" s="29">
+        <v>46105</v>
+      </c>
+      <c r="C277" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D277" s="35"/>
+      <c r="E277" s="34"/>
+      <c r="F277" s="33"/>
+      <c r="G277" s="33"/>
+      <c r="H277" s="33"/>
+      <c r="I277" s="33"/>
+      <c r="J277" s="50"/>
+      <c r="K277" s="35"/>
+      <c r="L277" s="33"/>
+      <c r="M277" s="33"/>
+      <c r="N277" s="33"/>
+      <c r="O277" s="50"/>
+      <c r="P277" s="35"/>
+      <c r="Q277" s="34"/>
+      <c r="R277" s="35"/>
+      <c r="S277" s="33"/>
+      <c r="T277" s="33"/>
+      <c r="U277" s="33"/>
+      <c r="V277" s="50"/>
+      <c r="W277" s="35"/>
+      <c r="X277" s="33"/>
+      <c r="Y277" s="33"/>
+      <c r="Z277" s="33"/>
+      <c r="AA277" s="50"/>
+      <c r="AB277" s="35"/>
+      <c r="AC277" s="33"/>
+      <c r="AD277" s="33"/>
+      <c r="AE277" s="33"/>
+      <c r="AF277" s="50"/>
+    </row>
+    <row r="278" customHeight="1" spans="2:32">
+      <c r="B278" s="29">
+        <v>46106</v>
+      </c>
+      <c r="C278" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D278" s="35"/>
+      <c r="E278" s="34"/>
+      <c r="F278" s="33"/>
+      <c r="G278" s="33"/>
+      <c r="H278" s="33"/>
+      <c r="I278" s="33"/>
+      <c r="J278" s="50"/>
+      <c r="K278" s="35"/>
+      <c r="L278" s="33"/>
+      <c r="M278" s="33"/>
+      <c r="N278" s="33"/>
+      <c r="O278" s="50"/>
+      <c r="P278" s="35"/>
+      <c r="Q278" s="34"/>
+      <c r="R278" s="35"/>
+      <c r="S278" s="33"/>
+      <c r="T278" s="33"/>
+      <c r="U278" s="33"/>
+      <c r="V278" s="50"/>
+      <c r="W278" s="35"/>
+      <c r="X278" s="33"/>
+      <c r="Y278" s="33"/>
+      <c r="Z278" s="33"/>
+      <c r="AA278" s="50"/>
+      <c r="AB278" s="35"/>
+      <c r="AC278" s="33"/>
+      <c r="AD278" s="33"/>
+      <c r="AE278" s="33"/>
+      <c r="AF278" s="50"/>
+    </row>
+    <row r="279" customHeight="1" spans="2:32">
+      <c r="B279" s="29">
+        <v>46107</v>
+      </c>
+      <c r="C279" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D279" s="35"/>
+      <c r="E279" s="34"/>
+      <c r="F279" s="33"/>
+      <c r="G279" s="33"/>
+      <c r="H279" s="33"/>
+      <c r="I279" s="33"/>
+      <c r="J279" s="50"/>
+      <c r="K279" s="35"/>
+      <c r="L279" s="33"/>
+      <c r="M279" s="33"/>
+      <c r="N279" s="33"/>
+      <c r="O279" s="50"/>
+      <c r="P279" s="35"/>
+      <c r="Q279" s="34"/>
+      <c r="R279" s="35"/>
+      <c r="S279" s="33"/>
+      <c r="T279" s="33"/>
+      <c r="U279" s="33"/>
+      <c r="V279" s="50"/>
+      <c r="W279" s="35"/>
+      <c r="X279" s="33"/>
+      <c r="Y279" s="33"/>
+      <c r="Z279" s="33"/>
+      <c r="AA279" s="50"/>
+      <c r="AB279" s="35"/>
+      <c r="AC279" s="33"/>
+      <c r="AD279" s="33"/>
+      <c r="AE279" s="33"/>
+      <c r="AF279" s="50"/>
+    </row>
+    <row r="280" customHeight="1" spans="2:32">
+      <c r="B280" s="29">
+        <v>46108</v>
+      </c>
+      <c r="C280" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D280" s="35"/>
+      <c r="E280" s="34"/>
+      <c r="F280" s="88" t="s">
+        <v>34</v>
+      </c>
+      <c r="G280" s="88" t="s">
+        <v>143</v>
+      </c>
+      <c r="H280" s="88" t="s">
+        <v>93</v>
+      </c>
+      <c r="I280" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="J280" s="89" t="s">
         <v>136</v>
       </c>
-      <c r="H269" s="88" t="s">
-[...35 lines deleted...]
-      <c r="C270" s="62" t="s">
+      <c r="K280" s="35"/>
+      <c r="L280" s="33"/>
+      <c r="M280" s="33"/>
+      <c r="N280" s="33"/>
+      <c r="O280" s="50"/>
+      <c r="P280" s="35"/>
+      <c r="Q280" s="34"/>
+      <c r="R280" s="35"/>
+      <c r="S280" s="33"/>
+      <c r="T280" s="33"/>
+      <c r="U280" s="33"/>
+      <c r="V280" s="50"/>
+      <c r="W280" s="35"/>
+      <c r="X280" s="33"/>
+      <c r="Y280" s="33"/>
+      <c r="Z280" s="33"/>
+      <c r="AA280" s="50"/>
+      <c r="AB280" s="35"/>
+      <c r="AC280" s="33"/>
+      <c r="AD280" s="33"/>
+      <c r="AE280" s="33"/>
+      <c r="AF280" s="50"/>
+    </row>
+    <row r="281" customHeight="1" spans="2:32">
+      <c r="B281" s="29">
+        <v>46109</v>
+      </c>
+      <c r="C281" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D281" s="31"/>
+      <c r="E281" s="34"/>
+      <c r="F281" s="88" t="s">
+        <v>34</v>
+      </c>
+      <c r="G281" s="88" t="s">
+        <v>143</v>
+      </c>
+      <c r="H281" s="88" t="s">
+        <v>93</v>
+      </c>
+      <c r="I281" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="J281" s="89" t="s">
+        <v>136</v>
+      </c>
+      <c r="K281" s="81"/>
+      <c r="L281" s="82" t="s">
+        <v>144</v>
+      </c>
+      <c r="M281" s="82"/>
+      <c r="N281" s="82" t="s">
+        <v>104</v>
+      </c>
+      <c r="O281" s="83" t="s">
+        <v>145</v>
+      </c>
+      <c r="P281" s="31"/>
+      <c r="Q281" s="34"/>
+      <c r="R281" s="35"/>
+      <c r="S281" s="33"/>
+      <c r="T281" s="33"/>
+      <c r="U281" s="33"/>
+      <c r="V281" s="50"/>
+      <c r="W281" s="35"/>
+      <c r="X281" s="33"/>
+      <c r="Y281" s="33"/>
+      <c r="Z281" s="33"/>
+      <c r="AA281" s="50"/>
+      <c r="AB281" s="35"/>
+      <c r="AC281" s="33"/>
+      <c r="AD281" s="33"/>
+      <c r="AE281" s="33"/>
+      <c r="AF281" s="50"/>
+    </row>
+    <row r="282" customHeight="1" spans="2:32">
+      <c r="B282" s="29">
+        <v>46110</v>
+      </c>
+      <c r="C282" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D282" s="31"/>
+      <c r="E282" s="34"/>
+      <c r="F282" s="88" t="s">
+        <v>34</v>
+      </c>
+      <c r="G282" s="88" t="s">
+        <v>143</v>
+      </c>
+      <c r="H282" s="88" t="s">
+        <v>93</v>
+      </c>
+      <c r="I282" s="88" t="s">
+        <v>52</v>
+      </c>
+      <c r="J282" s="89" t="s">
+        <v>136</v>
+      </c>
+      <c r="K282" s="81"/>
+      <c r="L282" s="82" t="s">
+        <v>144</v>
+      </c>
+      <c r="M282" s="82"/>
+      <c r="N282" s="82" t="s">
+        <v>104</v>
+      </c>
+      <c r="O282" s="83" t="s">
+        <v>145</v>
+      </c>
+      <c r="P282" s="31"/>
+      <c r="Q282" s="34"/>
+      <c r="R282" s="35"/>
+      <c r="S282" s="33"/>
+      <c r="T282" s="33"/>
+      <c r="U282" s="33"/>
+      <c r="V282" s="50"/>
+      <c r="W282" s="35"/>
+      <c r="X282" s="33"/>
+      <c r="Y282" s="33"/>
+      <c r="Z282" s="33"/>
+      <c r="AA282" s="50"/>
+      <c r="AB282" s="35"/>
+      <c r="AC282" s="33"/>
+      <c r="AD282" s="33"/>
+      <c r="AE282" s="33"/>
+      <c r="AF282" s="50"/>
+    </row>
+    <row r="283" customHeight="1" spans="2:32">
+      <c r="B283" s="29">
+        <v>46111</v>
+      </c>
+      <c r="C283" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D283" s="31"/>
+      <c r="E283" s="34"/>
+      <c r="F283" s="33"/>
+      <c r="G283" s="33"/>
+      <c r="H283" s="33"/>
+      <c r="I283" s="33"/>
+      <c r="J283" s="50"/>
+      <c r="K283" s="35"/>
+      <c r="L283" s="33"/>
+      <c r="M283" s="33"/>
+      <c r="N283" s="33"/>
+      <c r="O283" s="50"/>
+      <c r="P283" s="31"/>
+      <c r="Q283" s="34"/>
+      <c r="R283" s="35"/>
+      <c r="S283" s="33"/>
+      <c r="T283" s="33"/>
+      <c r="U283" s="33"/>
+      <c r="V283" s="50"/>
+      <c r="W283" s="35"/>
+      <c r="X283" s="33"/>
+      <c r="Y283" s="33"/>
+      <c r="Z283" s="33"/>
+      <c r="AA283" s="50"/>
+      <c r="AB283" s="35"/>
+      <c r="AC283" s="33"/>
+      <c r="AD283" s="33"/>
+      <c r="AE283" s="33"/>
+      <c r="AF283" s="50"/>
+    </row>
+    <row r="284" customHeight="1" spans="2:32">
+      <c r="B284" s="29">
+        <v>46112</v>
+      </c>
+      <c r="C284" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D270" s="67"/>
-[...33 lines deleted...]
-      <c r="C271" s="62" t="s">
+      <c r="D284" s="31"/>
+      <c r="E284" s="34"/>
+      <c r="F284" s="33"/>
+      <c r="G284" s="33"/>
+      <c r="H284" s="33"/>
+      <c r="I284" s="33"/>
+      <c r="J284" s="50"/>
+      <c r="K284" s="35"/>
+      <c r="L284" s="33"/>
+      <c r="M284" s="33"/>
+      <c r="N284" s="33"/>
+      <c r="O284" s="50"/>
+      <c r="P284" s="31"/>
+      <c r="Q284" s="34"/>
+      <c r="R284" s="35"/>
+      <c r="S284" s="33"/>
+      <c r="T284" s="33"/>
+      <c r="U284" s="33"/>
+      <c r="V284" s="50"/>
+      <c r="W284" s="35"/>
+      <c r="X284" s="33"/>
+      <c r="Y284" s="33"/>
+      <c r="Z284" s="33"/>
+      <c r="AA284" s="50"/>
+      <c r="AB284" s="35"/>
+      <c r="AC284" s="33"/>
+      <c r="AD284" s="33"/>
+      <c r="AE284" s="33"/>
+      <c r="AF284" s="50"/>
+    </row>
+    <row r="285" customHeight="1" spans="2:32">
+      <c r="B285" s="29">
+        <v>46113</v>
+      </c>
+      <c r="C285" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D271" s="67"/>
-[...33 lines deleted...]
-      <c r="C272" s="62" t="s">
+      <c r="D285" s="31"/>
+      <c r="E285" s="34"/>
+      <c r="F285" s="33"/>
+      <c r="G285" s="33"/>
+      <c r="H285" s="33"/>
+      <c r="I285" s="33"/>
+      <c r="J285" s="50"/>
+      <c r="K285" s="35"/>
+      <c r="L285" s="33"/>
+      <c r="M285" s="33"/>
+      <c r="N285" s="33"/>
+      <c r="O285" s="50"/>
+      <c r="P285" s="31"/>
+      <c r="Q285" s="34"/>
+      <c r="R285" s="35"/>
+      <c r="S285" s="33"/>
+      <c r="T285" s="33"/>
+      <c r="U285" s="33"/>
+      <c r="V285" s="50"/>
+      <c r="W285" s="35"/>
+      <c r="X285" s="33"/>
+      <c r="Y285" s="33"/>
+      <c r="Z285" s="33"/>
+      <c r="AA285" s="50"/>
+      <c r="AB285" s="35"/>
+      <c r="AC285" s="33"/>
+      <c r="AD285" s="33"/>
+      <c r="AE285" s="33"/>
+      <c r="AF285" s="50"/>
+    </row>
+    <row r="286" customHeight="1" spans="2:32">
+      <c r="B286" s="29">
+        <v>46114</v>
+      </c>
+      <c r="C286" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D272" s="67"/>
-[...33 lines deleted...]
-      <c r="C273" s="62" t="s">
+      <c r="D286" s="31"/>
+      <c r="E286" s="32"/>
+      <c r="F286" s="33"/>
+      <c r="G286" s="33"/>
+      <c r="H286" s="33"/>
+      <c r="I286" s="33"/>
+      <c r="J286" s="50"/>
+      <c r="K286" s="35"/>
+      <c r="L286" s="33"/>
+      <c r="M286" s="33"/>
+      <c r="N286" s="33"/>
+      <c r="O286" s="50"/>
+      <c r="P286" s="31"/>
+      <c r="Q286" s="32"/>
+      <c r="R286" s="35"/>
+      <c r="S286" s="33"/>
+      <c r="T286" s="33"/>
+      <c r="U286" s="33"/>
+      <c r="V286" s="50"/>
+      <c r="W286" s="35"/>
+      <c r="X286" s="33"/>
+      <c r="Y286" s="33"/>
+      <c r="Z286" s="33"/>
+      <c r="AA286" s="50"/>
+      <c r="AB286" s="35"/>
+      <c r="AC286" s="33"/>
+      <c r="AD286" s="33"/>
+      <c r="AE286" s="33"/>
+      <c r="AF286" s="50"/>
+    </row>
+    <row r="287" customHeight="1" spans="1:32">
+      <c r="A287" s="97" t="s">
+        <v>146</v>
+      </c>
+      <c r="B287" s="29">
+        <v>46115</v>
+      </c>
+      <c r="C287" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D273" s="67"/>
-[...33 lines deleted...]
-      <c r="C274" s="62" t="s">
+      <c r="D287" s="31"/>
+      <c r="E287" s="32"/>
+      <c r="F287" s="37"/>
+      <c r="G287" s="37"/>
+      <c r="H287" s="37"/>
+      <c r="I287" s="37"/>
+      <c r="J287" s="37"/>
+      <c r="K287" s="35"/>
+      <c r="L287" s="33"/>
+      <c r="M287" s="33"/>
+      <c r="N287" s="33"/>
+      <c r="O287" s="50"/>
+      <c r="P287" s="31"/>
+      <c r="Q287" s="32"/>
+      <c r="R287" s="35"/>
+      <c r="S287" s="33"/>
+      <c r="T287" s="33"/>
+      <c r="U287" s="33"/>
+      <c r="V287" s="50"/>
+      <c r="W287" s="35"/>
+      <c r="X287" s="33"/>
+      <c r="Y287" s="33"/>
+      <c r="Z287" s="33"/>
+      <c r="AA287" s="50"/>
+      <c r="AB287" s="35"/>
+      <c r="AC287" s="33"/>
+      <c r="AD287" s="33"/>
+      <c r="AE287" s="33"/>
+      <c r="AF287" s="50"/>
+    </row>
+    <row r="288" customHeight="1" spans="2:32">
+      <c r="B288" s="29">
+        <v>46116</v>
+      </c>
+      <c r="C288" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D274" s="67"/>
-[...33 lines deleted...]
-      <c r="C275" s="62" t="s">
+      <c r="D288" s="31"/>
+      <c r="E288" s="32"/>
+      <c r="F288" s="33"/>
+      <c r="G288" s="33"/>
+      <c r="H288" s="33"/>
+      <c r="I288" s="33"/>
+      <c r="J288" s="50"/>
+      <c r="K288" s="35"/>
+      <c r="L288" s="33"/>
+      <c r="M288" s="33"/>
+      <c r="N288" s="33"/>
+      <c r="O288" s="50"/>
+      <c r="P288" s="31"/>
+      <c r="Q288" s="32"/>
+      <c r="R288" s="35"/>
+      <c r="S288" s="33"/>
+      <c r="T288" s="33"/>
+      <c r="U288" s="33"/>
+      <c r="V288" s="50"/>
+      <c r="W288" s="35"/>
+      <c r="X288" s="33"/>
+      <c r="Y288" s="33"/>
+      <c r="Z288" s="33"/>
+      <c r="AA288" s="50"/>
+      <c r="AB288" s="35"/>
+      <c r="AC288" s="33"/>
+      <c r="AD288" s="33"/>
+      <c r="AE288" s="33"/>
+      <c r="AF288" s="50"/>
+    </row>
+    <row r="289" customHeight="1" spans="2:32">
+      <c r="B289" s="29">
+        <v>46117</v>
+      </c>
+      <c r="C289" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D275" s="67"/>
-[...33 lines deleted...]
-      <c r="C276" s="62" t="s">
+      <c r="D289" s="31"/>
+      <c r="E289" s="32"/>
+      <c r="F289" s="37"/>
+      <c r="G289" s="37"/>
+      <c r="H289" s="37"/>
+      <c r="I289" s="37"/>
+      <c r="J289" s="37"/>
+      <c r="K289" s="35"/>
+      <c r="L289" s="33"/>
+      <c r="M289" s="33"/>
+      <c r="N289" s="33"/>
+      <c r="O289" s="50"/>
+      <c r="P289" s="31"/>
+      <c r="Q289" s="32"/>
+      <c r="R289" s="35"/>
+      <c r="S289" s="33"/>
+      <c r="T289" s="33"/>
+      <c r="U289" s="33"/>
+      <c r="V289" s="50"/>
+      <c r="W289" s="35"/>
+      <c r="X289" s="33"/>
+      <c r="Y289" s="33"/>
+      <c r="Z289" s="33"/>
+      <c r="AA289" s="50"/>
+      <c r="AB289" s="35"/>
+      <c r="AC289" s="33"/>
+      <c r="AD289" s="33"/>
+      <c r="AE289" s="33"/>
+      <c r="AF289" s="50"/>
+    </row>
+    <row r="290" customHeight="1" spans="2:32">
+      <c r="B290" s="29">
+        <v>46118</v>
+      </c>
+      <c r="C290" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D276" s="67"/>
-[...33 lines deleted...]
-      <c r="C277" s="62" t="s">
+      <c r="D290" s="31"/>
+      <c r="E290" s="32"/>
+      <c r="F290" s="33"/>
+      <c r="G290" s="33"/>
+      <c r="H290" s="33"/>
+      <c r="I290" s="33"/>
+      <c r="J290" s="50"/>
+      <c r="K290" s="33"/>
+      <c r="L290" s="33"/>
+      <c r="M290" s="33"/>
+      <c r="N290" s="33"/>
+      <c r="O290" s="50"/>
+      <c r="P290" s="31"/>
+      <c r="Q290" s="32"/>
+      <c r="R290" s="35"/>
+      <c r="S290" s="33"/>
+      <c r="T290" s="33"/>
+      <c r="U290" s="33"/>
+      <c r="V290" s="50"/>
+      <c r="W290" s="35"/>
+      <c r="X290" s="33"/>
+      <c r="Y290" s="33"/>
+      <c r="Z290" s="33"/>
+      <c r="AA290" s="50"/>
+      <c r="AB290" s="35"/>
+      <c r="AC290" s="33"/>
+      <c r="AD290" s="33"/>
+      <c r="AE290" s="33"/>
+      <c r="AF290" s="50"/>
+    </row>
+    <row r="291" customHeight="1" spans="2:32">
+      <c r="B291" s="29">
+        <v>46119</v>
+      </c>
+      <c r="C291" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D277" s="67"/>
-[...33 lines deleted...]
-      <c r="C278" s="62" t="s">
+      <c r="D291" s="31"/>
+      <c r="E291" s="32"/>
+      <c r="F291" s="33"/>
+      <c r="G291" s="33"/>
+      <c r="H291" s="33"/>
+      <c r="I291" s="33"/>
+      <c r="J291" s="50"/>
+      <c r="K291" s="33"/>
+      <c r="L291" s="33"/>
+      <c r="M291" s="33"/>
+      <c r="N291" s="33"/>
+      <c r="O291" s="50"/>
+      <c r="P291" s="31"/>
+      <c r="Q291" s="32"/>
+      <c r="R291" s="35"/>
+      <c r="S291" s="33"/>
+      <c r="T291" s="33"/>
+      <c r="U291" s="33"/>
+      <c r="V291" s="50"/>
+      <c r="W291" s="35"/>
+      <c r="X291" s="33"/>
+      <c r="Y291" s="33"/>
+      <c r="Z291" s="33"/>
+      <c r="AA291" s="50"/>
+      <c r="AB291" s="35"/>
+      <c r="AC291" s="33"/>
+      <c r="AD291" s="33"/>
+      <c r="AE291" s="33"/>
+      <c r="AF291" s="50"/>
+    </row>
+    <row r="292" customHeight="1" spans="2:32">
+      <c r="B292" s="29">
+        <v>46120</v>
+      </c>
+      <c r="C292" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D278" s="67"/>
-[...33 lines deleted...]
-      <c r="C279" s="62" t="s">
+      <c r="D292" s="35"/>
+      <c r="E292" s="32"/>
+      <c r="F292" s="33"/>
+      <c r="G292" s="33"/>
+      <c r="H292" s="33"/>
+      <c r="I292" s="33"/>
+      <c r="J292" s="50"/>
+      <c r="K292" s="35"/>
+      <c r="L292" s="33"/>
+      <c r="M292" s="33"/>
+      <c r="N292" s="33"/>
+      <c r="O292" s="50"/>
+      <c r="P292" s="35"/>
+      <c r="Q292" s="32"/>
+      <c r="R292" s="35"/>
+      <c r="S292" s="33"/>
+      <c r="T292" s="33"/>
+      <c r="U292" s="33"/>
+      <c r="V292" s="50"/>
+      <c r="W292" s="35"/>
+      <c r="X292" s="33"/>
+      <c r="Y292" s="33"/>
+      <c r="Z292" s="33"/>
+      <c r="AA292" s="50"/>
+      <c r="AB292" s="35"/>
+      <c r="AC292" s="33"/>
+      <c r="AD292" s="33"/>
+      <c r="AE292" s="33"/>
+      <c r="AF292" s="50"/>
+    </row>
+    <row r="293" customHeight="1" spans="2:32">
+      <c r="B293" s="29">
+        <v>46121</v>
+      </c>
+      <c r="C293" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D279" s="67"/>
-[...33 lines deleted...]
-      <c r="C280" s="62" t="s">
+      <c r="D293" s="35"/>
+      <c r="E293" s="32"/>
+      <c r="F293" s="33"/>
+      <c r="G293" s="33"/>
+      <c r="H293" s="33"/>
+      <c r="I293" s="33"/>
+      <c r="J293" s="50"/>
+      <c r="K293" s="35"/>
+      <c r="L293" s="33"/>
+      <c r="M293" s="33"/>
+      <c r="N293" s="33"/>
+      <c r="O293" s="50"/>
+      <c r="P293" s="35"/>
+      <c r="Q293" s="32"/>
+      <c r="R293" s="35"/>
+      <c r="S293" s="33"/>
+      <c r="T293" s="33"/>
+      <c r="U293" s="33"/>
+      <c r="V293" s="50"/>
+      <c r="W293" s="35"/>
+      <c r="X293" s="33"/>
+      <c r="Y293" s="33"/>
+      <c r="Z293" s="33"/>
+      <c r="AA293" s="50"/>
+      <c r="AB293" s="35"/>
+      <c r="AC293" s="33"/>
+      <c r="AD293" s="33"/>
+      <c r="AE293" s="33"/>
+      <c r="AF293" s="50"/>
+    </row>
+    <row r="294" customHeight="1" spans="2:32">
+      <c r="B294" s="29">
+        <v>46122</v>
+      </c>
+      <c r="C294" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D280" s="67"/>
-[...1 lines deleted...]
-      <c r="F280" s="97" t="s">
+      <c r="D294" s="35"/>
+      <c r="E294" s="32"/>
+      <c r="F294" s="33"/>
+      <c r="G294" s="33"/>
+      <c r="H294" s="33"/>
+      <c r="I294" s="33"/>
+      <c r="J294" s="50"/>
+      <c r="K294" s="35"/>
+      <c r="L294" s="33"/>
+      <c r="M294" s="33"/>
+      <c r="N294" s="33"/>
+      <c r="O294" s="50"/>
+      <c r="P294" s="35"/>
+      <c r="Q294" s="32"/>
+      <c r="R294" s="35"/>
+      <c r="S294" s="33"/>
+      <c r="T294" s="33"/>
+      <c r="U294" s="33"/>
+      <c r="V294" s="50"/>
+      <c r="W294" s="35"/>
+      <c r="X294" s="33"/>
+      <c r="Y294" s="33"/>
+      <c r="Z294" s="33"/>
+      <c r="AA294" s="50"/>
+      <c r="AB294" s="35"/>
+      <c r="AC294" s="33"/>
+      <c r="AD294" s="33"/>
+      <c r="AE294" s="33"/>
+      <c r="AF294" s="50"/>
+    </row>
+    <row r="295" customHeight="1" spans="2:32">
+      <c r="B295" s="29">
+        <v>46123</v>
+      </c>
+      <c r="C295" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D295" s="35"/>
+      <c r="E295" s="32"/>
+      <c r="F295" s="82" t="s">
         <v>34</v>
       </c>
-      <c r="G280" s="97" t="s">
-[...5 lines deleted...]
-      <c r="I280" s="97" t="s">
+      <c r="G295" s="82" t="s">
+        <v>147</v>
+      </c>
+      <c r="H295" s="82" t="s">
+        <v>36</v>
+      </c>
+      <c r="I295" s="82" t="s">
         <v>52</v>
       </c>
-      <c r="J280" s="98" t="s">
-[...29 lines deleted...]
-      <c r="C281" s="62" t="s">
+      <c r="J295" s="83" t="s">
+        <v>148</v>
+      </c>
+      <c r="K295" s="33"/>
+      <c r="L295" s="37"/>
+      <c r="M295" s="37"/>
+      <c r="N295" s="33"/>
+      <c r="O295" s="50"/>
+      <c r="P295" s="35"/>
+      <c r="Q295" s="32"/>
+      <c r="R295" s="35"/>
+      <c r="S295" s="33"/>
+      <c r="T295" s="33"/>
+      <c r="U295" s="33"/>
+      <c r="V295" s="50"/>
+      <c r="W295" s="35"/>
+      <c r="X295" s="33"/>
+      <c r="Y295" s="33"/>
+      <c r="Z295" s="33"/>
+      <c r="AA295" s="50"/>
+      <c r="AB295" s="35"/>
+      <c r="AC295" s="33"/>
+      <c r="AD295" s="33"/>
+      <c r="AE295" s="33"/>
+      <c r="AF295" s="50"/>
+    </row>
+    <row r="296" customHeight="1" spans="2:32">
+      <c r="B296" s="29">
+        <v>46124</v>
+      </c>
+      <c r="C296" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D296" s="35"/>
+      <c r="E296" s="32"/>
+      <c r="F296" s="33"/>
+      <c r="G296" s="33"/>
+      <c r="H296" s="71"/>
+      <c r="I296" s="71"/>
+      <c r="J296" s="76"/>
+      <c r="K296" s="33"/>
+      <c r="L296" s="37"/>
+      <c r="M296" s="37"/>
+      <c r="N296" s="33"/>
+      <c r="O296" s="50"/>
+      <c r="P296" s="35"/>
+      <c r="Q296" s="32"/>
+      <c r="R296" s="35"/>
+      <c r="S296" s="33"/>
+      <c r="T296" s="33"/>
+      <c r="U296" s="33"/>
+      <c r="V296" s="50"/>
+      <c r="W296" s="35"/>
+      <c r="X296" s="33"/>
+      <c r="Y296" s="33"/>
+      <c r="Z296" s="33"/>
+      <c r="AA296" s="50"/>
+      <c r="AB296" s="35"/>
+      <c r="AC296" s="33"/>
+      <c r="AD296" s="33"/>
+      <c r="AE296" s="33"/>
+      <c r="AF296" s="50"/>
+    </row>
+    <row r="297" customHeight="1" spans="2:32">
+      <c r="B297" s="29">
+        <v>46125</v>
+      </c>
+      <c r="C297" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D297" s="35"/>
+      <c r="E297" s="32"/>
+      <c r="F297" s="37"/>
+      <c r="G297" s="37"/>
+      <c r="H297" s="71"/>
+      <c r="I297" s="71"/>
+      <c r="J297" s="76"/>
+      <c r="K297" s="37"/>
+      <c r="L297" s="37"/>
+      <c r="M297" s="37"/>
+      <c r="N297" s="37"/>
+      <c r="O297" s="37"/>
+      <c r="P297" s="35"/>
+      <c r="Q297" s="32"/>
+      <c r="R297" s="33"/>
+      <c r="S297" s="33"/>
+      <c r="T297" s="33"/>
+      <c r="U297" s="33"/>
+      <c r="V297" s="50"/>
+      <c r="W297" s="35"/>
+      <c r="X297" s="33"/>
+      <c r="Y297" s="33"/>
+      <c r="Z297" s="33"/>
+      <c r="AA297" s="50"/>
+      <c r="AB297" s="35"/>
+      <c r="AC297" s="33"/>
+      <c r="AD297" s="33"/>
+      <c r="AE297" s="33"/>
+      <c r="AF297" s="50"/>
+    </row>
+    <row r="298" customHeight="1" spans="2:32">
+      <c r="B298" s="29">
+        <v>46126</v>
+      </c>
+      <c r="C298" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D298" s="35"/>
+      <c r="E298" s="32"/>
+      <c r="F298" s="33"/>
+      <c r="G298" s="33"/>
+      <c r="H298" s="33"/>
+      <c r="I298" s="33"/>
+      <c r="J298" s="50"/>
+      <c r="K298" s="37"/>
+      <c r="L298" s="37"/>
+      <c r="M298" s="37"/>
+      <c r="N298" s="37"/>
+      <c r="O298" s="37"/>
+      <c r="P298" s="35"/>
+      <c r="Q298" s="32"/>
+      <c r="R298" s="33"/>
+      <c r="S298" s="33"/>
+      <c r="T298" s="33"/>
+      <c r="U298" s="33"/>
+      <c r="V298" s="50"/>
+      <c r="W298" s="35"/>
+      <c r="X298" s="33"/>
+      <c r="Y298" s="33"/>
+      <c r="Z298" s="33"/>
+      <c r="AA298" s="50"/>
+      <c r="AB298" s="35"/>
+      <c r="AC298" s="33"/>
+      <c r="AD298" s="33"/>
+      <c r="AE298" s="33"/>
+      <c r="AF298" s="50"/>
+    </row>
+    <row r="299" customHeight="1" spans="2:32">
+      <c r="B299" s="29">
+        <v>46127</v>
+      </c>
+      <c r="C299" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D299" s="35"/>
+      <c r="E299" s="32"/>
+      <c r="F299" s="33"/>
+      <c r="G299" s="33"/>
+      <c r="H299" s="33"/>
+      <c r="I299" s="33"/>
+      <c r="J299" s="50"/>
+      <c r="K299" s="35"/>
+      <c r="L299" s="33"/>
+      <c r="M299" s="33"/>
+      <c r="N299" s="33"/>
+      <c r="O299" s="50"/>
+      <c r="P299" s="35"/>
+      <c r="Q299" s="32"/>
+      <c r="R299" s="35"/>
+      <c r="S299" s="33"/>
+      <c r="T299" s="33"/>
+      <c r="U299" s="33"/>
+      <c r="V299" s="50"/>
+      <c r="W299" s="35"/>
+      <c r="X299" s="33"/>
+      <c r="Y299" s="33"/>
+      <c r="Z299" s="33"/>
+      <c r="AA299" s="50"/>
+      <c r="AB299" s="35"/>
+      <c r="AC299" s="33"/>
+      <c r="AD299" s="33"/>
+      <c r="AE299" s="33"/>
+      <c r="AF299" s="50"/>
+    </row>
+    <row r="300" customHeight="1" spans="2:32">
+      <c r="B300" s="29">
+        <v>46128</v>
+      </c>
+      <c r="C300" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D300" s="35"/>
+      <c r="E300" s="32"/>
+      <c r="F300" s="33"/>
+      <c r="G300" s="33"/>
+      <c r="H300" s="33"/>
+      <c r="I300" s="33"/>
+      <c r="J300" s="50"/>
+      <c r="K300" s="35"/>
+      <c r="L300" s="33"/>
+      <c r="M300" s="33"/>
+      <c r="N300" s="33"/>
+      <c r="O300" s="50"/>
+      <c r="P300" s="35"/>
+      <c r="Q300" s="32"/>
+      <c r="R300" s="35"/>
+      <c r="S300" s="33"/>
+      <c r="T300" s="33"/>
+      <c r="U300" s="33"/>
+      <c r="V300" s="50"/>
+      <c r="W300" s="35"/>
+      <c r="X300" s="33"/>
+      <c r="Y300" s="33"/>
+      <c r="Z300" s="33"/>
+      <c r="AA300" s="50"/>
+      <c r="AB300" s="35"/>
+      <c r="AC300" s="33"/>
+      <c r="AD300" s="33"/>
+      <c r="AE300" s="33"/>
+      <c r="AF300" s="50"/>
+    </row>
+    <row r="301" customHeight="1" spans="2:32">
+      <c r="B301" s="29">
+        <v>46129</v>
+      </c>
+      <c r="C301" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D301" s="35"/>
+      <c r="E301" s="32"/>
+      <c r="F301" s="33"/>
+      <c r="G301" s="33"/>
+      <c r="H301" s="33"/>
+      <c r="I301" s="33"/>
+      <c r="J301" s="50"/>
+      <c r="K301" s="35"/>
+      <c r="L301" s="33"/>
+      <c r="M301" s="33"/>
+      <c r="N301" s="33"/>
+      <c r="O301" s="50"/>
+      <c r="P301" s="35"/>
+      <c r="Q301" s="32"/>
+      <c r="R301" s="35"/>
+      <c r="S301" s="33"/>
+      <c r="T301" s="33"/>
+      <c r="U301" s="33"/>
+      <c r="V301" s="50"/>
+      <c r="W301" s="35"/>
+      <c r="X301" s="33"/>
+      <c r="Y301" s="33"/>
+      <c r="Z301" s="33"/>
+      <c r="AA301" s="50"/>
+      <c r="AB301" s="35"/>
+      <c r="AC301" s="33"/>
+      <c r="AD301" s="33"/>
+      <c r="AE301" s="33"/>
+      <c r="AF301" s="50"/>
+    </row>
+    <row r="302" customHeight="1" spans="2:32">
+      <c r="B302" s="29">
+        <v>46130</v>
+      </c>
+      <c r="C302" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D281" s="63"/>
-[...1 lines deleted...]
-      <c r="F281" s="97" t="s">
+      <c r="D302" s="35"/>
+      <c r="E302" s="32"/>
+      <c r="F302" s="33"/>
+      <c r="G302" s="33"/>
+      <c r="H302" s="33"/>
+      <c r="I302" s="33"/>
+      <c r="J302" s="50"/>
+      <c r="K302" s="35"/>
+      <c r="L302" s="33"/>
+      <c r="M302" s="33"/>
+      <c r="N302" s="33"/>
+      <c r="O302" s="50"/>
+      <c r="P302" s="35"/>
+      <c r="Q302" s="32"/>
+      <c r="R302" s="35"/>
+      <c r="S302" s="33"/>
+      <c r="T302" s="33"/>
+      <c r="U302" s="33"/>
+      <c r="V302" s="50"/>
+      <c r="W302" s="35"/>
+      <c r="X302" s="33"/>
+      <c r="Y302" s="33"/>
+      <c r="Z302" s="33"/>
+      <c r="AA302" s="50"/>
+      <c r="AB302" s="35"/>
+      <c r="AC302" s="33"/>
+      <c r="AD302" s="33"/>
+      <c r="AE302" s="33"/>
+      <c r="AF302" s="50"/>
+    </row>
+    <row r="303" customHeight="1" spans="2:32">
+      <c r="B303" s="29">
+        <v>46131</v>
+      </c>
+      <c r="C303" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D303" s="35"/>
+      <c r="E303" s="32"/>
+      <c r="F303" s="33"/>
+      <c r="G303" s="33"/>
+      <c r="H303" s="33"/>
+      <c r="I303" s="33"/>
+      <c r="J303" s="50"/>
+      <c r="K303" s="35"/>
+      <c r="L303" s="33"/>
+      <c r="M303" s="33"/>
+      <c r="N303" s="33"/>
+      <c r="O303" s="50"/>
+      <c r="P303" s="35"/>
+      <c r="Q303" s="32"/>
+      <c r="R303" s="35"/>
+      <c r="S303" s="33"/>
+      <c r="T303" s="33"/>
+      <c r="U303" s="33"/>
+      <c r="V303" s="50"/>
+      <c r="W303" s="35"/>
+      <c r="X303" s="33"/>
+      <c r="Y303" s="33"/>
+      <c r="Z303" s="33"/>
+      <c r="AA303" s="50"/>
+      <c r="AB303" s="35"/>
+      <c r="AC303" s="33"/>
+      <c r="AD303" s="33"/>
+      <c r="AE303" s="33"/>
+      <c r="AF303" s="50"/>
+    </row>
+    <row r="304" customHeight="1" spans="2:32">
+      <c r="B304" s="29">
+        <v>46132</v>
+      </c>
+      <c r="C304" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D304" s="35"/>
+      <c r="E304" s="32"/>
+      <c r="F304" s="33"/>
+      <c r="G304" s="33"/>
+      <c r="H304" s="33"/>
+      <c r="I304" s="33"/>
+      <c r="J304" s="50"/>
+      <c r="K304" s="35"/>
+      <c r="L304" s="33"/>
+      <c r="M304" s="33"/>
+      <c r="N304" s="33"/>
+      <c r="O304" s="50"/>
+      <c r="P304" s="35"/>
+      <c r="Q304" s="32"/>
+      <c r="R304" s="35"/>
+      <c r="S304" s="33"/>
+      <c r="T304" s="33"/>
+      <c r="U304" s="33"/>
+      <c r="V304" s="50"/>
+      <c r="W304" s="35"/>
+      <c r="X304" s="33"/>
+      <c r="Y304" s="33"/>
+      <c r="Z304" s="33"/>
+      <c r="AA304" s="50"/>
+      <c r="AB304" s="35"/>
+      <c r="AC304" s="33"/>
+      <c r="AD304" s="33"/>
+      <c r="AE304" s="33"/>
+      <c r="AF304" s="50"/>
+    </row>
+    <row r="305" customHeight="1" spans="2:32">
+      <c r="B305" s="29">
+        <v>46133</v>
+      </c>
+      <c r="C305" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D305" s="35"/>
+      <c r="E305" s="32"/>
+      <c r="F305" s="33"/>
+      <c r="G305" s="33"/>
+      <c r="H305" s="33"/>
+      <c r="I305" s="33"/>
+      <c r="J305" s="50"/>
+      <c r="K305" s="35"/>
+      <c r="L305" s="33"/>
+      <c r="M305" s="33"/>
+      <c r="N305" s="33"/>
+      <c r="O305" s="50"/>
+      <c r="P305" s="35"/>
+      <c r="Q305" s="32"/>
+      <c r="R305" s="35"/>
+      <c r="S305" s="33"/>
+      <c r="T305" s="33"/>
+      <c r="U305" s="33"/>
+      <c r="V305" s="50"/>
+      <c r="W305" s="35"/>
+      <c r="X305" s="33"/>
+      <c r="Y305" s="33"/>
+      <c r="Z305" s="33"/>
+      <c r="AA305" s="50"/>
+      <c r="AB305" s="35"/>
+      <c r="AC305" s="33"/>
+      <c r="AD305" s="33"/>
+      <c r="AE305" s="33"/>
+      <c r="AF305" s="50"/>
+    </row>
+    <row r="306" customHeight="1" spans="2:32">
+      <c r="B306" s="29">
+        <v>46134</v>
+      </c>
+      <c r="C306" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D306" s="35"/>
+      <c r="E306" s="32"/>
+      <c r="F306" s="33"/>
+      <c r="G306" s="33"/>
+      <c r="H306" s="33"/>
+      <c r="I306" s="33"/>
+      <c r="J306" s="50"/>
+      <c r="K306" s="35"/>
+      <c r="L306" s="33"/>
+      <c r="M306" s="33"/>
+      <c r="N306" s="33"/>
+      <c r="O306" s="50"/>
+      <c r="P306" s="35"/>
+      <c r="Q306" s="32"/>
+      <c r="R306" s="35"/>
+      <c r="S306" s="33"/>
+      <c r="T306" s="33"/>
+      <c r="U306" s="33"/>
+      <c r="V306" s="50"/>
+      <c r="W306" s="35"/>
+      <c r="X306" s="33"/>
+      <c r="Y306" s="33"/>
+      <c r="Z306" s="33"/>
+      <c r="AA306" s="50"/>
+      <c r="AB306" s="35"/>
+      <c r="AC306" s="33"/>
+      <c r="AD306" s="33"/>
+      <c r="AE306" s="33"/>
+      <c r="AF306" s="50"/>
+    </row>
+    <row r="307" customHeight="1" spans="2:32">
+      <c r="B307" s="29">
+        <v>46135</v>
+      </c>
+      <c r="C307" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D307" s="35"/>
+      <c r="E307" s="32"/>
+      <c r="F307" s="33"/>
+      <c r="G307" s="33"/>
+      <c r="H307" s="33"/>
+      <c r="I307" s="33"/>
+      <c r="J307" s="50"/>
+      <c r="K307" s="35"/>
+      <c r="L307" s="33"/>
+      <c r="M307" s="33"/>
+      <c r="N307" s="33"/>
+      <c r="O307" s="50"/>
+      <c r="P307" s="35"/>
+      <c r="Q307" s="32"/>
+      <c r="R307" s="35"/>
+      <c r="S307" s="33"/>
+      <c r="T307" s="33"/>
+      <c r="U307" s="33"/>
+      <c r="V307" s="50"/>
+      <c r="W307" s="35"/>
+      <c r="X307" s="33"/>
+      <c r="Y307" s="33"/>
+      <c r="Z307" s="33"/>
+      <c r="AA307" s="50"/>
+      <c r="AB307" s="35"/>
+      <c r="AC307" s="33"/>
+      <c r="AD307" s="33"/>
+      <c r="AE307" s="33"/>
+      <c r="AF307" s="50"/>
+    </row>
+    <row r="308" customHeight="1" spans="2:32">
+      <c r="B308" s="29">
+        <v>46136</v>
+      </c>
+      <c r="C308" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D308" s="35"/>
+      <c r="E308" s="32"/>
+      <c r="F308" s="33"/>
+      <c r="G308" s="33"/>
+      <c r="H308" s="33"/>
+      <c r="I308" s="33"/>
+      <c r="J308" s="50"/>
+      <c r="K308" s="35"/>
+      <c r="L308" s="33"/>
+      <c r="M308" s="33"/>
+      <c r="N308" s="33"/>
+      <c r="O308" s="50"/>
+      <c r="P308" s="35"/>
+      <c r="Q308" s="32"/>
+      <c r="R308" s="35"/>
+      <c r="S308" s="33"/>
+      <c r="T308" s="33"/>
+      <c r="U308" s="33"/>
+      <c r="V308" s="50"/>
+      <c r="W308" s="35"/>
+      <c r="X308" s="33"/>
+      <c r="Y308" s="33"/>
+      <c r="Z308" s="33"/>
+      <c r="AA308" s="50"/>
+      <c r="AB308" s="35"/>
+      <c r="AC308" s="33"/>
+      <c r="AD308" s="33"/>
+      <c r="AE308" s="33"/>
+      <c r="AF308" s="50"/>
+    </row>
+    <row r="309" customHeight="1" spans="2:32">
+      <c r="B309" s="29">
+        <v>46137</v>
+      </c>
+      <c r="C309" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D309" s="35"/>
+      <c r="E309" s="32"/>
+      <c r="F309" s="123" t="s">
         <v>34</v>
       </c>
-      <c r="G281" s="97" t="s">
-[...5 lines deleted...]
-      <c r="I281" s="97" t="s">
+      <c r="G309" s="123" t="s">
+        <v>149</v>
+      </c>
+      <c r="H309" s="123" t="s">
+        <v>36</v>
+      </c>
+      <c r="I309" s="123" t="s">
         <v>52</v>
       </c>
-      <c r="J281" s="98" t="s">
-[...35 lines deleted...]
-      <c r="C282" s="62" t="s">
+      <c r="J309" s="126" t="s">
+        <v>87</v>
+      </c>
+      <c r="K309" s="87"/>
+      <c r="L309" s="88" t="s">
+        <v>150</v>
+      </c>
+      <c r="M309" s="127"/>
+      <c r="N309" s="88" t="s">
+        <v>151</v>
+      </c>
+      <c r="O309" s="89" t="s">
+        <v>142</v>
+      </c>
+      <c r="P309" s="35"/>
+      <c r="Q309" s="32"/>
+      <c r="R309" s="35"/>
+      <c r="S309" s="33"/>
+      <c r="T309" s="33"/>
+      <c r="U309" s="33"/>
+      <c r="V309" s="50"/>
+      <c r="AB309" s="35"/>
+      <c r="AC309" s="33"/>
+      <c r="AD309" s="33"/>
+      <c r="AE309" s="33"/>
+      <c r="AF309" s="50"/>
+    </row>
+    <row r="310" customHeight="1" spans="2:32">
+      <c r="B310" s="29">
+        <v>46138</v>
+      </c>
+      <c r="C310" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D282" s="63"/>
-[...1 lines deleted...]
-      <c r="F282" s="97" t="s">
+      <c r="D310" s="35"/>
+      <c r="E310" s="32"/>
+      <c r="F310" s="123" t="s">
         <v>34</v>
       </c>
-      <c r="G282" s="97" t="s">
-[...5 lines deleted...]
-      <c r="I282" s="97" t="s">
+      <c r="G310" s="123" t="s">
+        <v>149</v>
+      </c>
+      <c r="H310" s="123" t="s">
+        <v>36</v>
+      </c>
+      <c r="I310" s="123" t="s">
         <v>52</v>
       </c>
-      <c r="J282" s="98" t="s">
-[...35 lines deleted...]
-      <c r="C283" s="62" t="s">
+      <c r="J310" s="126" t="s">
+        <v>87</v>
+      </c>
+      <c r="K310" s="87"/>
+      <c r="L310" s="88" t="s">
+        <v>150</v>
+      </c>
+      <c r="M310" s="127"/>
+      <c r="N310" s="88" t="s">
+        <v>151</v>
+      </c>
+      <c r="O310" s="89" t="s">
+        <v>142</v>
+      </c>
+      <c r="P310" s="35"/>
+      <c r="Q310" s="32"/>
+      <c r="R310" s="35"/>
+      <c r="S310" s="33"/>
+      <c r="T310" s="33"/>
+      <c r="U310" s="33"/>
+      <c r="V310" s="50"/>
+      <c r="AB310" s="35"/>
+      <c r="AC310" s="33"/>
+      <c r="AD310" s="33"/>
+      <c r="AE310" s="33"/>
+      <c r="AF310" s="50"/>
+    </row>
+    <row r="311" customHeight="1" spans="2:32">
+      <c r="B311" s="29">
+        <v>46139</v>
+      </c>
+      <c r="C311" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D283" s="63"/>
-[...33 lines deleted...]
-      <c r="C284" s="62" t="s">
+      <c r="D311" s="35"/>
+      <c r="E311" s="32"/>
+      <c r="F311" s="33"/>
+      <c r="G311" s="33"/>
+      <c r="H311" s="33"/>
+      <c r="I311" s="33"/>
+      <c r="J311" s="50"/>
+      <c r="K311" s="87"/>
+      <c r="L311" s="88" t="s">
+        <v>152</v>
+      </c>
+      <c r="M311" s="88"/>
+      <c r="N311" s="88" t="s">
+        <v>153</v>
+      </c>
+      <c r="O311" s="89" t="s">
+        <v>142</v>
+      </c>
+      <c r="P311" s="35"/>
+      <c r="Q311" s="32"/>
+      <c r="R311" s="35"/>
+      <c r="S311" s="33"/>
+      <c r="T311" s="33"/>
+      <c r="U311" s="33"/>
+      <c r="V311" s="50"/>
+      <c r="W311" s="35"/>
+      <c r="X311" s="33"/>
+      <c r="Y311" s="33"/>
+      <c r="Z311" s="33"/>
+      <c r="AA311" s="50"/>
+      <c r="AB311" s="35"/>
+      <c r="AC311" s="33"/>
+      <c r="AD311" s="33"/>
+      <c r="AE311" s="33"/>
+      <c r="AF311" s="50"/>
+    </row>
+    <row r="312" customHeight="1" spans="2:32">
+      <c r="B312" s="29">
+        <v>46140</v>
+      </c>
+      <c r="C312" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D284" s="63"/>
-[...33 lines deleted...]
-      <c r="C285" s="62" t="s">
+      <c r="D312" s="35"/>
+      <c r="E312" s="32"/>
+      <c r="F312" s="33"/>
+      <c r="G312" s="33"/>
+      <c r="H312" s="33"/>
+      <c r="I312" s="33"/>
+      <c r="J312" s="50"/>
+      <c r="K312" s="35"/>
+      <c r="L312" s="33"/>
+      <c r="M312" s="33"/>
+      <c r="N312" s="33"/>
+      <c r="O312" s="50"/>
+      <c r="P312" s="35"/>
+      <c r="Q312" s="32"/>
+      <c r="R312" s="35"/>
+      <c r="S312" s="33"/>
+      <c r="T312" s="33"/>
+      <c r="U312" s="33"/>
+      <c r="V312" s="50"/>
+      <c r="W312" s="35"/>
+      <c r="X312" s="33"/>
+      <c r="Y312" s="33"/>
+      <c r="Z312" s="33"/>
+      <c r="AA312" s="50"/>
+      <c r="AB312" s="35"/>
+      <c r="AC312" s="33"/>
+      <c r="AD312" s="33"/>
+      <c r="AE312" s="33"/>
+      <c r="AF312" s="50"/>
+    </row>
+    <row r="313" customHeight="1" spans="2:32">
+      <c r="B313" s="29">
+        <v>46141</v>
+      </c>
+      <c r="C313" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D285" s="63"/>
-[...33 lines deleted...]
-      <c r="C286" s="62" t="s">
+      <c r="D313" s="35"/>
+      <c r="E313" s="32"/>
+      <c r="F313" s="33"/>
+      <c r="G313" s="33"/>
+      <c r="H313" s="33"/>
+      <c r="I313" s="33"/>
+      <c r="J313" s="50"/>
+      <c r="K313" s="35"/>
+      <c r="L313" s="33"/>
+      <c r="M313" s="33"/>
+      <c r="N313" s="33"/>
+      <c r="O313" s="50"/>
+      <c r="P313" s="35"/>
+      <c r="Q313" s="32"/>
+      <c r="R313" s="35"/>
+      <c r="S313" s="33"/>
+      <c r="T313" s="33"/>
+      <c r="U313" s="33"/>
+      <c r="V313" s="50"/>
+      <c r="W313" s="35"/>
+      <c r="X313" s="33"/>
+      <c r="Y313" s="33"/>
+      <c r="Z313" s="33"/>
+      <c r="AA313" s="50"/>
+      <c r="AB313" s="35"/>
+      <c r="AC313" s="33"/>
+      <c r="AD313" s="33"/>
+      <c r="AE313" s="33"/>
+      <c r="AF313" s="50"/>
+    </row>
+    <row r="314" customHeight="1" spans="2:32">
+      <c r="B314" s="29">
+        <v>46142</v>
+      </c>
+      <c r="C314" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D286" s="63"/>
-[...30 lines deleted...]
-      <c r="A287" s="124" t="s">
+      <c r="D314" s="35"/>
+      <c r="E314" s="32"/>
+      <c r="F314" s="33"/>
+      <c r="G314" s="33"/>
+      <c r="H314" s="33"/>
+      <c r="I314" s="33"/>
+      <c r="J314" s="50"/>
+      <c r="K314" s="35"/>
+      <c r="L314" s="33"/>
+      <c r="M314" s="33"/>
+      <c r="N314" s="33"/>
+      <c r="O314" s="50"/>
+      <c r="P314" s="35"/>
+      <c r="Q314" s="32"/>
+      <c r="R314" s="35"/>
+      <c r="S314" s="33"/>
+      <c r="T314" s="33"/>
+      <c r="U314" s="33"/>
+      <c r="V314" s="50"/>
+      <c r="W314" s="35"/>
+      <c r="X314" s="33"/>
+      <c r="Y314" s="33"/>
+      <c r="Z314" s="33"/>
+      <c r="AA314" s="50"/>
+      <c r="AB314" s="35"/>
+      <c r="AC314" s="33"/>
+      <c r="AD314" s="33"/>
+      <c r="AE314" s="33"/>
+      <c r="AF314" s="50"/>
+    </row>
+    <row r="315" customHeight="1" spans="2:32">
+      <c r="B315" s="29">
+        <v>46143</v>
+      </c>
+      <c r="C315" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D315" s="35"/>
+      <c r="E315" s="32"/>
+      <c r="F315" s="33"/>
+      <c r="G315" s="33"/>
+      <c r="H315" s="33"/>
+      <c r="I315" s="33"/>
+      <c r="J315" s="50"/>
+      <c r="K315" s="35"/>
+      <c r="L315" s="33"/>
+      <c r="M315" s="33"/>
+      <c r="N315" s="33"/>
+      <c r="O315" s="50"/>
+      <c r="P315" s="35"/>
+      <c r="Q315" s="32"/>
+      <c r="R315" s="35"/>
+      <c r="S315" s="33"/>
+      <c r="T315" s="33"/>
+      <c r="U315" s="33"/>
+      <c r="V315" s="50"/>
+      <c r="W315" s="35"/>
+      <c r="X315" s="33"/>
+      <c r="Y315" s="33"/>
+      <c r="Z315" s="33"/>
+      <c r="AA315" s="50"/>
+      <c r="AB315" s="35"/>
+      <c r="AC315" s="33"/>
+      <c r="AD315" s="33"/>
+      <c r="AE315" s="33"/>
+      <c r="AF315" s="50"/>
+    </row>
+    <row r="316" customHeight="1" spans="2:32">
+      <c r="B316" s="29">
+        <v>46144</v>
+      </c>
+      <c r="C316" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D316" s="35"/>
+      <c r="E316" s="32"/>
+      <c r="F316" s="33"/>
+      <c r="G316" s="33"/>
+      <c r="H316" s="33"/>
+      <c r="I316" s="33"/>
+      <c r="J316" s="50"/>
+      <c r="K316" s="35"/>
+      <c r="L316" s="33"/>
+      <c r="M316" s="33"/>
+      <c r="N316" s="33"/>
+      <c r="O316" s="50"/>
+      <c r="P316" s="35"/>
+      <c r="Q316" s="32"/>
+      <c r="R316" s="35"/>
+      <c r="S316" s="33"/>
+      <c r="T316" s="33"/>
+      <c r="U316" s="33"/>
+      <c r="V316" s="50"/>
+      <c r="W316" s="35"/>
+      <c r="X316" s="33"/>
+      <c r="Y316" s="33"/>
+      <c r="Z316" s="33"/>
+      <c r="AA316" s="50"/>
+      <c r="AB316" s="35"/>
+      <c r="AC316" s="33"/>
+      <c r="AD316" s="33"/>
+      <c r="AE316" s="33"/>
+      <c r="AF316" s="50"/>
+    </row>
+    <row r="317" customHeight="1" spans="1:32">
+      <c r="A317" s="97" t="s">
+        <v>154</v>
+      </c>
+      <c r="B317" s="29">
+        <v>46145</v>
+      </c>
+      <c r="C317" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D317" s="35"/>
+      <c r="E317" s="32"/>
+      <c r="F317" s="33"/>
+      <c r="G317" s="33"/>
+      <c r="H317" s="33"/>
+      <c r="I317" s="33"/>
+      <c r="J317" s="50"/>
+      <c r="K317" s="35"/>
+      <c r="L317" s="33"/>
+      <c r="M317" s="33"/>
+      <c r="N317" s="33"/>
+      <c r="O317" s="50"/>
+      <c r="P317" s="35"/>
+      <c r="Q317" s="32"/>
+      <c r="R317" s="35"/>
+      <c r="S317" s="33"/>
+      <c r="T317" s="33"/>
+      <c r="U317" s="33"/>
+      <c r="V317" s="50"/>
+      <c r="W317" s="35"/>
+      <c r="X317" s="33"/>
+      <c r="Y317" s="33"/>
+      <c r="Z317" s="33"/>
+      <c r="AA317" s="50"/>
+      <c r="AB317" s="35"/>
+      <c r="AC317" s="33"/>
+      <c r="AD317" s="33"/>
+      <c r="AE317" s="33"/>
+      <c r="AF317" s="50"/>
+    </row>
+    <row r="318" customHeight="1" spans="2:32">
+      <c r="B318" s="29">
+        <v>46146</v>
+      </c>
+      <c r="C318" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D318" s="35"/>
+      <c r="E318" s="34"/>
+      <c r="F318" s="33"/>
+      <c r="G318" s="33"/>
+      <c r="H318" s="33"/>
+      <c r="I318" s="33"/>
+      <c r="J318" s="50"/>
+      <c r="K318" s="35"/>
+      <c r="L318" s="33"/>
+      <c r="M318" s="33"/>
+      <c r="N318" s="33"/>
+      <c r="O318" s="50"/>
+      <c r="P318" s="35"/>
+      <c r="Q318" s="34"/>
+      <c r="R318" s="35"/>
+      <c r="S318" s="33"/>
+      <c r="T318" s="33"/>
+      <c r="U318" s="33"/>
+      <c r="V318" s="50"/>
+      <c r="W318" s="35"/>
+      <c r="X318" s="33"/>
+      <c r="Y318" s="33"/>
+      <c r="Z318" s="33"/>
+      <c r="AA318" s="50"/>
+      <c r="AB318" s="35"/>
+      <c r="AC318" s="33"/>
+      <c r="AD318" s="33"/>
+      <c r="AE318" s="33"/>
+      <c r="AF318" s="50"/>
+    </row>
+    <row r="319" customHeight="1" spans="2:32">
+      <c r="B319" s="29">
+        <v>46147</v>
+      </c>
+      <c r="C319" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D319" s="35"/>
+      <c r="E319" s="34"/>
+      <c r="F319" s="33"/>
+      <c r="G319" s="33"/>
+      <c r="H319" s="33"/>
+      <c r="I319" s="33"/>
+      <c r="J319" s="50"/>
+      <c r="K319" s="35"/>
+      <c r="L319" s="33"/>
+      <c r="M319" s="33"/>
+      <c r="N319" s="33"/>
+      <c r="O319" s="50"/>
+      <c r="P319" s="35"/>
+      <c r="Q319" s="34"/>
+      <c r="R319" s="35"/>
+      <c r="S319" s="33"/>
+      <c r="T319" s="33"/>
+      <c r="U319" s="33"/>
+      <c r="V319" s="50"/>
+      <c r="W319" s="35"/>
+      <c r="X319" s="33"/>
+      <c r="Y319" s="33"/>
+      <c r="Z319" s="33"/>
+      <c r="AA319" s="50"/>
+      <c r="AB319" s="35"/>
+      <c r="AC319" s="33"/>
+      <c r="AD319" s="33"/>
+      <c r="AE319" s="33"/>
+      <c r="AF319" s="50"/>
+    </row>
+    <row r="320" customHeight="1" spans="2:32">
+      <c r="B320" s="29">
+        <v>46148</v>
+      </c>
+      <c r="C320" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D320" s="35"/>
+      <c r="E320" s="34"/>
+      <c r="F320" s="33"/>
+      <c r="G320" s="33"/>
+      <c r="H320" s="33"/>
+      <c r="I320" s="33"/>
+      <c r="J320" s="50"/>
+      <c r="K320" s="35"/>
+      <c r="L320" s="33"/>
+      <c r="M320" s="33"/>
+      <c r="N320" s="33"/>
+      <c r="O320" s="50"/>
+      <c r="P320" s="35"/>
+      <c r="Q320" s="34"/>
+      <c r="R320" s="35"/>
+      <c r="S320" s="33"/>
+      <c r="T320" s="33"/>
+      <c r="U320" s="33"/>
+      <c r="V320" s="50"/>
+      <c r="W320" s="35"/>
+      <c r="X320" s="33"/>
+      <c r="Y320" s="33"/>
+      <c r="Z320" s="33"/>
+      <c r="AA320" s="50"/>
+      <c r="AB320" s="35"/>
+      <c r="AC320" s="33"/>
+      <c r="AD320" s="33"/>
+      <c r="AE320" s="33"/>
+      <c r="AF320" s="50"/>
+    </row>
+    <row r="321" customHeight="1" spans="2:32">
+      <c r="B321" s="29">
+        <v>46149</v>
+      </c>
+      <c r="C321" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D321" s="35"/>
+      <c r="E321" s="34"/>
+      <c r="F321" s="33"/>
+      <c r="G321" s="33"/>
+      <c r="H321" s="33"/>
+      <c r="I321" s="33"/>
+      <c r="J321" s="50"/>
+      <c r="K321" s="35"/>
+      <c r="L321" s="33"/>
+      <c r="M321" s="33"/>
+      <c r="N321" s="33"/>
+      <c r="O321" s="50"/>
+      <c r="P321" s="35"/>
+      <c r="Q321" s="34"/>
+      <c r="R321" s="35"/>
+      <c r="S321" s="33"/>
+      <c r="T321" s="33"/>
+      <c r="U321" s="33"/>
+      <c r="V321" s="50"/>
+      <c r="W321" s="35"/>
+      <c r="X321" s="33"/>
+      <c r="Y321" s="33"/>
+      <c r="Z321" s="33"/>
+      <c r="AA321" s="50"/>
+      <c r="AB321" s="35"/>
+      <c r="AC321" s="33"/>
+      <c r="AD321" s="33"/>
+      <c r="AE321" s="33"/>
+      <c r="AF321" s="50"/>
+    </row>
+    <row r="322" customHeight="1" spans="2:32">
+      <c r="B322" s="29">
+        <v>46150</v>
+      </c>
+      <c r="C322" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D322" s="35"/>
+      <c r="E322" s="34"/>
+      <c r="F322" s="128" t="s">
+        <v>155</v>
+      </c>
+      <c r="G322" s="128" t="s">
+        <v>10</v>
+      </c>
+      <c r="H322" s="128" t="s">
+        <v>156</v>
+      </c>
+      <c r="I322" s="128" t="s">
+        <v>52</v>
+      </c>
+      <c r="J322" s="133" t="s">
+        <v>87</v>
+      </c>
+      <c r="K322" s="35"/>
+      <c r="L322" s="33"/>
+      <c r="M322" s="33"/>
+      <c r="N322" s="33"/>
+      <c r="O322" s="50"/>
+      <c r="P322" s="35"/>
+      <c r="Q322" s="34"/>
+      <c r="R322" s="35"/>
+      <c r="S322" s="33"/>
+      <c r="T322" s="33"/>
+      <c r="U322" s="33"/>
+      <c r="V322" s="50"/>
+      <c r="W322" s="35"/>
+      <c r="X322" s="33"/>
+      <c r="Y322" s="33"/>
+      <c r="Z322" s="33"/>
+      <c r="AA322" s="50"/>
+      <c r="AB322" s="35"/>
+      <c r="AC322" s="33"/>
+      <c r="AD322" s="33"/>
+      <c r="AE322" s="33"/>
+      <c r="AF322" s="50"/>
+    </row>
+    <row r="323" customHeight="1" spans="2:32">
+      <c r="B323" s="29">
+        <v>46151</v>
+      </c>
+      <c r="C323" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D323" s="35"/>
+      <c r="E323" s="34"/>
+      <c r="F323" s="128" t="s">
+        <v>155</v>
+      </c>
+      <c r="G323" s="128" t="s">
+        <v>10</v>
+      </c>
+      <c r="H323" s="128" t="s">
+        <v>156</v>
+      </c>
+      <c r="I323" s="128" t="s">
+        <v>52</v>
+      </c>
+      <c r="J323" s="133" t="s">
+        <v>87</v>
+      </c>
+      <c r="K323" s="35"/>
+      <c r="L323" s="33"/>
+      <c r="M323" s="33"/>
+      <c r="N323" s="33"/>
+      <c r="O323" s="50"/>
+      <c r="P323" s="35"/>
+      <c r="Q323" s="34"/>
+      <c r="R323" s="35"/>
+      <c r="S323" s="33"/>
+      <c r="T323" s="33"/>
+      <c r="U323" s="33"/>
+      <c r="V323" s="50"/>
+      <c r="W323" s="35"/>
+      <c r="X323" s="33"/>
+      <c r="Y323" s="33"/>
+      <c r="Z323" s="33"/>
+      <c r="AA323" s="50"/>
+      <c r="AB323" s="35"/>
+      <c r="AC323" s="33"/>
+      <c r="AD323" s="33"/>
+      <c r="AE323" s="33"/>
+      <c r="AF323" s="50"/>
+    </row>
+    <row r="324" customHeight="1" spans="2:32">
+      <c r="B324" s="29">
+        <v>46152</v>
+      </c>
+      <c r="C324" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D324" s="35"/>
+      <c r="E324" s="34"/>
+      <c r="F324" s="128" t="s">
+        <v>155</v>
+      </c>
+      <c r="G324" s="128" t="s">
+        <v>10</v>
+      </c>
+      <c r="H324" s="128" t="s">
+        <v>156</v>
+      </c>
+      <c r="I324" s="128" t="s">
+        <v>52</v>
+      </c>
+      <c r="J324" s="133" t="s">
+        <v>87</v>
+      </c>
+      <c r="K324" s="35"/>
+      <c r="L324" s="33"/>
+      <c r="M324" s="33"/>
+      <c r="N324" s="33"/>
+      <c r="O324" s="50"/>
+      <c r="P324" s="35"/>
+      <c r="Q324" s="34"/>
+      <c r="R324" s="35"/>
+      <c r="S324" s="33"/>
+      <c r="T324" s="33"/>
+      <c r="U324" s="33"/>
+      <c r="V324" s="50"/>
+      <c r="W324" s="35"/>
+      <c r="X324" s="33"/>
+      <c r="Y324" s="33"/>
+      <c r="Z324" s="33"/>
+      <c r="AA324" s="50"/>
+      <c r="AB324" s="35"/>
+      <c r="AC324" s="33"/>
+      <c r="AD324" s="33"/>
+      <c r="AE324" s="33"/>
+      <c r="AF324" s="50"/>
+    </row>
+    <row r="325" customHeight="1" spans="2:32">
+      <c r="B325" s="29">
+        <v>46153</v>
+      </c>
+      <c r="C325" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D325" s="35"/>
+      <c r="E325" s="34"/>
+      <c r="F325" s="33"/>
+      <c r="G325" s="33"/>
+      <c r="H325" s="33"/>
+      <c r="I325" s="33"/>
+      <c r="J325" s="50"/>
+      <c r="K325" s="35"/>
+      <c r="L325" s="33"/>
+      <c r="M325" s="33"/>
+      <c r="N325" s="33"/>
+      <c r="O325" s="50"/>
+      <c r="P325" s="35"/>
+      <c r="Q325" s="34"/>
+      <c r="R325" s="35"/>
+      <c r="S325" s="33"/>
+      <c r="T325" s="33"/>
+      <c r="U325" s="33"/>
+      <c r="V325" s="50"/>
+      <c r="W325" s="35"/>
+      <c r="X325" s="33"/>
+      <c r="Y325" s="33"/>
+      <c r="Z325" s="33"/>
+      <c r="AA325" s="50"/>
+      <c r="AB325" s="35"/>
+      <c r="AC325" s="33"/>
+      <c r="AD325" s="33"/>
+      <c r="AE325" s="33"/>
+      <c r="AF325" s="50"/>
+    </row>
+    <row r="326" customHeight="1" spans="2:32">
+      <c r="B326" s="29">
+        <v>46154</v>
+      </c>
+      <c r="C326" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D326" s="35"/>
+      <c r="E326" s="34"/>
+      <c r="F326" s="33"/>
+      <c r="G326" s="33"/>
+      <c r="H326" s="33"/>
+      <c r="I326" s="33"/>
+      <c r="J326" s="50"/>
+      <c r="K326" s="35"/>
+      <c r="L326" s="33"/>
+      <c r="M326" s="33"/>
+      <c r="N326" s="33"/>
+      <c r="O326" s="50"/>
+      <c r="P326" s="35"/>
+      <c r="Q326" s="34"/>
+      <c r="R326" s="35"/>
+      <c r="S326" s="33"/>
+      <c r="T326" s="33"/>
+      <c r="U326" s="33"/>
+      <c r="V326" s="50"/>
+      <c r="W326" s="35"/>
+      <c r="X326" s="33"/>
+      <c r="Y326" s="33"/>
+      <c r="Z326" s="33"/>
+      <c r="AA326" s="50"/>
+      <c r="AB326" s="35"/>
+      <c r="AC326" s="33"/>
+      <c r="AD326" s="33"/>
+      <c r="AE326" s="33"/>
+      <c r="AF326" s="50"/>
+    </row>
+    <row r="327" customHeight="1" spans="2:32">
+      <c r="B327" s="29">
+        <v>46155</v>
+      </c>
+      <c r="C327" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D327" s="35"/>
+      <c r="E327" s="34"/>
+      <c r="F327" s="33"/>
+      <c r="G327" s="33"/>
+      <c r="H327" s="33"/>
+      <c r="I327" s="33"/>
+      <c r="J327" s="50"/>
+      <c r="K327" s="35"/>
+      <c r="L327" s="33"/>
+      <c r="M327" s="33"/>
+      <c r="N327" s="33"/>
+      <c r="O327" s="50"/>
+      <c r="P327" s="35"/>
+      <c r="Q327" s="34"/>
+      <c r="R327" s="35"/>
+      <c r="S327" s="33"/>
+      <c r="T327" s="33"/>
+      <c r="U327" s="33"/>
+      <c r="V327" s="50"/>
+      <c r="W327" s="35"/>
+      <c r="X327" s="33"/>
+      <c r="Y327" s="33"/>
+      <c r="Z327" s="33"/>
+      <c r="AA327" s="50"/>
+      <c r="AB327" s="35"/>
+      <c r="AC327" s="33"/>
+      <c r="AD327" s="33"/>
+      <c r="AE327" s="33"/>
+      <c r="AF327" s="50"/>
+    </row>
+    <row r="328" customHeight="1" spans="2:32">
+      <c r="B328" s="29">
+        <v>46156</v>
+      </c>
+      <c r="C328" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D328" s="35"/>
+      <c r="E328" s="34"/>
+      <c r="F328" s="33"/>
+      <c r="G328" s="33"/>
+      <c r="H328" s="33"/>
+      <c r="I328" s="33"/>
+      <c r="J328" s="50"/>
+      <c r="K328" s="35"/>
+      <c r="L328" s="33"/>
+      <c r="M328" s="33"/>
+      <c r="N328" s="33"/>
+      <c r="O328" s="50"/>
+      <c r="P328" s="35"/>
+      <c r="Q328" s="34"/>
+      <c r="R328" s="35"/>
+      <c r="S328" s="33"/>
+      <c r="T328" s="33"/>
+      <c r="U328" s="33"/>
+      <c r="V328" s="50"/>
+      <c r="W328" s="35"/>
+      <c r="X328" s="33"/>
+      <c r="Y328" s="33"/>
+      <c r="Z328" s="33"/>
+      <c r="AA328" s="50"/>
+      <c r="AB328" s="35"/>
+      <c r="AC328" s="33"/>
+      <c r="AD328" s="33"/>
+      <c r="AE328" s="33"/>
+      <c r="AF328" s="50"/>
+    </row>
+    <row r="329" customHeight="1" spans="2:32">
+      <c r="B329" s="29">
+        <v>46157</v>
+      </c>
+      <c r="C329" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D329" s="35"/>
+      <c r="E329" s="34"/>
+      <c r="F329" s="33"/>
+      <c r="G329" s="33"/>
+      <c r="H329" s="33"/>
+      <c r="I329" s="33"/>
+      <c r="J329" s="50"/>
+      <c r="K329" s="35"/>
+      <c r="L329" s="33"/>
+      <c r="M329" s="33"/>
+      <c r="N329" s="33"/>
+      <c r="O329" s="50"/>
+      <c r="P329" s="35"/>
+      <c r="Q329" s="34"/>
+      <c r="R329" s="35"/>
+      <c r="S329" s="33"/>
+      <c r="T329" s="33"/>
+      <c r="U329" s="33"/>
+      <c r="V329" s="50"/>
+      <c r="W329" s="35"/>
+      <c r="X329" s="33"/>
+      <c r="Y329" s="33"/>
+      <c r="Z329" s="33"/>
+      <c r="AA329" s="50"/>
+      <c r="AB329" s="35"/>
+      <c r="AC329" s="33"/>
+      <c r="AD329" s="33"/>
+      <c r="AE329" s="33"/>
+      <c r="AF329" s="50"/>
+    </row>
+    <row r="330" customHeight="1" spans="2:32">
+      <c r="B330" s="29">
+        <v>46158</v>
+      </c>
+      <c r="C330" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D330" s="35"/>
+      <c r="E330" s="34"/>
+      <c r="F330" s="33"/>
+      <c r="G330" s="33"/>
+      <c r="H330" s="33"/>
+      <c r="I330" s="33"/>
+      <c r="J330" s="50"/>
+      <c r="K330" s="35"/>
+      <c r="L330" s="33"/>
+      <c r="M330" s="33"/>
+      <c r="N330" s="33"/>
+      <c r="O330" s="50"/>
+      <c r="P330" s="35"/>
+      <c r="Q330" s="34"/>
+      <c r="R330" s="35"/>
+      <c r="S330" s="33"/>
+      <c r="T330" s="33"/>
+      <c r="U330" s="33"/>
+      <c r="V330" s="50"/>
+      <c r="W330" s="35"/>
+      <c r="X330" s="33"/>
+      <c r="Y330" s="33"/>
+      <c r="Z330" s="33"/>
+      <c r="AA330" s="50"/>
+      <c r="AB330" s="35"/>
+      <c r="AC330" s="33"/>
+      <c r="AD330" s="33"/>
+      <c r="AE330" s="33"/>
+      <c r="AF330" s="50"/>
+    </row>
+    <row r="331" customHeight="1" spans="2:32">
+      <c r="B331" s="29">
+        <v>46159</v>
+      </c>
+      <c r="C331" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D331" s="35"/>
+      <c r="E331" s="34"/>
+      <c r="F331" s="33"/>
+      <c r="G331" s="33"/>
+      <c r="H331" s="33"/>
+      <c r="I331" s="33"/>
+      <c r="J331" s="50"/>
+      <c r="K331" s="35"/>
+      <c r="L331" s="33"/>
+      <c r="M331" s="33"/>
+      <c r="N331" s="33"/>
+      <c r="O331" s="50"/>
+      <c r="P331" s="35"/>
+      <c r="Q331" s="34"/>
+      <c r="R331" s="35"/>
+      <c r="S331" s="33"/>
+      <c r="T331" s="33"/>
+      <c r="U331" s="33"/>
+      <c r="V331" s="50"/>
+      <c r="W331" s="35"/>
+      <c r="X331" s="33"/>
+      <c r="Y331" s="33"/>
+      <c r="Z331" s="33"/>
+      <c r="AA331" s="50"/>
+      <c r="AB331" s="35"/>
+      <c r="AC331" s="33"/>
+      <c r="AD331" s="33"/>
+      <c r="AE331" s="33"/>
+      <c r="AF331" s="50"/>
+    </row>
+    <row r="332" customHeight="1" spans="2:32">
+      <c r="B332" s="29">
+        <v>46160</v>
+      </c>
+      <c r="C332" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D332" s="35"/>
+      <c r="E332" s="34"/>
+      <c r="F332" s="33"/>
+      <c r="G332" s="33"/>
+      <c r="H332" s="33"/>
+      <c r="I332" s="33"/>
+      <c r="J332" s="50"/>
+      <c r="K332" s="35"/>
+      <c r="L332" s="33"/>
+      <c r="M332" s="33"/>
+      <c r="N332" s="33"/>
+      <c r="O332" s="50"/>
+      <c r="P332" s="35"/>
+      <c r="Q332" s="34"/>
+      <c r="R332" s="35"/>
+      <c r="S332" s="33"/>
+      <c r="T332" s="33"/>
+      <c r="U332" s="33"/>
+      <c r="V332" s="50"/>
+      <c r="W332" s="35"/>
+      <c r="X332" s="33"/>
+      <c r="Y332" s="33"/>
+      <c r="Z332" s="33"/>
+      <c r="AA332" s="50"/>
+      <c r="AB332" s="35"/>
+      <c r="AC332" s="33"/>
+      <c r="AD332" s="33"/>
+      <c r="AE332" s="33"/>
+      <c r="AF332" s="50"/>
+    </row>
+    <row r="333" customHeight="1" spans="2:32">
+      <c r="B333" s="29">
+        <v>46161</v>
+      </c>
+      <c r="C333" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D333" s="35"/>
+      <c r="E333" s="34"/>
+      <c r="F333" s="33"/>
+      <c r="G333" s="33"/>
+      <c r="H333" s="33"/>
+      <c r="I333" s="33"/>
+      <c r="J333" s="50"/>
+      <c r="K333" s="35"/>
+      <c r="L333" s="33"/>
+      <c r="M333" s="33"/>
+      <c r="N333" s="33"/>
+      <c r="O333" s="50"/>
+      <c r="P333" s="35"/>
+      <c r="Q333" s="34"/>
+      <c r="R333" s="35"/>
+      <c r="S333" s="33"/>
+      <c r="T333" s="33"/>
+      <c r="U333" s="33"/>
+      <c r="V333" s="50"/>
+      <c r="W333" s="35"/>
+      <c r="X333" s="33"/>
+      <c r="Y333" s="33"/>
+      <c r="Z333" s="33"/>
+      <c r="AA333" s="50"/>
+      <c r="AB333" s="35"/>
+      <c r="AC333" s="33"/>
+      <c r="AD333" s="33"/>
+      <c r="AE333" s="33"/>
+      <c r="AF333" s="50"/>
+    </row>
+    <row r="334" customHeight="1" spans="2:32">
+      <c r="B334" s="29">
+        <v>46162</v>
+      </c>
+      <c r="C334" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D334" s="35"/>
+      <c r="E334" s="34"/>
+      <c r="F334" s="33"/>
+      <c r="G334" s="33"/>
+      <c r="H334" s="33"/>
+      <c r="I334" s="33"/>
+      <c r="J334" s="50"/>
+      <c r="K334" s="35"/>
+      <c r="L334" s="33"/>
+      <c r="M334" s="33"/>
+      <c r="N334" s="33"/>
+      <c r="O334" s="50"/>
+      <c r="P334" s="35"/>
+      <c r="Q334" s="34"/>
+      <c r="R334" s="35"/>
+      <c r="S334" s="33"/>
+      <c r="T334" s="33"/>
+      <c r="U334" s="33"/>
+      <c r="V334" s="50"/>
+      <c r="W334" s="35"/>
+      <c r="X334" s="33"/>
+      <c r="Y334" s="33"/>
+      <c r="Z334" s="33"/>
+      <c r="AA334" s="50"/>
+      <c r="AB334" s="35"/>
+      <c r="AC334" s="33"/>
+      <c r="AD334" s="33"/>
+      <c r="AE334" s="33"/>
+      <c r="AF334" s="50"/>
+    </row>
+    <row r="335" customHeight="1" spans="2:32">
+      <c r="B335" s="29">
+        <v>46163</v>
+      </c>
+      <c r="C335" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D335" s="35"/>
+      <c r="E335" s="34"/>
+      <c r="F335" s="33"/>
+      <c r="G335" s="33"/>
+      <c r="H335" s="33"/>
+      <c r="I335" s="33"/>
+      <c r="J335" s="50"/>
+      <c r="K335" s="35"/>
+      <c r="L335" s="33"/>
+      <c r="M335" s="33"/>
+      <c r="N335" s="33"/>
+      <c r="O335" s="50"/>
+      <c r="P335" s="35"/>
+      <c r="Q335" s="34"/>
+      <c r="R335" s="35"/>
+      <c r="S335" s="33"/>
+      <c r="T335" s="33"/>
+      <c r="U335" s="33"/>
+      <c r="V335" s="50"/>
+      <c r="W335" s="35"/>
+      <c r="X335" s="33"/>
+      <c r="Y335" s="33"/>
+      <c r="Z335" s="33"/>
+      <c r="AA335" s="50"/>
+      <c r="AB335" s="35"/>
+      <c r="AC335" s="33"/>
+      <c r="AD335" s="33"/>
+      <c r="AE335" s="33"/>
+      <c r="AF335" s="50"/>
+    </row>
+    <row r="336" customHeight="1" spans="2:32">
+      <c r="B336" s="29">
+        <v>46164</v>
+      </c>
+      <c r="C336" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D336" s="35"/>
+      <c r="E336" s="34"/>
+      <c r="F336" s="33"/>
+      <c r="G336" s="33"/>
+      <c r="H336" s="33"/>
+      <c r="I336" s="33"/>
+      <c r="J336" s="50"/>
+      <c r="K336" s="35"/>
+      <c r="L336" s="33"/>
+      <c r="M336" s="33"/>
+      <c r="N336" s="33"/>
+      <c r="O336" s="50"/>
+      <c r="P336" s="35"/>
+      <c r="Q336" s="34"/>
+      <c r="R336" s="35"/>
+      <c r="S336" s="33"/>
+      <c r="T336" s="33"/>
+      <c r="U336" s="33"/>
+      <c r="V336" s="50"/>
+      <c r="W336" s="35"/>
+      <c r="X336" s="33"/>
+      <c r="Y336" s="33"/>
+      <c r="Z336" s="33"/>
+      <c r="AA336" s="50"/>
+      <c r="AB336" s="35"/>
+      <c r="AC336" s="33"/>
+      <c r="AD336" s="33"/>
+      <c r="AE336" s="33"/>
+      <c r="AF336" s="50"/>
+    </row>
+    <row r="337" customHeight="1" spans="2:32">
+      <c r="B337" s="29">
+        <v>46165</v>
+      </c>
+      <c r="C337" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D337" s="35"/>
+      <c r="E337" s="34"/>
+      <c r="F337" s="33"/>
+      <c r="G337" s="33"/>
+      <c r="H337" s="33"/>
+      <c r="I337" s="33"/>
+      <c r="J337" s="50"/>
+      <c r="K337" s="35"/>
+      <c r="L337" s="33"/>
+      <c r="M337" s="33"/>
+      <c r="N337" s="33"/>
+      <c r="O337" s="50"/>
+      <c r="P337" s="35"/>
+      <c r="Q337" s="34"/>
+      <c r="R337" s="35"/>
+      <c r="S337" s="33"/>
+      <c r="T337" s="33"/>
+      <c r="U337" s="33"/>
+      <c r="V337" s="50"/>
+      <c r="W337" s="35"/>
+      <c r="X337" s="33"/>
+      <c r="Y337" s="33"/>
+      <c r="Z337" s="33"/>
+      <c r="AA337" s="50"/>
+      <c r="AB337" s="35"/>
+      <c r="AC337" s="33"/>
+      <c r="AD337" s="33"/>
+      <c r="AE337" s="33"/>
+      <c r="AF337" s="50"/>
+    </row>
+    <row r="338" customHeight="1" spans="2:32">
+      <c r="B338" s="29">
+        <v>46166</v>
+      </c>
+      <c r="C338" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D338" s="35"/>
+      <c r="E338" s="34"/>
+      <c r="F338" s="33"/>
+      <c r="G338" s="33"/>
+      <c r="H338" s="33"/>
+      <c r="I338" s="33"/>
+      <c r="J338" s="50"/>
+      <c r="K338" s="35"/>
+      <c r="L338" s="33"/>
+      <c r="M338" s="33"/>
+      <c r="N338" s="33"/>
+      <c r="O338" s="50"/>
+      <c r="P338" s="35"/>
+      <c r="Q338" s="34"/>
+      <c r="R338" s="35"/>
+      <c r="S338" s="33"/>
+      <c r="T338" s="33"/>
+      <c r="U338" s="33"/>
+      <c r="V338" s="50"/>
+      <c r="W338" s="35"/>
+      <c r="X338" s="33"/>
+      <c r="Y338" s="33"/>
+      <c r="Z338" s="33"/>
+      <c r="AA338" s="50"/>
+      <c r="AB338" s="35"/>
+      <c r="AC338" s="33"/>
+      <c r="AD338" s="33"/>
+      <c r="AE338" s="33"/>
+      <c r="AF338" s="50"/>
+    </row>
+    <row r="339" customHeight="1" spans="2:32">
+      <c r="B339" s="29">
+        <v>46167</v>
+      </c>
+      <c r="C339" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D339" s="35"/>
+      <c r="E339" s="34"/>
+      <c r="F339" s="33"/>
+      <c r="G339" s="33"/>
+      <c r="H339" s="33"/>
+      <c r="I339" s="33"/>
+      <c r="J339" s="50"/>
+      <c r="K339" s="35"/>
+      <c r="L339" s="33"/>
+      <c r="M339" s="33"/>
+      <c r="N339" s="33"/>
+      <c r="O339" s="50"/>
+      <c r="P339" s="35"/>
+      <c r="Q339" s="34"/>
+      <c r="R339" s="35"/>
+      <c r="S339" s="33"/>
+      <c r="T339" s="33"/>
+      <c r="U339" s="33"/>
+      <c r="V339" s="50"/>
+      <c r="W339" s="35"/>
+      <c r="X339" s="33"/>
+      <c r="Y339" s="33"/>
+      <c r="Z339" s="33"/>
+      <c r="AA339" s="50"/>
+      <c r="AB339" s="35"/>
+      <c r="AC339" s="33"/>
+      <c r="AD339" s="33"/>
+      <c r="AE339" s="33"/>
+      <c r="AF339" s="50"/>
+    </row>
+    <row r="340" customHeight="1" spans="2:32">
+      <c r="B340" s="29">
+        <v>46168</v>
+      </c>
+      <c r="C340" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D340" s="35"/>
+      <c r="E340" s="34"/>
+      <c r="F340" s="33"/>
+      <c r="G340" s="33"/>
+      <c r="H340" s="33"/>
+      <c r="I340" s="33"/>
+      <c r="J340" s="50"/>
+      <c r="K340" s="35"/>
+      <c r="L340" s="33"/>
+      <c r="M340" s="33"/>
+      <c r="N340" s="33"/>
+      <c r="O340" s="50"/>
+      <c r="P340" s="35"/>
+      <c r="Q340" s="34"/>
+      <c r="R340" s="35"/>
+      <c r="S340" s="33"/>
+      <c r="T340" s="33"/>
+      <c r="U340" s="33"/>
+      <c r="V340" s="50"/>
+      <c r="W340" s="35"/>
+      <c r="X340" s="33"/>
+      <c r="Y340" s="33"/>
+      <c r="Z340" s="33"/>
+      <c r="AA340" s="50"/>
+      <c r="AB340" s="35"/>
+      <c r="AC340" s="33"/>
+      <c r="AD340" s="33"/>
+      <c r="AE340" s="33"/>
+      <c r="AF340" s="50"/>
+    </row>
+    <row r="341" customHeight="1" spans="2:32">
+      <c r="B341" s="29">
+        <v>46169</v>
+      </c>
+      <c r="C341" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D341" s="35"/>
+      <c r="E341" s="34"/>
+      <c r="F341" s="33"/>
+      <c r="G341" s="33"/>
+      <c r="H341" s="33"/>
+      <c r="I341" s="33"/>
+      <c r="J341" s="50"/>
+      <c r="K341" s="35"/>
+      <c r="L341" s="33"/>
+      <c r="M341" s="33"/>
+      <c r="N341" s="33"/>
+      <c r="O341" s="50"/>
+      <c r="P341" s="35"/>
+      <c r="Q341" s="34"/>
+      <c r="R341" s="35"/>
+      <c r="S341" s="33"/>
+      <c r="T341" s="33"/>
+      <c r="U341" s="33"/>
+      <c r="V341" s="50"/>
+      <c r="W341" s="35"/>
+      <c r="X341" s="33"/>
+      <c r="Y341" s="33"/>
+      <c r="Z341" s="33"/>
+      <c r="AA341" s="50"/>
+      <c r="AB341" s="35"/>
+      <c r="AC341" s="33"/>
+      <c r="AD341" s="33"/>
+      <c r="AE341" s="33"/>
+      <c r="AF341" s="50"/>
+    </row>
+    <row r="342" customHeight="1" spans="2:32">
+      <c r="B342" s="29">
+        <v>46170</v>
+      </c>
+      <c r="C342" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D342" s="35"/>
+      <c r="E342" s="34"/>
+      <c r="F342" s="33"/>
+      <c r="G342" s="33"/>
+      <c r="H342" s="33"/>
+      <c r="I342" s="33"/>
+      <c r="J342" s="50"/>
+      <c r="K342" s="35"/>
+      <c r="L342" s="33"/>
+      <c r="M342" s="33"/>
+      <c r="N342" s="33"/>
+      <c r="O342" s="50"/>
+      <c r="P342" s="35"/>
+      <c r="Q342" s="34"/>
+      <c r="R342" s="35"/>
+      <c r="S342" s="33"/>
+      <c r="T342" s="33"/>
+      <c r="U342" s="33"/>
+      <c r="V342" s="50"/>
+      <c r="W342" s="35"/>
+      <c r="X342" s="33"/>
+      <c r="Y342" s="33"/>
+      <c r="Z342" s="33"/>
+      <c r="AA342" s="50"/>
+      <c r="AB342" s="35"/>
+      <c r="AC342" s="33"/>
+      <c r="AD342" s="33"/>
+      <c r="AE342" s="33"/>
+      <c r="AF342" s="50"/>
+    </row>
+    <row r="343" customHeight="1" spans="2:32">
+      <c r="B343" s="29">
+        <v>46171</v>
+      </c>
+      <c r="C343" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D343" s="35"/>
+      <c r="E343" s="34"/>
+      <c r="F343" s="33"/>
+      <c r="G343" s="33"/>
+      <c r="H343" s="33"/>
+      <c r="I343" s="33"/>
+      <c r="J343" s="50"/>
+      <c r="K343" s="35"/>
+      <c r="L343" s="33"/>
+      <c r="M343" s="33"/>
+      <c r="N343" s="33"/>
+      <c r="O343" s="50"/>
+      <c r="P343" s="35"/>
+      <c r="Q343" s="34"/>
+      <c r="R343" s="35"/>
+      <c r="S343" s="33"/>
+      <c r="T343" s="33"/>
+      <c r="U343" s="33"/>
+      <c r="V343" s="50"/>
+      <c r="W343" s="35"/>
+      <c r="X343" s="33"/>
+      <c r="Y343" s="33"/>
+      <c r="Z343" s="33"/>
+      <c r="AA343" s="50"/>
+      <c r="AB343" s="35"/>
+      <c r="AC343" s="33"/>
+      <c r="AD343" s="33"/>
+      <c r="AE343" s="33"/>
+      <c r="AF343" s="50"/>
+    </row>
+    <row r="344" customHeight="1" spans="2:32">
+      <c r="B344" s="29">
+        <v>46172</v>
+      </c>
+      <c r="C344" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D344" s="35"/>
+      <c r="E344" s="34"/>
+      <c r="F344" s="33"/>
+      <c r="G344" s="33"/>
+      <c r="H344" s="33"/>
+      <c r="I344" s="33"/>
+      <c r="J344" s="50"/>
+      <c r="K344" s="35"/>
+      <c r="L344" s="33"/>
+      <c r="M344" s="33"/>
+      <c r="N344" s="33"/>
+      <c r="O344" s="50"/>
+      <c r="P344" s="35"/>
+      <c r="Q344" s="34"/>
+      <c r="R344" s="35"/>
+      <c r="S344" s="33"/>
+      <c r="T344" s="33"/>
+      <c r="U344" s="33"/>
+      <c r="V344" s="50"/>
+      <c r="W344" s="35"/>
+      <c r="X344" s="33"/>
+      <c r="Y344" s="33"/>
+      <c r="Z344" s="33"/>
+      <c r="AA344" s="50"/>
+      <c r="AB344" s="35"/>
+      <c r="AC344" s="33"/>
+      <c r="AD344" s="33"/>
+      <c r="AE344" s="33"/>
+      <c r="AF344" s="50"/>
+    </row>
+    <row r="345" customHeight="1" spans="2:32">
+      <c r="B345" s="29">
+        <v>46173</v>
+      </c>
+      <c r="C345" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D345" s="35"/>
+      <c r="E345" s="34"/>
+      <c r="F345" s="33"/>
+      <c r="G345" s="33"/>
+      <c r="H345" s="33"/>
+      <c r="I345" s="33"/>
+      <c r="J345" s="50"/>
+      <c r="K345" s="35"/>
+      <c r="L345" s="33"/>
+      <c r="M345" s="33"/>
+      <c r="N345" s="33"/>
+      <c r="O345" s="50"/>
+      <c r="P345" s="35"/>
+      <c r="Q345" s="34"/>
+      <c r="R345" s="35"/>
+      <c r="S345" s="33"/>
+      <c r="T345" s="33"/>
+      <c r="U345" s="33"/>
+      <c r="V345" s="50"/>
+      <c r="W345" s="35"/>
+      <c r="X345" s="33"/>
+      <c r="Y345" s="33"/>
+      <c r="Z345" s="33"/>
+      <c r="AA345" s="50"/>
+      <c r="AB345" s="35"/>
+      <c r="AC345" s="33"/>
+      <c r="AD345" s="33"/>
+      <c r="AE345" s="33"/>
+      <c r="AF345" s="50"/>
+    </row>
+    <row r="346" customHeight="1" spans="2:32">
+      <c r="B346" s="29">
+        <v>46174</v>
+      </c>
+      <c r="C346" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D346" s="35"/>
+      <c r="E346" s="34"/>
+      <c r="F346" s="33"/>
+      <c r="G346" s="33"/>
+      <c r="H346" s="33"/>
+      <c r="I346" s="33"/>
+      <c r="J346" s="50"/>
+      <c r="K346" s="35"/>
+      <c r="L346" s="33"/>
+      <c r="M346" s="33"/>
+      <c r="N346" s="33"/>
+      <c r="O346" s="50"/>
+      <c r="P346" s="35"/>
+      <c r="Q346" s="34"/>
+      <c r="R346" s="35"/>
+      <c r="S346" s="33"/>
+      <c r="T346" s="33"/>
+      <c r="U346" s="33"/>
+      <c r="V346" s="50"/>
+      <c r="W346" s="35"/>
+      <c r="X346" s="33"/>
+      <c r="Y346" s="33"/>
+      <c r="Z346" s="33"/>
+      <c r="AA346" s="50"/>
+      <c r="AB346" s="35"/>
+      <c r="AC346" s="33"/>
+      <c r="AD346" s="33"/>
+      <c r="AE346" s="33"/>
+      <c r="AF346" s="50"/>
+    </row>
+    <row r="347" customHeight="1" spans="2:32">
+      <c r="B347" s="29">
+        <v>46175</v>
+      </c>
+      <c r="C347" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D347" s="35"/>
+      <c r="E347" s="34"/>
+      <c r="F347" s="33"/>
+      <c r="G347" s="33"/>
+      <c r="H347" s="33"/>
+      <c r="I347" s="33"/>
+      <c r="J347" s="50"/>
+      <c r="K347" s="35"/>
+      <c r="L347" s="33"/>
+      <c r="M347" s="33"/>
+      <c r="N347" s="33"/>
+      <c r="O347" s="50"/>
+      <c r="P347" s="35"/>
+      <c r="Q347" s="34"/>
+      <c r="R347" s="35"/>
+      <c r="S347" s="33"/>
+      <c r="T347" s="33"/>
+      <c r="U347" s="33"/>
+      <c r="V347" s="50"/>
+      <c r="W347" s="35"/>
+      <c r="X347" s="33"/>
+      <c r="Y347" s="33"/>
+      <c r="Z347" s="33"/>
+      <c r="AA347" s="50"/>
+      <c r="AB347" s="35"/>
+      <c r="AC347" s="33"/>
+      <c r="AD347" s="33"/>
+      <c r="AE347" s="33"/>
+      <c r="AF347" s="50"/>
+    </row>
+    <row r="348" customHeight="1" spans="1:32">
+      <c r="A348" s="97" t="s">
+        <v>157</v>
+      </c>
+      <c r="B348" s="29">
+        <v>46176</v>
+      </c>
+      <c r="C348" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D348" s="35"/>
+      <c r="E348" s="34"/>
+      <c r="F348" s="33"/>
+      <c r="G348" s="33"/>
+      <c r="H348" s="33"/>
+      <c r="I348" s="33"/>
+      <c r="J348" s="50"/>
+      <c r="K348" s="35"/>
+      <c r="L348" s="33"/>
+      <c r="M348" s="33"/>
+      <c r="N348" s="33"/>
+      <c r="O348" s="50"/>
+      <c r="P348" s="35"/>
+      <c r="Q348" s="34"/>
+      <c r="R348" s="35"/>
+      <c r="S348" s="33"/>
+      <c r="T348" s="33"/>
+      <c r="U348" s="33"/>
+      <c r="V348" s="50"/>
+      <c r="W348" s="35"/>
+      <c r="X348" s="33"/>
+      <c r="Y348" s="33"/>
+      <c r="Z348" s="33"/>
+      <c r="AA348" s="50"/>
+      <c r="AB348" s="35"/>
+      <c r="AC348" s="33"/>
+      <c r="AD348" s="33"/>
+      <c r="AE348" s="33"/>
+      <c r="AF348" s="50"/>
+    </row>
+    <row r="349" customHeight="1" spans="2:32">
+      <c r="B349" s="29">
+        <v>46177</v>
+      </c>
+      <c r="C349" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D349" s="35"/>
+      <c r="E349" s="34"/>
+      <c r="F349" s="33"/>
+      <c r="G349" s="33"/>
+      <c r="H349" s="33"/>
+      <c r="I349" s="33"/>
+      <c r="J349" s="50"/>
+      <c r="K349" s="35"/>
+      <c r="L349" s="33"/>
+      <c r="M349" s="33"/>
+      <c r="N349" s="33"/>
+      <c r="O349" s="50"/>
+      <c r="P349" s="35"/>
+      <c r="Q349" s="34"/>
+      <c r="R349" s="35"/>
+      <c r="S349" s="33"/>
+      <c r="T349" s="33"/>
+      <c r="U349" s="33"/>
+      <c r="V349" s="50"/>
+      <c r="W349" s="35"/>
+      <c r="X349" s="33"/>
+      <c r="Y349" s="33"/>
+      <c r="Z349" s="33"/>
+      <c r="AA349" s="50"/>
+      <c r="AB349" s="35"/>
+      <c r="AC349" s="33"/>
+      <c r="AD349" s="33"/>
+      <c r="AE349" s="33"/>
+      <c r="AF349" s="50"/>
+    </row>
+    <row r="350" customHeight="1" spans="2:32">
+      <c r="B350" s="29">
+        <v>46178</v>
+      </c>
+      <c r="C350" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D350" s="35"/>
+      <c r="E350" s="34"/>
+      <c r="F350" s="33"/>
+      <c r="G350" s="33"/>
+      <c r="H350" s="33"/>
+      <c r="I350" s="33"/>
+      <c r="J350" s="50"/>
+      <c r="K350" s="35"/>
+      <c r="L350" s="33"/>
+      <c r="M350" s="33"/>
+      <c r="N350" s="33"/>
+      <c r="O350" s="50"/>
+      <c r="P350" s="35"/>
+      <c r="Q350" s="34"/>
+      <c r="R350" s="35"/>
+      <c r="S350" s="33"/>
+      <c r="T350" s="33"/>
+      <c r="U350" s="33"/>
+      <c r="V350" s="50"/>
+      <c r="W350" s="35"/>
+      <c r="X350" s="33"/>
+      <c r="Y350" s="33"/>
+      <c r="Z350" s="33"/>
+      <c r="AA350" s="50"/>
+      <c r="AB350" s="35"/>
+      <c r="AC350" s="33"/>
+      <c r="AD350" s="33"/>
+      <c r="AE350" s="33"/>
+      <c r="AF350" s="50"/>
+    </row>
+    <row r="351" customHeight="1" spans="2:32">
+      <c r="B351" s="29">
+        <v>46179</v>
+      </c>
+      <c r="C351" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D351" s="35"/>
+      <c r="E351" s="34"/>
+      <c r="F351" s="129"/>
+      <c r="G351" s="129" t="s">
+        <v>158</v>
+      </c>
+      <c r="H351" s="129" t="s">
+        <v>36</v>
+      </c>
+      <c r="I351" s="129" t="s">
+        <v>159</v>
+      </c>
+      <c r="J351" s="134" t="s">
+        <v>160</v>
+      </c>
+      <c r="K351" s="35"/>
+      <c r="L351" s="33"/>
+      <c r="M351" s="33"/>
+      <c r="N351" s="33"/>
+      <c r="O351" s="50"/>
+      <c r="P351" s="35"/>
+      <c r="Q351" s="34"/>
+      <c r="R351" s="35"/>
+      <c r="S351" s="33"/>
+      <c r="T351" s="33"/>
+      <c r="U351" s="33"/>
+      <c r="V351" s="50"/>
+      <c r="W351" s="35"/>
+      <c r="X351" s="33"/>
+      <c r="Y351" s="33"/>
+      <c r="Z351" s="33"/>
+      <c r="AA351" s="50"/>
+      <c r="AB351" s="35"/>
+      <c r="AC351" s="33"/>
+      <c r="AD351" s="33"/>
+      <c r="AE351" s="33"/>
+      <c r="AF351" s="50"/>
+    </row>
+    <row r="352" customHeight="1" spans="2:32">
+      <c r="B352" s="29">
+        <v>46180</v>
+      </c>
+      <c r="C352" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D352" s="35"/>
+      <c r="E352" s="34"/>
+      <c r="F352" s="129"/>
+      <c r="G352" s="129" t="s">
+        <v>158</v>
+      </c>
+      <c r="H352" s="129" t="s">
+        <v>36</v>
+      </c>
+      <c r="I352" s="129" t="s">
+        <v>159</v>
+      </c>
+      <c r="J352" s="134" t="s">
+        <v>160</v>
+      </c>
+      <c r="K352" s="35"/>
+      <c r="L352" s="33"/>
+      <c r="M352" s="33"/>
+      <c r="N352" s="33"/>
+      <c r="O352" s="50"/>
+      <c r="P352" s="35"/>
+      <c r="Q352" s="34"/>
+      <c r="R352" s="35"/>
+      <c r="S352" s="33"/>
+      <c r="T352" s="33"/>
+      <c r="U352" s="33"/>
+      <c r="V352" s="50"/>
+      <c r="W352" s="35"/>
+      <c r="X352" s="33"/>
+      <c r="Y352" s="33"/>
+      <c r="Z352" s="33"/>
+      <c r="AA352" s="50"/>
+      <c r="AB352" s="35"/>
+      <c r="AC352" s="33"/>
+      <c r="AD352" s="33"/>
+      <c r="AE352" s="33"/>
+      <c r="AF352" s="50"/>
+    </row>
+    <row r="353" customHeight="1" spans="2:32">
+      <c r="B353" s="29">
+        <v>46181</v>
+      </c>
+      <c r="C353" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D353" s="35"/>
+      <c r="E353" s="34"/>
+      <c r="F353" s="33"/>
+      <c r="G353" s="33"/>
+      <c r="H353" s="33"/>
+      <c r="I353" s="33"/>
+      <c r="J353" s="50"/>
+      <c r="K353" s="35"/>
+      <c r="L353" s="33"/>
+      <c r="M353" s="33"/>
+      <c r="N353" s="33"/>
+      <c r="O353" s="50"/>
+      <c r="P353" s="35"/>
+      <c r="Q353" s="34"/>
+      <c r="R353" s="35"/>
+      <c r="S353" s="33"/>
+      <c r="T353" s="33"/>
+      <c r="U353" s="33"/>
+      <c r="V353" s="50"/>
+      <c r="W353" s="35"/>
+      <c r="X353" s="33"/>
+      <c r="Y353" s="33"/>
+      <c r="Z353" s="33"/>
+      <c r="AA353" s="50"/>
+      <c r="AB353" s="35"/>
+      <c r="AC353" s="33"/>
+      <c r="AD353" s="33"/>
+      <c r="AE353" s="33"/>
+      <c r="AF353" s="50"/>
+    </row>
+    <row r="354" customHeight="1" spans="2:32">
+      <c r="B354" s="29">
+        <v>46182</v>
+      </c>
+      <c r="C354" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D354" s="35"/>
+      <c r="E354" s="34"/>
+      <c r="F354" s="33"/>
+      <c r="G354" s="33"/>
+      <c r="H354" s="33"/>
+      <c r="I354" s="33"/>
+      <c r="J354" s="50"/>
+      <c r="K354" s="35"/>
+      <c r="L354" s="33"/>
+      <c r="M354" s="33"/>
+      <c r="N354" s="33"/>
+      <c r="O354" s="50"/>
+      <c r="P354" s="35"/>
+      <c r="Q354" s="34"/>
+      <c r="R354" s="35"/>
+      <c r="S354" s="33"/>
+      <c r="T354" s="33"/>
+      <c r="U354" s="33"/>
+      <c r="V354" s="50"/>
+      <c r="W354" s="35"/>
+      <c r="X354" s="33"/>
+      <c r="Y354" s="33"/>
+      <c r="Z354" s="33"/>
+      <c r="AA354" s="50"/>
+      <c r="AB354" s="35"/>
+      <c r="AC354" s="33"/>
+      <c r="AD354" s="33"/>
+      <c r="AE354" s="33"/>
+      <c r="AF354" s="50"/>
+    </row>
+    <row r="355" customHeight="1" spans="2:32">
+      <c r="B355" s="29">
+        <v>46183</v>
+      </c>
+      <c r="C355" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D355" s="35"/>
+      <c r="E355" s="34"/>
+      <c r="F355" s="33"/>
+      <c r="G355" s="33"/>
+      <c r="H355" s="33"/>
+      <c r="I355" s="33"/>
+      <c r="J355" s="50"/>
+      <c r="K355" s="35"/>
+      <c r="L355" s="33"/>
+      <c r="M355" s="33"/>
+      <c r="N355" s="33"/>
+      <c r="O355" s="50"/>
+      <c r="P355" s="35"/>
+      <c r="Q355" s="34"/>
+      <c r="R355" s="35"/>
+      <c r="S355" s="33"/>
+      <c r="T355" s="33"/>
+      <c r="U355" s="33"/>
+      <c r="V355" s="50"/>
+      <c r="W355" s="35"/>
+      <c r="X355" s="33"/>
+      <c r="Y355" s="33"/>
+      <c r="Z355" s="33"/>
+      <c r="AA355" s="50"/>
+      <c r="AB355" s="35"/>
+      <c r="AC355" s="33"/>
+      <c r="AD355" s="33"/>
+      <c r="AE355" s="33"/>
+      <c r="AF355" s="50"/>
+    </row>
+    <row r="356" customHeight="1" spans="2:32">
+      <c r="B356" s="29">
+        <v>46184</v>
+      </c>
+      <c r="C356" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D356" s="35"/>
+      <c r="E356" s="34"/>
+      <c r="F356" s="33"/>
+      <c r="G356" s="33"/>
+      <c r="H356" s="33"/>
+      <c r="I356" s="33"/>
+      <c r="J356" s="50"/>
+      <c r="K356" s="35"/>
+      <c r="L356" s="33"/>
+      <c r="M356" s="33"/>
+      <c r="N356" s="33"/>
+      <c r="O356" s="50"/>
+      <c r="P356" s="35"/>
+      <c r="Q356" s="34"/>
+      <c r="R356" s="35"/>
+      <c r="S356" s="33"/>
+      <c r="T356" s="33"/>
+      <c r="U356" s="33"/>
+      <c r="V356" s="50"/>
+      <c r="W356" s="35"/>
+      <c r="X356" s="33"/>
+      <c r="Y356" s="33"/>
+      <c r="Z356" s="33"/>
+      <c r="AA356" s="50"/>
+      <c r="AB356" s="35"/>
+      <c r="AC356" s="33"/>
+      <c r="AD356" s="33"/>
+      <c r="AE356" s="33"/>
+      <c r="AF356" s="50"/>
+    </row>
+    <row r="357" customHeight="1" spans="2:32">
+      <c r="B357" s="29">
+        <v>46185</v>
+      </c>
+      <c r="C357" s="30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D357" s="35"/>
+      <c r="E357" s="34"/>
+      <c r="F357" s="33"/>
+      <c r="G357" s="33"/>
+      <c r="H357" s="33"/>
+      <c r="I357" s="33"/>
+      <c r="J357" s="50"/>
+      <c r="K357" s="35"/>
+      <c r="L357" s="33"/>
+      <c r="M357" s="33"/>
+      <c r="N357" s="33"/>
+      <c r="O357" s="50"/>
+      <c r="P357" s="35"/>
+      <c r="Q357" s="34"/>
+      <c r="R357" s="35"/>
+      <c r="S357" s="33"/>
+      <c r="T357" s="33"/>
+      <c r="U357" s="33"/>
+      <c r="V357" s="50"/>
+      <c r="W357" s="35"/>
+      <c r="X357" s="33"/>
+      <c r="Y357" s="33"/>
+      <c r="Z357" s="33"/>
+      <c r="AA357" s="50"/>
+      <c r="AB357" s="35"/>
+      <c r="AC357" s="33"/>
+      <c r="AD357" s="33"/>
+      <c r="AE357" s="33"/>
+      <c r="AF357" s="50"/>
+    </row>
+    <row r="358" customHeight="1" spans="2:32">
+      <c r="B358" s="29">
+        <v>46186</v>
+      </c>
+      <c r="C358" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="D358" s="35"/>
+      <c r="E358" s="34"/>
+      <c r="F358" s="33"/>
+      <c r="G358" s="33"/>
+      <c r="H358" s="33"/>
+      <c r="I358" s="33"/>
+      <c r="J358" s="50"/>
+      <c r="K358" s="61"/>
+      <c r="L358" s="62" t="s">
+        <v>161</v>
+      </c>
+      <c r="M358" s="62"/>
+      <c r="N358" s="62" t="s">
+        <v>55</v>
+      </c>
+      <c r="O358" s="69"/>
+      <c r="P358" s="35"/>
+      <c r="Q358" s="34"/>
+      <c r="R358" s="35"/>
+      <c r="S358" s="33"/>
+      <c r="T358" s="33"/>
+      <c r="U358" s="33"/>
+      <c r="V358" s="50"/>
+      <c r="W358" s="35"/>
+      <c r="X358" s="33"/>
+      <c r="Y358" s="33"/>
+      <c r="Z358" s="33"/>
+      <c r="AA358" s="50"/>
+      <c r="AB358" s="35"/>
+      <c r="AC358" s="33"/>
+      <c r="AD358" s="33"/>
+      <c r="AE358" s="33"/>
+      <c r="AF358" s="50"/>
+    </row>
+    <row r="359" customHeight="1" spans="2:32">
+      <c r="B359" s="29">
+        <v>46187</v>
+      </c>
+      <c r="C359" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D359" s="35"/>
+      <c r="E359" s="34"/>
+      <c r="F359" s="33"/>
+      <c r="G359" s="33"/>
+      <c r="H359" s="33"/>
+      <c r="I359" s="33"/>
+      <c r="J359" s="50"/>
+      <c r="K359" s="35"/>
+      <c r="L359" s="33"/>
+      <c r="M359" s="33"/>
+      <c r="N359" s="33"/>
+      <c r="O359" s="50"/>
+      <c r="P359" s="35"/>
+      <c r="Q359" s="34"/>
+      <c r="R359" s="87"/>
+      <c r="S359" s="88" t="s">
+        <v>162</v>
+      </c>
+      <c r="T359" s="88"/>
+      <c r="U359" s="88" t="s">
+        <v>163</v>
+      </c>
+      <c r="V359" s="89" t="s">
         <v>142</v>
       </c>
-      <c r="B287" s="61">
-[...2 lines deleted...]
-      <c r="C287" s="62" t="s">
+      <c r="W359" s="35"/>
+      <c r="X359" s="33"/>
+      <c r="Y359" s="33"/>
+      <c r="Z359" s="33"/>
+      <c r="AA359" s="50"/>
+      <c r="AB359" s="35"/>
+      <c r="AC359" s="33"/>
+      <c r="AD359" s="33"/>
+      <c r="AE359" s="33"/>
+      <c r="AF359" s="50"/>
+    </row>
+    <row r="360" customHeight="1" spans="2:32">
+      <c r="B360" s="29">
+        <v>46188</v>
+      </c>
+      <c r="C360" s="30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D360" s="35"/>
+      <c r="E360" s="34"/>
+      <c r="F360" s="33"/>
+      <c r="G360" s="33"/>
+      <c r="H360" s="33"/>
+      <c r="I360" s="33"/>
+      <c r="J360" s="50"/>
+      <c r="K360" s="35"/>
+      <c r="L360" s="33"/>
+      <c r="M360" s="33"/>
+      <c r="N360" s="33"/>
+      <c r="O360" s="50"/>
+      <c r="P360" s="35"/>
+      <c r="Q360" s="34"/>
+      <c r="R360" s="87"/>
+      <c r="S360" s="88" t="s">
+        <v>162</v>
+      </c>
+      <c r="T360" s="88"/>
+      <c r="U360" s="88" t="s">
+        <v>163</v>
+      </c>
+      <c r="V360" s="89" t="s">
+        <v>142</v>
+      </c>
+      <c r="W360" s="35"/>
+      <c r="X360" s="33"/>
+      <c r="Y360" s="33"/>
+      <c r="Z360" s="33"/>
+      <c r="AA360" s="50"/>
+      <c r="AB360" s="35"/>
+      <c r="AC360" s="33"/>
+      <c r="AD360" s="33"/>
+      <c r="AE360" s="33"/>
+      <c r="AF360" s="50"/>
+    </row>
+    <row r="361" customHeight="1" spans="2:32">
+      <c r="B361" s="29">
+        <v>46189</v>
+      </c>
+      <c r="C361" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D361" s="35"/>
+      <c r="E361" s="34"/>
+      <c r="F361" s="33"/>
+      <c r="G361" s="33"/>
+      <c r="H361" s="33"/>
+      <c r="I361" s="33"/>
+      <c r="J361" s="50"/>
+      <c r="K361" s="35"/>
+      <c r="L361" s="33"/>
+      <c r="M361" s="33"/>
+      <c r="N361" s="33"/>
+      <c r="O361" s="50"/>
+      <c r="P361" s="35"/>
+      <c r="Q361" s="34"/>
+      <c r="R361" s="35"/>
+      <c r="S361" s="33"/>
+      <c r="T361" s="33"/>
+      <c r="U361" s="33"/>
+      <c r="V361" s="50"/>
+      <c r="W361" s="35"/>
+      <c r="X361" s="33"/>
+      <c r="Y361" s="33"/>
+      <c r="Z361" s="33"/>
+      <c r="AA361" s="50"/>
+      <c r="AB361" s="35"/>
+      <c r="AC361" s="33"/>
+      <c r="AD361" s="33"/>
+      <c r="AE361" s="33"/>
+      <c r="AF361" s="50"/>
+    </row>
+    <row r="362" customHeight="1" spans="2:32">
+      <c r="B362" s="29">
+        <v>46190</v>
+      </c>
+      <c r="C362" s="30" t="s">
+        <v>28</v>
+      </c>
+      <c r="D362" s="35"/>
+      <c r="E362" s="34"/>
+      <c r="F362" s="33"/>
+      <c r="G362" s="33"/>
+      <c r="H362" s="33"/>
+      <c r="I362" s="33"/>
+      <c r="J362" s="50"/>
+      <c r="K362" s="35"/>
+      <c r="L362" s="33"/>
+      <c r="M362" s="33"/>
+      <c r="N362" s="33"/>
+      <c r="O362" s="50"/>
+      <c r="P362" s="35"/>
+      <c r="Q362" s="34"/>
+      <c r="R362" s="35"/>
+      <c r="S362" s="33"/>
+      <c r="T362" s="33"/>
+      <c r="U362" s="33"/>
+      <c r="V362" s="50"/>
+      <c r="W362" s="35"/>
+      <c r="X362" s="33"/>
+      <c r="Y362" s="33"/>
+      <c r="Z362" s="33"/>
+      <c r="AA362" s="50"/>
+      <c r="AB362" s="35"/>
+      <c r="AC362" s="33"/>
+      <c r="AD362" s="33"/>
+      <c r="AE362" s="33"/>
+      <c r="AF362" s="50"/>
+    </row>
+    <row r="363" customHeight="1" spans="2:32">
+      <c r="B363" s="29">
+        <v>46191</v>
+      </c>
+      <c r="C363" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="D363" s="35"/>
+      <c r="E363" s="34"/>
+      <c r="F363" s="33"/>
+      <c r="G363" s="33"/>
+      <c r="H363" s="33"/>
+      <c r="I363" s="33"/>
+      <c r="J363" s="50"/>
+      <c r="K363" s="35"/>
+      <c r="L363" s="33"/>
+      <c r="M363" s="33"/>
+      <c r="N363" s="33"/>
+      <c r="O363" s="50"/>
+      <c r="P363" s="35"/>
+      <c r="Q363" s="34"/>
+      <c r="R363" s="35"/>
+      <c r="S363" s="33"/>
+      <c r="T363" s="33"/>
+      <c r="U363" s="33"/>
+      <c r="V363" s="50"/>
+      <c r="W363" s="35"/>
+      <c r="X363" s="33"/>
+      <c r="Y363" s="33"/>
+      <c r="Z363" s="33"/>
+      <c r="AA363" s="50"/>
+      <c r="AB363" s="35"/>
+      <c r="AC363" s="33"/>
+      <c r="AD363" s="33"/>
+      <c r="AE363" s="33"/>
+      <c r="AF363" s="50"/>
+    </row>
+    <row r="364" customHeight="1" spans="2:32">
+      <c r="B364" s="29">
+        <v>46192</v>
+      </c>
+      <c r="C364" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D287" s="63"/>
-[...33 lines deleted...]
-      <c r="C288" s="62" t="s">
+      <c r="D364" s="35"/>
+      <c r="E364" s="34"/>
+      <c r="F364" s="33"/>
+      <c r="G364" s="33"/>
+      <c r="H364" s="33"/>
+      <c r="I364" s="33"/>
+      <c r="J364" s="50"/>
+      <c r="K364" s="35"/>
+      <c r="L364" s="33"/>
+      <c r="M364" s="33"/>
+      <c r="N364" s="33"/>
+      <c r="O364" s="50"/>
+      <c r="P364" s="35"/>
+      <c r="Q364" s="34"/>
+      <c r="R364" s="35"/>
+      <c r="S364" s="33"/>
+      <c r="T364" s="33"/>
+      <c r="U364" s="33"/>
+      <c r="V364" s="50"/>
+      <c r="W364" s="35"/>
+      <c r="X364" s="33"/>
+      <c r="Y364" s="33"/>
+      <c r="Z364" s="33"/>
+      <c r="AA364" s="50"/>
+      <c r="AB364" s="35"/>
+      <c r="AC364" s="33"/>
+      <c r="AD364" s="33"/>
+      <c r="AE364" s="33"/>
+      <c r="AF364" s="50"/>
+    </row>
+    <row r="365" customHeight="1" spans="2:32">
+      <c r="B365" s="29">
+        <v>46193</v>
+      </c>
+      <c r="C365" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D288" s="63"/>
-[...33 lines deleted...]
-      <c r="C289" s="62" t="s">
+      <c r="D365" s="35"/>
+      <c r="E365" s="34"/>
+      <c r="F365" s="33"/>
+      <c r="G365" s="33"/>
+      <c r="H365" s="33"/>
+      <c r="I365" s="33"/>
+      <c r="J365" s="50"/>
+      <c r="K365" s="35"/>
+      <c r="L365" s="33"/>
+      <c r="M365" s="33"/>
+      <c r="N365" s="33"/>
+      <c r="O365" s="50"/>
+      <c r="P365" s="35"/>
+      <c r="Q365" s="34"/>
+      <c r="R365" s="35"/>
+      <c r="S365" s="33"/>
+      <c r="T365" s="33"/>
+      <c r="U365" s="33"/>
+      <c r="V365" s="50"/>
+      <c r="W365" s="35"/>
+      <c r="X365" s="33"/>
+      <c r="Y365" s="33"/>
+      <c r="Z365" s="33"/>
+      <c r="AA365" s="50"/>
+      <c r="AB365" s="35"/>
+      <c r="AC365" s="33"/>
+      <c r="AD365" s="33"/>
+      <c r="AE365" s="33"/>
+      <c r="AF365" s="50"/>
+    </row>
+    <row r="366" customHeight="1" spans="2:32">
+      <c r="B366" s="29">
+        <v>46194</v>
+      </c>
+      <c r="C366" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D289" s="63"/>
-[...33 lines deleted...]
-      <c r="C290" s="62" t="s">
+      <c r="D366" s="35"/>
+      <c r="E366" s="34"/>
+      <c r="F366" s="33"/>
+      <c r="G366" s="33"/>
+      <c r="H366" s="33"/>
+      <c r="I366" s="33"/>
+      <c r="J366" s="50"/>
+      <c r="K366" s="35"/>
+      <c r="L366" s="33"/>
+      <c r="M366" s="33"/>
+      <c r="N366" s="33"/>
+      <c r="O366" s="50"/>
+      <c r="P366" s="35"/>
+      <c r="Q366" s="34"/>
+      <c r="R366" s="35"/>
+      <c r="S366" s="33"/>
+      <c r="T366" s="33"/>
+      <c r="U366" s="33"/>
+      <c r="V366" s="50"/>
+      <c r="W366" s="35"/>
+      <c r="X366" s="33"/>
+      <c r="Y366" s="33"/>
+      <c r="Z366" s="33"/>
+      <c r="AA366" s="50"/>
+      <c r="AB366" s="35"/>
+      <c r="AC366" s="33"/>
+      <c r="AD366" s="33"/>
+      <c r="AE366" s="33"/>
+      <c r="AF366" s="50"/>
+    </row>
+    <row r="367" customHeight="1" spans="2:32">
+      <c r="B367" s="29">
+        <v>46195</v>
+      </c>
+      <c r="C367" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D290" s="63"/>
-[...33 lines deleted...]
-      <c r="C291" s="62" t="s">
+      <c r="D367" s="35"/>
+      <c r="E367" s="34"/>
+      <c r="F367" s="33"/>
+      <c r="G367" s="33"/>
+      <c r="H367" s="33"/>
+      <c r="I367" s="33"/>
+      <c r="J367" s="50"/>
+      <c r="K367" s="35"/>
+      <c r="L367" s="33"/>
+      <c r="M367" s="33"/>
+      <c r="N367" s="33"/>
+      <c r="O367" s="50"/>
+      <c r="P367" s="35"/>
+      <c r="Q367" s="34"/>
+      <c r="R367" s="35"/>
+      <c r="S367" s="33"/>
+      <c r="T367" s="33"/>
+      <c r="U367" s="33"/>
+      <c r="V367" s="50"/>
+      <c r="W367" s="35"/>
+      <c r="X367" s="33"/>
+      <c r="Y367" s="33"/>
+      <c r="Z367" s="33"/>
+      <c r="AA367" s="50"/>
+      <c r="AB367" s="35"/>
+      <c r="AC367" s="33"/>
+      <c r="AD367" s="33"/>
+      <c r="AE367" s="33"/>
+      <c r="AF367" s="50"/>
+    </row>
+    <row r="368" customHeight="1" spans="2:32">
+      <c r="B368" s="29">
+        <v>46196</v>
+      </c>
+      <c r="C368" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D291" s="63"/>
-[...33 lines deleted...]
-      <c r="C292" s="62" t="s">
+      <c r="D368" s="35"/>
+      <c r="E368" s="34"/>
+      <c r="F368" s="33"/>
+      <c r="G368" s="33"/>
+      <c r="H368" s="33"/>
+      <c r="I368" s="33"/>
+      <c r="J368" s="50"/>
+      <c r="K368" s="35"/>
+      <c r="L368" s="33"/>
+      <c r="M368" s="33"/>
+      <c r="N368" s="33"/>
+      <c r="O368" s="50"/>
+      <c r="P368" s="35"/>
+      <c r="Q368" s="34"/>
+      <c r="R368" s="35"/>
+      <c r="S368" s="33"/>
+      <c r="T368" s="33"/>
+      <c r="U368" s="33"/>
+      <c r="V368" s="50"/>
+      <c r="W368" s="35"/>
+      <c r="X368" s="33"/>
+      <c r="Y368" s="33"/>
+      <c r="Z368" s="33"/>
+      <c r="AA368" s="50"/>
+      <c r="AB368" s="35"/>
+      <c r="AC368" s="33"/>
+      <c r="AD368" s="33"/>
+      <c r="AE368" s="33"/>
+      <c r="AF368" s="50"/>
+    </row>
+    <row r="369" customHeight="1" spans="2:32">
+      <c r="B369" s="29">
+        <v>46197</v>
+      </c>
+      <c r="C369" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="D292" s="67"/>
-[...33 lines deleted...]
-      <c r="C293" s="62" t="s">
+      <c r="D369" s="35"/>
+      <c r="E369" s="34"/>
+      <c r="F369" s="33"/>
+      <c r="G369" s="33"/>
+      <c r="H369" s="33"/>
+      <c r="I369" s="33"/>
+      <c r="J369" s="50"/>
+      <c r="K369" s="35"/>
+      <c r="L369" s="33"/>
+      <c r="M369" s="33"/>
+      <c r="N369" s="33"/>
+      <c r="O369" s="50"/>
+      <c r="P369" s="35"/>
+      <c r="Q369" s="34"/>
+      <c r="R369" s="35"/>
+      <c r="S369" s="33"/>
+      <c r="T369" s="33"/>
+      <c r="U369" s="33"/>
+      <c r="V369" s="50"/>
+      <c r="W369" s="35"/>
+      <c r="X369" s="33"/>
+      <c r="Y369" s="33"/>
+      <c r="Z369" s="33"/>
+      <c r="AA369" s="50"/>
+      <c r="AB369" s="35"/>
+      <c r="AC369" s="33"/>
+      <c r="AD369" s="33"/>
+      <c r="AE369" s="33"/>
+      <c r="AF369" s="50"/>
+    </row>
+    <row r="370" customHeight="1" spans="2:32">
+      <c r="B370" s="29">
+        <v>46198</v>
+      </c>
+      <c r="C370" s="30" t="s">
         <v>29</v>
       </c>
-      <c r="D293" s="67"/>
-[...33 lines deleted...]
-      <c r="C294" s="62" t="s">
+      <c r="D370" s="35"/>
+      <c r="E370" s="34"/>
+      <c r="F370" s="33"/>
+      <c r="G370" s="33"/>
+      <c r="H370" s="33"/>
+      <c r="I370" s="33"/>
+      <c r="J370" s="50"/>
+      <c r="K370" s="35"/>
+      <c r="L370" s="33"/>
+      <c r="M370" s="33"/>
+      <c r="N370" s="33"/>
+      <c r="O370" s="50"/>
+      <c r="P370" s="35"/>
+      <c r="Q370" s="34"/>
+      <c r="R370" s="35"/>
+      <c r="S370" s="33"/>
+      <c r="T370" s="33"/>
+      <c r="U370" s="33"/>
+      <c r="V370" s="50"/>
+      <c r="W370" s="35"/>
+      <c r="X370" s="33"/>
+      <c r="Y370" s="33"/>
+      <c r="Z370" s="33"/>
+      <c r="AA370" s="50"/>
+      <c r="AB370" s="35"/>
+      <c r="AC370" s="33"/>
+      <c r="AD370" s="33"/>
+      <c r="AE370" s="33"/>
+      <c r="AF370" s="50"/>
+    </row>
+    <row r="371" customHeight="1" spans="2:32">
+      <c r="B371" s="29">
+        <v>46199</v>
+      </c>
+      <c r="C371" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="D294" s="67"/>
-[...33 lines deleted...]
-      <c r="C295" s="62" t="s">
+      <c r="D371" s="35"/>
+      <c r="E371" s="32"/>
+      <c r="F371" s="33"/>
+      <c r="G371" s="33"/>
+      <c r="H371" s="33"/>
+      <c r="I371" s="33"/>
+      <c r="J371" s="50"/>
+      <c r="K371" s="35"/>
+      <c r="L371" s="33"/>
+      <c r="M371" s="33"/>
+      <c r="N371" s="33"/>
+      <c r="O371" s="50"/>
+      <c r="P371" s="35"/>
+      <c r="Q371" s="32"/>
+      <c r="R371" s="35"/>
+      <c r="S371" s="33"/>
+      <c r="T371" s="33"/>
+      <c r="U371" s="33"/>
+      <c r="V371" s="50"/>
+      <c r="W371" s="35"/>
+      <c r="X371" s="33"/>
+      <c r="Y371" s="33"/>
+      <c r="Z371" s="33"/>
+      <c r="AA371" s="50"/>
+      <c r="AB371" s="35"/>
+      <c r="AC371" s="33"/>
+      <c r="AD371" s="33"/>
+      <c r="AE371" s="33"/>
+      <c r="AF371" s="50"/>
+    </row>
+    <row r="372" customHeight="1" spans="2:32">
+      <c r="B372" s="29">
+        <v>46200</v>
+      </c>
+      <c r="C372" s="30" t="s">
         <v>31</v>
       </c>
-      <c r="D295" s="67"/>
-[...43 lines deleted...]
-      <c r="C296" s="62" t="s">
+      <c r="D372" s="31"/>
+      <c r="E372" s="32"/>
+      <c r="F372" s="33"/>
+      <c r="G372" s="33"/>
+      <c r="H372" s="33"/>
+      <c r="I372" s="33"/>
+      <c r="J372" s="50"/>
+      <c r="K372" s="35"/>
+      <c r="L372" s="33"/>
+      <c r="M372" s="33"/>
+      <c r="N372" s="33"/>
+      <c r="O372" s="50"/>
+      <c r="P372" s="31"/>
+      <c r="Q372" s="32"/>
+      <c r="R372" s="35"/>
+      <c r="S372" s="33"/>
+      <c r="T372" s="33"/>
+      <c r="U372" s="33"/>
+      <c r="V372" s="50"/>
+      <c r="W372" s="35"/>
+      <c r="X372" s="33"/>
+      <c r="Y372" s="33"/>
+      <c r="Z372" s="33"/>
+      <c r="AA372" s="50"/>
+      <c r="AB372" s="35"/>
+      <c r="AC372" s="33"/>
+      <c r="AD372" s="33"/>
+      <c r="AE372" s="33"/>
+      <c r="AF372" s="50"/>
+    </row>
+    <row r="373" customHeight="1" spans="2:32">
+      <c r="B373" s="29">
+        <v>46201</v>
+      </c>
+      <c r="C373" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D296" s="67"/>
-[...33 lines deleted...]
-      <c r="C297" s="62" t="s">
+      <c r="D373" s="31"/>
+      <c r="E373" s="32"/>
+      <c r="F373" s="33"/>
+      <c r="G373" s="33"/>
+      <c r="H373" s="33"/>
+      <c r="I373" s="33"/>
+      <c r="J373" s="50"/>
+      <c r="K373" s="35"/>
+      <c r="L373" s="33"/>
+      <c r="M373" s="33"/>
+      <c r="N373" s="33"/>
+      <c r="O373" s="50"/>
+      <c r="P373" s="31"/>
+      <c r="Q373" s="32"/>
+      <c r="R373" s="35"/>
+      <c r="S373" s="33"/>
+      <c r="T373" s="33"/>
+      <c r="U373" s="33"/>
+      <c r="V373" s="50"/>
+      <c r="W373" s="35"/>
+      <c r="X373" s="33"/>
+      <c r="Y373" s="33"/>
+      <c r="Z373" s="33"/>
+      <c r="AA373" s="50"/>
+      <c r="AB373" s="35"/>
+      <c r="AC373" s="33"/>
+      <c r="AD373" s="33"/>
+      <c r="AE373" s="33"/>
+      <c r="AF373" s="50"/>
+    </row>
+    <row r="374" customHeight="1" spans="2:32">
+      <c r="B374" s="29">
+        <v>46202</v>
+      </c>
+      <c r="C374" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="D297" s="67"/>
-[...33 lines deleted...]
-      <c r="C298" s="62" t="s">
+      <c r="D374" s="31"/>
+      <c r="E374" s="32"/>
+      <c r="F374" s="33"/>
+      <c r="G374" s="33"/>
+      <c r="H374" s="33"/>
+      <c r="I374" s="33"/>
+      <c r="J374" s="50"/>
+      <c r="K374" s="35"/>
+      <c r="L374" s="33"/>
+      <c r="M374" s="33"/>
+      <c r="N374" s="33"/>
+      <c r="O374" s="50"/>
+      <c r="P374" s="31"/>
+      <c r="Q374" s="32"/>
+      <c r="R374" s="35"/>
+      <c r="S374" s="33"/>
+      <c r="T374" s="33"/>
+      <c r="U374" s="33"/>
+      <c r="V374" s="50"/>
+      <c r="W374" s="35"/>
+      <c r="X374" s="33"/>
+      <c r="Y374" s="33"/>
+      <c r="Z374" s="33"/>
+      <c r="AA374" s="50"/>
+      <c r="AB374" s="102"/>
+      <c r="AC374" s="65"/>
+      <c r="AD374" s="65"/>
+      <c r="AE374" s="65"/>
+      <c r="AF374" s="103"/>
+    </row>
+    <row r="375" customHeight="1" spans="2:32">
+      <c r="B375" s="29">
+        <v>46203</v>
+      </c>
+      <c r="C375" s="30" t="s">
         <v>27</v>
       </c>
-      <c r="D298" s="67"/>
-[...2952 lines deleted...]
-      <c r="AF375" s="159"/>
+      <c r="D375" s="130"/>
+      <c r="E375" s="131"/>
+      <c r="F375" s="132"/>
+      <c r="G375" s="65"/>
+      <c r="H375" s="65"/>
+      <c r="I375" s="65"/>
+      <c r="J375" s="103"/>
+      <c r="K375" s="102"/>
+      <c r="L375" s="65"/>
+      <c r="M375" s="65"/>
+      <c r="N375" s="65"/>
+      <c r="O375" s="103"/>
+      <c r="P375" s="130"/>
+      <c r="Q375" s="131"/>
+      <c r="R375" s="102"/>
+      <c r="S375" s="65"/>
+      <c r="T375" s="65"/>
+      <c r="U375" s="65"/>
+      <c r="V375" s="103"/>
+      <c r="W375" s="102"/>
+      <c r="X375" s="65"/>
+      <c r="Y375" s="65"/>
+      <c r="Z375" s="33"/>
+      <c r="AA375" s="103"/>
+      <c r="AB375" s="102"/>
+      <c r="AC375" s="65"/>
+      <c r="AD375" s="65"/>
+      <c r="AE375" s="65"/>
+      <c r="AF375" s="103"/>
     </row>
   </sheetData>
   <mergeCells count="54">
+    <mergeCell ref="G3:I3"/>
+    <mergeCell ref="L3:N3"/>
+    <mergeCell ref="S3:U3"/>
+    <mergeCell ref="X3:Z3"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="L4:N4"/>
+    <mergeCell ref="S4:U4"/>
+    <mergeCell ref="X4:Z4"/>
+    <mergeCell ref="G5:I5"/>
+    <mergeCell ref="L5:N5"/>
+    <mergeCell ref="S5:U5"/>
+    <mergeCell ref="X5:Z5"/>
+    <mergeCell ref="G6:I6"/>
+    <mergeCell ref="L6:N6"/>
+    <mergeCell ref="S6:U6"/>
+    <mergeCell ref="X6:Z6"/>
     <mergeCell ref="G7:I7"/>
     <mergeCell ref="L7:N7"/>
     <mergeCell ref="S7:U7"/>
     <mergeCell ref="X7:Z7"/>
     <mergeCell ref="G8:I8"/>
     <mergeCell ref="L8:N8"/>
+    <mergeCell ref="S8:U8"/>
+    <mergeCell ref="X8:Z8"/>
     <mergeCell ref="F9:J9"/>
     <mergeCell ref="K9:O9"/>
-    <mergeCell ref="S8:U8"/>
-    <mergeCell ref="X8:Z8"/>
     <mergeCell ref="R9:V9"/>
     <mergeCell ref="W9:AA9"/>
     <mergeCell ref="AB9:AF9"/>
-    <mergeCell ref="D1:AF2"/>
-[...9 lines deleted...]
-    <mergeCell ref="X6:Z6"/>
     <mergeCell ref="AC158:AF158"/>
     <mergeCell ref="AC189:AF189"/>
     <mergeCell ref="S190:V190"/>
     <mergeCell ref="X190:AA190"/>
     <mergeCell ref="AC257:AF257"/>
-    <mergeCell ref="S3:U3"/>
-[...2 lines deleted...]
-    <mergeCell ref="L4:N4"/>
     <mergeCell ref="L258:O258"/>
-    <mergeCell ref="S4:U4"/>
-[...4 lines deleted...]
-    <mergeCell ref="X5:Z5"/>
+    <mergeCell ref="S258:V258"/>
+    <mergeCell ref="X258:AA258"/>
+    <mergeCell ref="A11:A43"/>
+    <mergeCell ref="A44:A74"/>
+    <mergeCell ref="A75:A104"/>
+    <mergeCell ref="A105:A135"/>
+    <mergeCell ref="A136:A165"/>
     <mergeCell ref="A166:A196"/>
     <mergeCell ref="A197:A227"/>
     <mergeCell ref="A228:A255"/>
     <mergeCell ref="A256:A286"/>
     <mergeCell ref="A287:A316"/>
     <mergeCell ref="A317:A347"/>
     <mergeCell ref="A348:A375"/>
-    <mergeCell ref="G6:I6"/>
-[...5 lines deleted...]
-    <mergeCell ref="A136:A165"/>
+    <mergeCell ref="D3:D8"/>
+    <mergeCell ref="E3:E8"/>
+    <mergeCell ref="P3:P8"/>
+    <mergeCell ref="Q3:Q8"/>
+    <mergeCell ref="D1:AF2"/>
   </mergeCells>
-  <drawing r:id="rId1"/>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <headerFooter/>
 </worksheet>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>WPS Sheets</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
+    <vt:lpwstr>F263130226D940F7A5488D2BA20E2930_13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>2057-12.2.0.23196</vt:lpwstr>
+  </property>
+</Properties>
+</file>